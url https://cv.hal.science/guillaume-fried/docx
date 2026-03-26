--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -198,325 +198,325 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (88)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (89)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beetle communities in agricultural landscapes: relative influences of climate, landscape, plant communities and agricultural practices</w:t>
+                <w:t xml:space="preserve">Integrating EICAT and EICAT+ assessments and expert knowledge to classify invasive alien plants in France, based on their ecological impact</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Penel</w:t>
+                <w:t xml:space="preserve">Thomas de Solan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Genty</w:t>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Marty</w:t>
+                <w:t xml:space="preserve">Aurélien Caillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Bourdonné</w:t>
+                <w:t xml:space="preserve">Yohann Soubeyran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.-L. Clamens</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Arnaud Albert</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 400, pp.110252. </w:t>
+              <w:t xml:space="preserve">NeoBiota</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 105, pp.89-111. </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.agee.2026.110252⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3897/neobiota.105.144928⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05505001v1</w:t>
+                <w:t xml:space="preserve">hal-05458313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integrating EICAT and EICAT+ assessments and expert knowledge to classify invasive alien plants in France, based on their ecological impact</w:t>
+                <w:t xml:space="preserve">Beetle communities in agricultural landscapes: relative influences of climate, landscape, plant communities and agricultural practices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas de Solan</w:t>
+                <w:t xml:space="preserve">B. Penel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Fried</w:t>
+                <w:t xml:space="preserve">L. Genty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Caillon</w:t>
+                <w:t xml:space="preserve">C. Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yohann Soubeyran</w:t>
+                <w:t xml:space="preserve">A. Bourdonné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Albert</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A.-L. Clamens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeoBiota</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 105, pp.89-111. </w:t>
+              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 400, pp.110252. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3897/neobiota.105.144928⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.agee.2026.110252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05458313v1</w:t>
+                <w:t xml:space="preserve">hal-05505001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intensive management negatively impacts field margin ecosystem service indicators at both field and landscape levels</w:t>
               </w:r>
@@ -649,51 +649,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing the non-target effects of herbicides on field margin plant communities after controlling for soil, climate, local context and landscape metrics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Henckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Guillemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -764,161 +764,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05446093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weed management modifies functional properties of both weeds and microbial nitrogen-cycling communities in Mediterranean vineyards</w:t>
+                <w:t xml:space="preserve">Indigénat des espèces arborées de France à l’échelle des sylvoécorégions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Charlotte Bopp</w:t>
+                <w:t xml:space="preserve">Maxime Bellifa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gerlinde B. de Deyn</w:t>
+                <w:t xml:space="preserve">Ingrid Bonheme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie J Zwetsloot</w:t>
+                <w:t xml:space="preserve">Guillaume Decocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Y.K. Moinet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Fried</w:t>
+                <w:t xml:space="preserve">Bruno Fady</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 62 (2), pp.388-400. </w:t>
+              <w:t xml:space="preserve">Journal de Botanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 124, pp.2-17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1365-2664.14833⟩</w:t>
+                <w:t xml:space="preserve">⟨10.57745/DHJHGS⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05391220v2</w:t>
+                <w:t xml:space="preserve">hal-05539924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plant Species Better Adapted to Climate Change Need Agricultural Extensification to Persist</w:t>
               </w:r>
@@ -930,51 +930,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isis Poinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine N Meynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecology Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 28 (2), pp.e70030. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1002,1412 +1002,1416 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04947762v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climate and host plant availability are favourable to the establishment of Lycorma delicatula in Europe</w:t>
+                <w:t xml:space="preserve">Weed management modifies functional properties of both weeds and microbial nitrogen-cycling communities in Mediterranean vineyards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marguerite Chartois</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Marie-Charlotte Bopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerlinde B. de Deyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie J Zwetsloot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Y.K. Moinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural and Forest Entomology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/afe.12665⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 62 (2), pp.388-400. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2664.14833⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04810552v1</w:t>
+                <w:t xml:space="preserve">hal-05391220v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climate and management changes over 40 years drove more stress‐tolerant and less ruderal weed communities in vineyards</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Climate and host plant availability are favourable to the establishment of Lycorma delicatula in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Maillet</w:t>
+                <w:t xml:space="preserve">Marguerite Chartois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Claude Quidoz</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean‐Pierre Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecological monographs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 95 (1), pp.e1631. </w:t>
+              <w:t xml:space="preserve">Agricultural and Forest Entomology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 27 (2), pp.316-328. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ecm.1631⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/afe.12665⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04771501v2</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04810552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts of agricultural intensification on weed floral and competitive traits: a spatiotemporal study in French vineyards and annual crops</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Climate and management changes over 40 years drove more stress‐tolerant and less ruderal weed communities in vineyards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Charlotte Bopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laure Martin-Lefevre</w:t>
+                <w:t xml:space="preserve">Elena Kazakou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélodie Ollivier</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Aurélie Metay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Maillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Quidoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agee.2025.109877⟩</w:t>
+              <w:t xml:space="preserve">Ecological monographs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 95 (1), pp.e1631. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ecm.1631⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05210377v1</w:t>
+                <w:t xml:space="preserve">hal-04771501v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insect-habitat-plant interaction networks provide guidelines to mitigate the risk of transmission of Xylella fastidiosa to grapevine in Southern France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mesmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marguerite Chartois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Farigoule</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Burban</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐Claude Streito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 20 (9), pp.e0332344. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0332344⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05366223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the terminology relating to exogenous vascular plants: application to the inventory of archaeo-phytes and neophytes of metropolitan France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Impacts of agricultural intensification on weed floral and competitive traits: a spatiotemporal study in French vineyards and annual crops</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Martin-Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélodie Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Kazakou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Charlotte Bopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Naturae</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5852/naturae2024a4⟩</w:t>
+              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 394, pp.109877. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agee.2025.109877⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04504129v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05210377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Major field margin vegetation types in France and their relationships with climate, agricultural landscapes and management intensity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isis Poinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Henckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Alignier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Botany Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 171 (2), pp.235-252. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/23818107.2023.2269243⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04309328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gestion écologique des couverts végétaux en systèmes viticoles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Analysis of the terminology relating to exogenous vascular plants: application to the inventory of archaeo-phytes and neophytes of metropolitan France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Affre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Antonetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bretagnolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Techniques de l'Ingénieur. Environnement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.51257/a-v1-ge1057⟩</w:t>
+              <w:t xml:space="preserve">Naturae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2024 (4), pp.69-97. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5852/naturae2024a4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04834833v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04504129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agricultural drivers of field margin plant communities are scale-dependent</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Gestion écologique des couverts végétaux en systèmes viticoles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christine N. Meynard</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Kazakou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Metay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.baae.2023.08.003⟩</w:t>
+              <w:t xml:space="preserve">Techniques de l'Ingénieur. Environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.GE1057. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.51257/a-v1-ge1057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04254641v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04834833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The utility of the ‘Arable Weeds and Management in Europe’ database: Challenges and opportunities of combining weed survey data at a European scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen Metcalfe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jana Bürger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christoph Von Redwitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alicia Cirujeda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Fogliatto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Weed Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 63 (1), pp.1 - 11. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/wre.12562⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04028758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weed communities are more diverse, but not more abundant, in dense and complex bocage landscapes</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Agricultural drivers of field margin plant communities are scale-dependent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isis Poinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aude Ernoult</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Henckel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Aviron</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Christine N. Meynard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 60 (1), pp.4-16. </w:t>
+              <w:t xml:space="preserve">Basic and Applied Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 72, pp.55-63. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1365-2664.14312⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.baae.2023.08.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03864795v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04254641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">chessboard: An R package for creating network connections based on chess moves</w:t>
+                <w:t xml:space="preserve">Weed communities are more diverse, but not more abundant, in dense and complex bocage landscapes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Casajus</w:t>
+                <w:t xml:space="preserve">Sébastien Boinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Érica Rievrs Borges</w:t>
+                <w:t xml:space="preserve">Cendrine Mony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Tabacchi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Fried</w:t>
+                <w:t xml:space="preserve">Aude Ernoult</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Mouquet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stéphanie Aviron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Open Source Software</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 8, </w:t>
+              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 60 (1), pp.4-16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21105/joss.05753⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1365-2664.14312⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04782259v1</w:t>
+                <w:t xml:space="preserve">hal-03864795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation de l’état du sol. Les adventices sont-elles (bio)indicatrices ?</w:t>
               </w:r>
@@ -2512,364 +2516,360 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04114763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linkages between traits and decomposition of weed communities along a soil management and pedoclimate gradient in Mediterranean vineyards</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">chessboard: An R package for creating network connections based on chess moves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Casajus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Érica Rievrs Borges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Tabacchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mouquet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/aob/mcac099⟩</w:t>
+              <w:t xml:space="preserve">Journal of Open Source Software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21105/joss.05753⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03819778v1</w:t>
+                <w:t xml:space="preserve">hal-04782259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two sides of one medal: Arable weed vegetation of Europe in phytosociological data compared to agronomical weed surveys</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Urban Šilc</w:t>
+                <w:t xml:space="preserve">Consistent response of weeds according to Grime's CSR strategies along disturbance and resource gradients in Bordeaux vineyards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Jansen</w:t>
+                <w:t xml:space="preserve">Cécile Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwin Bergmeier</w:t>
+                <w:t xml:space="preserve">Loreleï Cazenave</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Charlotte Bopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Kazakou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Vegetation Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 25 (1), </w:t>
+              <w:t xml:space="preserve">Weed Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 62, pp.347-359. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/avsc.12460⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/wre.12549⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03637578v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03759629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet des couverts sur la flore en viticulture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Metay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Kazakou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agronomie, Environnement &amp; Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Pour gérer les adventices, quelles opportunités et quels effets des couverts végétaux?, 12 (1), pp.1-19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3031,4316 +3031,4346 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03566019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relative importance of region, seasonality and weed management practice effects on the functional structure of weed communities in French vineyards</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Linkages between traits and decomposition of weed communities along a soil management and pedoclimate gradient in Mediterranean vineyards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Charlotte Bopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Metay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bastianelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Bonnal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agee.2022.107892⟩</w:t>
+              <w:t xml:space="preserve">Annals of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 130 (4), pp.547-560. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/aob/mcac099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04024218v1</w:t>
+                <w:t xml:space="preserve">hal-03819778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conséquences de l’utilisation de variétés de tournesol tolérantes aux herbicides sur la flore des agrosystèmes</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Tiana Rakotoson</w:t>
+                <w:t xml:space="preserve">Two sides of one medal: Arable weed vegetation of Europe in phytosociological data compared to agronomical weed surveys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jana Bürger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Buchmann</w:t>
+                <w:t xml:space="preserve">Filip Küzmič</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Émeline Felten</w:t>
+                <w:t xml:space="preserve">Urban Šilc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Jansen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwin Bergmeier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomie, Environnement &amp; Sociétés</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.54800/lmp693⟩</w:t>
+              <w:t xml:space="preserve">Applied Vegetation Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 25 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/avsc.12460⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03953055v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03637578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of new management practices on arable and field margin plant communities in sunflower, with an emphasis on the abundance of Ambrosia artemisiifolia (Asteraceae)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Conséquences de l’utilisation de variétés de tournesol tolérantes aux herbicides sur la flore des agrosystèmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiana Rakotoson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Buchmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thomas Germain</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émeline Felten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Weed Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Agronomie, Environnement &amp; Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (1), pp.art. 17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.54800/lmp693⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/wre.12522⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03605124v1</w:t>
+                <w:t xml:space="preserve">hal-03953055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consistent response of weeds according to Grime's CSR strategies along disturbance and resource gradients in Bordeaux vineyards</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Relative importance of region, seasonality and weed management practice effects on the functional structure of weed communities in French vineyards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Charlotte Bopp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Kazakou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Metay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Weed Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/wre.12549⟩</w:t>
+              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 330, pp.107892. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agee.2022.107892⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03759629v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04024218v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do ecological specialization and functional traits explain the abundance–frequency relationship? Arable weeds as a case study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Impact of new management practices on arable and field margin plant communities in sunflower, with an emphasis on the abundance of Ambrosia artemisiifolia (Asteraceae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Bérenger Bourgeois</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Le Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiana Rakotoson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Buchmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabrina Gaba</w:t>
+                <w:t xml:space="preserve">Thomas Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biogeography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 48 (1), pp.37-50. </w:t>
+              <w:t xml:space="preserve">Weed Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 62 (2), pp.134-148. </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jbi.13980⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/wre.12522⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02971339v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03605124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does seed mass drive interspecies variation in the effect of management practices on weed demography?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Monographs on invasive plants in Europe N° 5: Ambrosia trifida L.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Chauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Olivier Cheptou</w:t>
+                <w:t xml:space="preserve">Swen Follak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Gimenez</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Daniel Chapman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuliana Kulakova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ece3.8038⟩</w:t>
+              <w:t xml:space="preserve">Botany Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 168 (2), pp.167-190. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/23818107.2021.1879674⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03442201v1</w:t>
+                <w:t xml:space="preserve">hal-03162038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weed community diversity in conservation agriculture: Post-adoption changes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Functional biogeography of weeds reveals how anthropogenic management blurs trait–climate relationships</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Dessaint</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Bérenger Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Gaba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Denelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agee.2021.107351⟩</w:t>
+              <w:t xml:space="preserve">Journal of Vegetation Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 32 (2), pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jvs.12999⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03272802v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03230615v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monographs on invasive plants in Europe N° 5: Ambrosia trifida L.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Does seed mass drive interspecies variation in the effect of management practices on weed demography?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Kazakou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Olivier Cheptou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Gimenez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Botany Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/23818107.2021.1879674⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (19), pp.13166-13174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.8038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03162038v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03442201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional biogeography of weeds reveals how anthropogenic management blurs trait–climate relationships</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId142" w:history="1">
+                <w:t xml:space="preserve">Do ecological specialization and functional traits explain the abundance–frequency relationship? Arable weeds as a case study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Armengot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Storkey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérenger Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Gaba</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vegetation Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jvs.12999⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biogeography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 48 (1), pp.37-50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jbi.13980⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03230615v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02971339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A real‐world implementation of a nationwide, long‐term monitoring program to assess the impact of agrochemicals and agricultural practices on biodiversity</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Weed community diversity in conservation agriculture: Post-adoption changes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gerard Balent</w:t>
+                <w:t xml:space="preserve">Damien Derrouch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avner Bar-Hen</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fabrice Dessaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Chauvel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ece3.6459⟩</w:t>
+              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 312, pp.107351. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agee.2021.107351⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03169155v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03272802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arable Weeds and Management in Europe</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Helen Metcalfe</w:t>
+                <w:t xml:space="preserve">A real‐world implementation of a nationwide, long‐term monitoring program to assess the impact of agrochemicals and agricultural practices on biodiversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camila Andrade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christoph von Redwitz</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Silvia Fogliatto</w:t>
+                <w:t xml:space="preserve">Alexandre Villers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Balent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Avner Bar-Hen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Chadoeuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vegetation Classification and Survey</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3897/VCS/2020/61419⟩</w:t>
+              <w:t xml:space="preserve">Ecology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (9), pp.3771-3793. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ece3.6459⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03125371v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03169155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Which traits make weeds more successful in maize crops? Insights from a three-decade monitoring in France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Ecological Specialization and Rarity of Arable Weeds: Insights from a Comprehensible Survey in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Armengot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérenger Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bretagnolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 9 (1), pp.40. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/plants9010040⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 9 (7), pp.824. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/plants9070824⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02631519v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02886083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecological Specialization and Rarity of Arable Weeds: Insights from a Comprehensible Survey in France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vincent Bretagnolle</w:t>
+                <w:t xml:space="preserve">A global database for metacommunity ecology, integrating species, traits, environment and space</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alienor Jeliazkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darko Mijatovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Chantepie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nigel Andrew</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Arlettaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/plants9070824⟩</w:t>
+              <w:t xml:space="preserve">Scientific Data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7 (1), pp.6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41597-019-0344-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-02886083v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02438887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A global database for metacommunity ecology, integrating species, traits, environment and space</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Which traits make weeds more successful in maize crops? Insights from a three-decade monitoring in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Chauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Reboud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Data </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41597-019-0344-7⟩</w:t>
+              <w:t xml:space="preserve">Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (1), pp.40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/plants9010040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02438887v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02631519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weeds: Against the Rules?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Mahaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Cheptou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Storkey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trends in Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 25 (11), pp.1107-1116. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.tplants.2020.05.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02894548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using structured eradication feasibility assessment to prioritize the management of new and emerging invasive alien species in Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olaf Booy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pete A Robertson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Niall Moore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jess Ward</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen E Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global Change Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 26 (11), pp.6235 - 6250. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/gcb.15280⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03173468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seasonal and interannual variations in functional traits of sown and spontaneous species in vineyard inter‐rows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Damour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Kazakou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Charlotte Bopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 11 (5), pp.e03140. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/ecs2.3140⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02886187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consistency of impact assessment protocols for non-native species</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Montserrat Vilà</w:t>
+                <w:t xml:space="preserve">Arable Weeds and Management in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jana Bürger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen Metcalfe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristina Preda</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Tim Adriaens</w:t>
+                <w:t xml:space="preserve">Christoph von Redwitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alicia Cirujeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Fogliatto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeoBiota</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3897/neobiota.44.31650⟩</w:t>
+              <w:t xml:space="preserve">Vegetation Classification and Survey</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1, pp.169-170. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3897/VCS/2020/61419⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02627472v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03125371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional traits modulate plant community responses to alien plant invasion</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Relative importance of environmental factors and farming practices in shaping weed communities structure and composition in French vineyards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Cyrille Violle</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cordeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Metay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Kazakou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perspectives in Plant Ecology, Evolution and Systematics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ppees.2019.02.003⟩</w:t>
+              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 275, pp.1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agee.2019.01.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02411669v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02627514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alley cropping agroforestry systems: Reservoirs for weeds or refugia for plant diversity?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Premiers résultats du réseau Biovigilance 500 ENI sur le suivi des effets non-intentionnels des pratiques agricoles sur la biodiversité.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Helen Metcalfe</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camilla Andrade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Villers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Porcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karim Barkaoui</w:t>
+                <w:t xml:space="preserve">Daniel Cylly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 284, pp.106584. </w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 75, pp.87-98. </w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.agee.2019.106584⟩</w:t>
+                <w:t xml:space="preserve">⟨10.15454/tmdo06⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02620662v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02392219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relative importance of environmental factors and farming practices in shaping weed communities structure and composition in French vineyards</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">What makes a weed a weed? A large-scale evaluation of arable weeds through a functional lens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérenger Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Mahaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Armengot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.agee.2019.01.006⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 106 (1), pp.90-100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ajb2.1213⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02627514v1</w:t>
+                <w:t xml:space="preserve">hal-02622064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Premiers résultats du réseau Biovigilance 500 ENI sur le suivi des effets non-intentionnels des pratiques agricoles sur la biodiversité.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Flore adventice dans trois bassins viticoles : Les pratiques d’entretien du sol – travail du sol, herbicides, tonte – influent sur la richesse et l’abondance de la flore adventice des vignobles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cordeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Jullien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Kazakou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camilla Andrade</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Daniel Cylly</w:t>
+                <w:t xml:space="preserve">A. Metais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 728, pp.34-40</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-02392219v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02620734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What makes a weed a weed? A large-scale evaluation of arable weeds through a functional lens</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">A functional diversity approach of crop sequences reveals that weed diversity and abundance show different responses to environmental variability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Mahaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Gaba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Botany</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ajb2.1213⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 56 (6), pp.1400-1409. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1365-2664.13389⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02622064v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02264010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flore adventice dans trois bassins viticoles : Les pratiques d’entretien du sol – travail du sol, herbicides, tonte – influent sur la richesse et l’abondance de la flore adventice des vignobles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Cordeau</w:t>
+                <w:t xml:space="preserve">Consistency of impact assessment protocols for non-native species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Gonzalez-Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorenzo Lazzaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Montserrat Vilà</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Jullien</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elena Kazakou</w:t>
+                <w:t xml:space="preserve">Cristina Preda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Metais</w:t>
+                <w:t xml:space="preserve">Tim Adriaens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">NeoBiota</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 44, pp.1 - 25. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3897/neobiota.44.31650⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02620734v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02627472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A functional diversity approach of crop sequences reveals that weed diversity and abundance show different responses to environmental variability</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId186" w:history="1">
+                <w:t xml:space="preserve">Functional traits modulate plant community responses to alien plant invasion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Carboni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Mahaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Fried</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Violle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Ecology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Perspectives in Plant Ecology, Evolution and Systematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 37, pp.53-63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ppees.2019.02.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1365-2664.13389⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02264010v1</w:t>
+                <w:t xml:space="preserve">hal-02411669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patch dynamics and temporal dispersal partly shape annual plant communities in ephemeral habitat patches</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Alley cropping agroforestry systems: Reservoirs for weeds or refugia for plant diversity?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Boinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Storkey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen Metcalfe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Barkaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oikos</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/oik.04415⟩</w:t>
+              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 284, pp.106584. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agee.2019.106584⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01765823v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02620662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing non-intended effects of farming practices on field margin vegetation with a functional approach</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Ambroisie trifide, ambroisie à épis lisses : deux poids, deux mesures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Chauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Monty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Tassus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Phytoma </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 712, pp.47-51</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01763788v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02623118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ambroisie trifide, ambroisie à épis lisses : deux poids, deux mesures</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Assessing non-intended effects of farming practices on field margin vegetation with a functional approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Villers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Porcher</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytoma </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 261, pp.33-44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agee.2018.03.021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02623118v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01763788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Explaining variability in the production of seed and allergenic pollen by invasive &amp;lt;em&amp;gt;Ambrosia artemisiifolia&amp;lt;/em&amp;gt; across Europe</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Patch dynamics and temporal dispersal partly shape annual plant communities in ephemeral habitat patches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Mahaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Gaba</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Invasions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 20 (6), pp.1475-1491. </w:t>
+              <w:t xml:space="preserve">Oikos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 127 (1), pp.147 - 159. </w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10530-017-1640-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/oik.04415⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02622520v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01765823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Response and effect traits of arable weeds in agro-ecosystems: a review of current knowledge.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Explaining variability in the production of seed and allergenic pollen by invasive &amp;lt;em&amp;gt;Ambrosia artemisiifolia&amp;lt;/em&amp;gt; across Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Perronne</w:t>
+                <w:t xml:space="preserve">Suzanne T. E. Lommen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Fried</w:t>
+                <w:t xml:space="preserve">Caspar A. Hallmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Gardarin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">François Bretagnolle</w:t>
+                <w:t xml:space="preserve">Eelke Jongejans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Chauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melinda Leitsch-Vitalos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Weed Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/wre.12245⟩</w:t>
+              <w:t xml:space="preserve">Biological Invasions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20 (6), pp.1475-1491. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10530-017-1640-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01547815v1</w:t>
+                <w:t xml:space="preserve">hal-02622520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local and regional changes in taxonomic and functional diversity of arable weed communities in Burgundy (France) between the 1970s and the 2000s</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Response and effect traits of arable weeds in agro-ecosystems: a review of current knowledge.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Gaba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Perronne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gardarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bretagnolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Botanica Gallica</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Weed Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 57 (3), pp.123-147. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/wre.12245⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/23818107.2016.1234410⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01602252v1</w:t>
+                <w:t xml:space="preserve">hal-01547815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petit tour d’horizon des invasions d’insectes et autres ravageurs de végétaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude J.-C. Streito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Garance Voyageuse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 113, pp.12-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02636346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agroecology and conservation of weed diversity in agricultural lands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Gaba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Reboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Botanica Gallica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 163 (4), pp.351-354. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/23818107.2016.1236290⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01602441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A plant trait-based response-and-effect framework to assess vineyard inter-row soil management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">O Gimenez</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Kazakou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Violle</w:t>
+                <w:t xml:space="preserve">Jean Richarte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Gimenez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyrille Violle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Botany Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 163, pp.373 - 388. </w:t>
+              <w:t xml:space="preserve">, 2016, 163 (4), pp.373-388. </w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/23818107.2016.1232205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03499357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Petit tour d’horizon des invasions d’insectes et autres ravageurs de végétaux - Migrations sans frontières dans le monde végétal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Streito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Garance Voyageuse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 113, pp.12-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7493,3400 +7523,3504 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01533950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weed flora shifts and specialisation in winter oilseed rape in France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Local and regional changes in taxonomic and functional diversity of arable weed communities in Burgundy (France) between the 1970s and the 2000s</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Dessaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Reboud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Weed Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/wre.12164⟩</w:t>
+              <w:t xml:space="preserve">Acta Botanica Gallica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 163 (4), pp.359-371. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/23818107.2016.1234410⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02634101v1</w:t>
+                <w:t xml:space="preserve">hal-01602252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Invasions biologiques et fonctionnement des écosystèmes ; caractérisation des impacts écologiques liés aux espèces invasives</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Weed flora shifts and specialisation in winter oilseed rape in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">David Renault</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno B. Chauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Reboud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Weed Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 55 (5), pp.514-524. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/wre.12164⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03533304v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02634101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecology and impact of an emerging invasive species in France: western ragweed (Ambrosia psilostachya DC.)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Invasions biologiques et fonctionnement des écosystèmes ; caractérisation des impacts écologiques liés aux espèces invasives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cucherousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lise Comte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Belaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruno Chauvel</w:t>
+                <w:t xml:space="preserve">David Renault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, Sup12, pp.53-67</w:t>
+              <w:t xml:space="preserve">, 2015, Sup12, pp.49-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03530509v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03533304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">INVASIONS BIOLOGIQUES ET FONCTIONNEMENT DES ÉCOSYSTÈMES ; CARACTÉRISATION DES IMPACTS ÉCOLOGIQUES LIÉS AUX ESPÈCES INVASIVES</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Ecology and impact of an emerging invasive species in France: western ragweed (Ambrosia psilostachya DC.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Cote</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Renault</w:t>
+                <w:t xml:space="preserve">Aurélien Belaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Chauvel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 70 (Supplement 12), pp.49-52</w:t>
+              <w:t xml:space="preserve">, 2015, Sup12, pp.53-67</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02121013v1</w:t>
+                <w:t xml:space="preserve">hal-03530509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecology and impact of an emerging invasive species in France: western ragweed (&amp;lt;em&amp;gt;Ambrosia psilostachya&amp;lt;/em&amp;gt; DC.)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">INVASIONS BIOLOGIQUES ET FONCTIONNEMENT DES ÉCOSYSTÈMES ; CARACTÉRISATION DES IMPACTS ÉCOLOGIQUES LIÉS AUX ESPÈCES INVASIVES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cucherousset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Cote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Belaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruno B. Chauvel</w:t>
+                <w:t xml:space="preserve">David Renault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 70, pp.53-67</w:t>
+              <w:t xml:space="preserve">, 2015, 70 (Supplement 12), pp.49-52</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02630721v1</w:t>
+                <w:t xml:space="preserve">hal-02121013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of invasive plants in Mediterranean habitats: disentangling the effects of characteristics of invaders and recipient communities</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Ecology and impact of an emerging invasive species in France: western ragweed (&amp;lt;em&amp;gt;Ambrosia psilostachya&amp;lt;/em&amp;gt; DC.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">F. D. Panetta</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Belaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno B. Chauvel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Invasions</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> Revue d'Écologie (La Terre et La Vie) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 70, pp.53-67</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02634150v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02630721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agroecological weed control using a functional approach: a review of cropping systems diversity</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Flore du blé d’hiver, les facteurs qui influencent sa composition et sa diversité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno B. Chauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina S. Gaba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Jullien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pointereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Phytoma </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 679, pp.43-47</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-01234789v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02630584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flore du blé d’hiver, les facteurs qui influencent sa composition et sa diversité</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Agroecological weed control using a functional approach: a review of cropping systems diversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Gaba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Kazakou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Chauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Navas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytoma </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Agronomy for Sustainable Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 34 (1), pp.103-119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13593-013-0166-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-02630584v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01234789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flore du blé d'hiver. Quarante ans d'évolution</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Impact of invasive plants in Mediterranean habitats: disentangling the effects of characteristics of invaders and recipient communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Xavier Reboud</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béryl B. Laitung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Pierre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Chagué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. D. Panetta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytoma </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biological Invasions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 16 (8), pp.1639-1658. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10530-013-0597-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02634938v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02634150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Que nous disent les réseaux d'observatoires sur les réactions de la flore adventice aux évolutions des pratiques agricoles ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
+                <w:t xml:space="preserve">Flore du blé d'hiver. Quarante ans d'évolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno B. Chauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">- Julien Jérôme J.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Reboud</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Phytoma </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 678, pp.42-47</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01190467v1</w:t>
+                <w:t xml:space="preserve">hal-02634938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biovigilance flore adventice le point dans trois bassins de production de colza</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno B. Chauvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Jullien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Reboud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phytoma </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 664, pp.8-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02648652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trajectories of weed communities explained by traits associated with species' response to management practices</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
+                <w:t xml:space="preserve">Que nous disent les réseaux d'observatoires sur les réactions de la flore adventice aux évolutions des pratiques agricoles ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Reboud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Gaba</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Borgy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Bonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Délos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 158, pp.147-155. </w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 28, pp.127-140. </w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.agee.2012.06.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.17180/qfyd-ef31⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01506122v1</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anticipation et rapidité sont la base d’une gestion efficace</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Mandon Dalger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Mandon Dalger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">G. Fried</w:t>
+                <w:t xml:space="preserve">Pierre Ehret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Ehret</w:t>
+                <w:t xml:space="preserve">Nicolas Poulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Mazauber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 6, p. 78 - p. 84. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.14758/SET-REVUE.2012.6.14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00676843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patterns of weed co-occurrence at the field and landscape level</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Vegetation Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 23 (6), pp.1137 - 1147. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1654-1103.2012.01421.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1654-1103.2012.01421.x⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02643905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réponses de la flore adventice aux différents modes d’entretien du sol et effets sur la croissance de la vigne : le cas du Domaine du Chapitre (Sud de la France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Kazakou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Richarte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lesniak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guilpart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Progrès agricole et viticole [Publications et Actualités Vitivinicoles]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 129 (19), pp.453-457</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01506176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A specialist-generalist classification of the arable flora and its response to changes in agricultural practices</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Trajectories of weed communities explained by traits associated with species' response to management practices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Xavier Reboud</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Kazakou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Gaba</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1472-6785-10-20⟩</w:t>
+              <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 158, pp.147-155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agee.2012.06.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02656561v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01506122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variations spatiales et temporelles de communautés adventices des cultures annuelles en France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">A specialist-generalist classification of the arable flora and its response to changes in agricultural practices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Reboud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Botanica Gallica</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BMC Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 10 (20), 11 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1472-6785-10-20⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02664409v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02656561v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dans la jungle des milieux cultivés</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Variations spatiales et temporelles de communautés adventices des cultures annuelles en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pour la Science. Dossier</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 65, pp.32-37</w:t>
+              <w:t xml:space="preserve">Acta Botanica Gallica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 157 (1), pp.183-192</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02654305v1</w:t>
+                <w:t xml:space="preserve">hal-02664409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arable weed decline in Northern France: crop edges as refugia for weed conservation?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Dans la jungle des milieux cultivés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno B. Chauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Xavier Reboud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Conservation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Pour la Science. Dossier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 65, pp.32-37</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02666843v1</w:t>
+                <w:t xml:space="preserve">hal-02654305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A functional analysis of large-scale temporal shifts from 1970 to 2000 in weed assemblages of sunflower crops in France</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Arable weed decline in Northern France: crop edges as refugia for weed conservation?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Dessaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Reboud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vegetation Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1654-1103.2009.05284.x⟩</w:t>
+              <w:t xml:space="preserve">Biological Conservation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 142 (1), pp.238-243. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biocon.2008.09.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02662334v1</w:t>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02666843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution de la flore adventice des champs cultivés au cours des dernières décennies : vers la sélection de groupes d'espèces répondant aux systèmes de culture</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">A functional analysis of large-scale temporal shifts from 1970 to 2000 in weed assemblages of sunflower crops in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno B. Chauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Reboud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.17180/8fzc-1d53⟩</w:t>
+              <w:t xml:space="preserve">Journal of Vegetation Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 20 (1), pp.49-58. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1654-1103.2009.05284.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02654950v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02662334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental and management factors determining weed species composition and diversity in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lisa R. Norton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Reboud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 128 (1-2), pp.68-76. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.agee.2008.05.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.agee.2008.05.003⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02666010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers un usage raisonné des herbicides : analyse des pratiques en blé d'hiver de 2004 à 2006</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Gasquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Gasquez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Fried</w:t>
+                <w:t xml:space="preserve">Marc Delos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Delos</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Christian Gauvrit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Reboud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovations Agronomiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 3, pp.145-156. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId339" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17180/9fdm-3k06⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02654658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can the large ecological amplitude of Ambrosia artemisiifolia explain its invasive success in France?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boris B. Fumanal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boris B. Fumanal</w:t>
+                <w:t xml:space="preserve">Christophe Girod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Girod</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">François F. Bretagnolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno B. Chauvel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Weed Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 48 (4), pp.349-359. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-3180.2008.00627.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-3180.2008.00627.x⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02662666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId346" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution de la composition des communautés adventices des cultures de colza sous l'influence des systèmes de cultures</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Evolution de la flore adventice des champs cultivés au cours des dernières décennies : vers la sélection de groupes d'espèces répondant aux systèmes de culture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Chauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Reboud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oléagineux, Corps Gras, Lipides</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1684/ocl.2007.0098⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 3, pp.15-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17180/8fzc-1d53⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId346" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02654750v1</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02654950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salvia reflexa Hornem. (Lamiaceae), adventice nouvelle pour la Fance, découverte en Côte d'Or</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Réseau Biovigilance flore en grandes culture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Reboud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Gasquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Delos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monde des Plantes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 493, pp.24-26</w:t>
+              <w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 610 (12), pp.10-16</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02655019v1</w:t>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02655144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réseau Biovigilance flore en grandes culture</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Salvia reflexa Hornem. (Lamiaceae), adventice nouvelle pour la Fance, découverte en Côte d'Or</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Girod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Cadet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marc Delos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 610 (12), pp.10-16</w:t>
+              <w:t xml:space="preserve">Monde des Plantes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 493, pp.24-26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId349" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02655144v1</w:t>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02655019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le lieu-dit « Beuchail » à Fleurey-sur-Ouche (21) : un site remarquable pour la flore messicole</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Evolution de la composition des communautés adventices des cultures de colza sous l'influence des systèmes de cultures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emilie Cadet</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Reboud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Monde des Plantes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Oléagineux, Corps Gras, Lipides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 14 (3), pp.130-138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/ocl.2007.0098⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02667376v1</w:t>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02654750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mauvaises herbes du maïs: 25 ans d'évolution dans les grandes régions de production</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Le lieu-dit « Beuchail » à Fleurey-sur-Ouche (21) : un site remarquable pour la flore messicole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Mylène Bombarde</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Cadet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perspectives Agricoles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 320 (2), pp.68-74</w:t>
+              <w:t xml:space="preserve">Monde des Plantes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 493, pp.19-23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02655856v1</w:t>
+                <w:t xml:space="preserve">hal-02667376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mauvaises herbes du maïs: 25 ans d'évolution dans les grandes régions de production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Reboud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Bibard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Delos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mylène Bombarde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Perspectives Agricoles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 320 (2), pp.68-74</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02655856v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Flore adventice du tournesol. Quelle évolution en trente ans ? Quelles caractéristiques favorisent la capacité d'infestation des cultures ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno B. Chauvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Reboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Chollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mylène Bombarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 596 (9), pp.37-43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02654356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10896,3050 +11030,3050 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agriculture, aquaculture et pêche : impacts des modes de production labellisés sur la biodiversité. Résumé du rapport scientifique de l'étude</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Agriculture, aquaculture and fishing: impact of food standards on biodiversity. Summary of the scientific report of the study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Ulrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Lescourret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Bellassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bernard-Mongin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRAE; Ifremer. 2025, 11 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clara Ulrich</w:t>
-[...85 lines deleted...]
-                <w:t xml:space="preserve">hal-05110171v2</w:t>
+                <w:t xml:space="preserve">hal-05126366v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agriculture, aquaculture and fishing: impact of food standards on biodiversity. Summary of the scientific report of the study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId357" w:history="1">
+                <w:t xml:space="preserve">Agriculture, aquaculture et pêche : impacts des modes de production labellisés sur la biodiversité. Synthèse du rapport scientifique de l'étude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Ulrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lescourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Bellassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bernard-Mongin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">INRAE; Ifremer. 2025, 11 p</w:t>
+              <w:t xml:space="preserve">INRAE; Ifremer. 2025, 87 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05126366v3</w:t>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05127327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agriculture, aquaculture et pêche : impacts des modes de production labellisés sur la biodiversité. Synthèse du rapport scientifique de l'étude</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId357" w:history="1">
+                <w:t xml:space="preserve">Agriculture, aquaculture et pêche : impacts des modes de production labellisés sur la biodiversité. Rapport scientifique de l'étude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Ulrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lescourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Le Gall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Bellassen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...11 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">INRAE; Ifremer. 2025, 87 p</w:t>
+              <w:t xml:space="preserve">INRAE; Ifremer. 2025, 581 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05127327v1</w:t>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05143887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agriculture, aquaculture et pêche : impacts des modes de production labellisés sur la biodiversité. Rapport scientifique de l'étude</w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">INRAE; Ifremer. 2025, 581 p</w:t>
+                <w:t xml:space="preserve">Amaranthus palmeri S.Watson risque d’introduction et de dissémination en France : avis de l’Anses : rapport d’expertise collective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Le Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Kazakou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ANSES - Agence nationale de sécurité sanitaire de l'alimentation, de l'environnement et du travail. 2025, 90 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-05143887v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05454028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amaranthus palmeri S.Watson risque d’introduction et de dissémination en France : avis de l’Anses : rapport d’expertise collective</w:t>
-[...71 lines deleted...]
-              <w:t xml:space="preserve">ANSES - Agence nationale de sécurité sanitaire de l'alimentation, de l'environnement et du travail. 2025, 90 p</w:t>
+                <w:t xml:space="preserve">Agriculture, aquaculture et pêche : impacts des modes de production labellisés sur la biodiversité. Résumé du rapport scientifique de l'étude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Ulrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Lescourret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Le Gall</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Bellassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Bernard-Mongin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INRAE; Ifremer. 2025, 11 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05454028v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05110171v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthodes d’évaluation des risques sanitaires et environnementaux et des enjeux socio-économiques associés aux plantes obtenues au moyen de certaines nouvelles techniques génomiques (NTG)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thaura Ghneim-Herrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Le Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Saisine n°2021-SA-0019, Anses. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId370" w:history="1">
-              <w:r>
-[...84 lines deleted...]
-            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04841808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId373" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de risque phytosanitaire portant sur la berce du Caucase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Le Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Balesdent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Binet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Biondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Castagnone-Sereno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[0] sasine n°2016-SA-0066, Anses. 2018, 64 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId374" w:history="1">
-              <w:r>
-[...71 lines deleted...]
-            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02272583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réalisation d'une analyse de risques relative au houblon du Japon et élaboration de recommandations de gestion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Monty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Silvie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Balesdent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[0] Anses. 2018, 46 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId379" w:history="1">
-              <w:r>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02271487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Demande d’avis relatif à la réalisation d’une analyse de risques relative à l’ambroisie trifide (Ambrosia trifida L.) et pour l’élaboration de recommandation de gestion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Le Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Chauvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Monty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] Saisine n° 2016-SA-0090, Anses. 2017, pp.108</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03191543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle place pour les adventices dans l’épidémiosurveillance ? Rapport au Comité National d’Epidémiosurveillance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Chauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Delos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Delpuech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Dreyfus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport Technique] Comité National d’Epidémiosurveillance. 2013, 98p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport technique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas André</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Dreyfus</w:t>
+                <w:t xml:space="preserve">hal-01298956v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Premier bilan chiffré de la flore exogène de France hexagonale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saskia Bastin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie van Es</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Antonetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-01298956v1</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées d'échanges techniques francophones Espèces exotiques envahissantes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05379391v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Assessment of the ecological impacts of invasive alien plants in France using adapted EICAT and EICAT+ protocols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas de Solan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Caillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Soubeyran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13th International Conference on Biological Invasions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Lisbonne, Portugal. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04908600v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">National management strategy for Heracleum mantegazzianum, an example of how France wants to control widely spread IAP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madeleine Freudenreich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Sarat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15th Conference on Ecology and Management of Alien Plant Invasions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Prague, Czech Republic. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04914249v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Is the effect of grassland on weed diversity similar when present in the landscape or in the crop succession ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Mahaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bretagnolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Gaba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. Conference Seed Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Caeté, Brazil. , 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01602924v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The DISCO-WEED project : disentangling the role of anthropic DISturbances and eCOlogical processes on WEED community assembly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Gaba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérenger Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Armengot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Bonneu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bretagnolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sfécologie-2016, International Conference of Ecological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Marseille, France. , 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01606912v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Is the effect of grassland on weed diversity similar when present in the landscape or in the crop succession?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Mahaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bretagnolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Gaba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. Conference Seed Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Caeté, Brazil. , 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spatial and temporal presence of grasslands maintain local weed diversity thanks to spatio-temporal dispersal process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Mahaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérenger Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bretagnolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bretagnolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. Conference Seed Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Caeté, Brazil. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">International Society for Seed Science (ISSS)</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.70, 2016, book of abstracts</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01607021v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment la succession des pratiques agricoles affecte la structure et la composition des communautés adventices ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Mahaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Gaba</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. Journées des Doctorants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Dijon, France. 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02740316v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">&amp;lt;em&amp;gt;Ambrosia trifida&amp;lt;/em&amp;gt; L. in France: current distribution and ecological knowledge. Towards an eradication of the species?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Q. Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Rodriguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno B. Chauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. International Symposium – Environmental weeds and invasive plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Beaune La Baule Lille Montpellier Montpellier Nantes Nîmes Paris Toulon, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">European Weed Research Society</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 217 p., 2014, 4th International Symposium – Environmental weeds and invasive plants</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02740228v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Field boundary: an atypic area and flora</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Cordeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gardarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno B. Chauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IALE annual conference : "Landscape Ecology and Conservation", 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Cambridge, United Kingdom. 1p., 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02819335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impacts of Agricultural Intensification on Weed Floral and Competitive Traits: A Spatiotemporal Study in French Vineyards and Annual Crops</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Martin Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélodie Ollivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Kazakou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Charlotte Bopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05150807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Climate and host plant availability are favorable to the establishment of Lycorma delicatula in Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marguerite Chartois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Rossi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04666389v1</w:t>
-              </w:r>
-[...1187 lines deleted...]
-                <w:t xml:space="preserve">hal-02819335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (23)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Classifying farming practices for a conceptual model of their impact on biodiversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lescourret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId409" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Farruggia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId410" w:history="1">
+            <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clélia Sirami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Merot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. International Farming System Design Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2025, Palaiseau, France. pp.433-435</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05241297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rappel de quelques définitions et de la terminologie associée aux invasions biologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Albert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'échanges techniques Plantes exotiques envahissantes et filières du végétal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId412" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05503433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing the ecological impacts of invasive alien plants of France using adapted protocols of EICAT and EICAT+</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas de Solan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Caillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohann Soubeyran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Albert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XX International Botanical Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04908563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les plantes adventices sont-elles (bio)indicatrices?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Cordeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -13961,1829 +14095,1829 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Chauvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Giuliano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25ème Conférence du COLUMA - Journées internationnales sur la lutte contre les mauvaises herbes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, Orleans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04434254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proposition d'une terminologie relative aux plantes vasculaires exogènes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Albert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Convergences Botaniques 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04908678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractère fonctionnelle des plantes adventices : comparaison avec les espèces prairiales</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId159" w:history="1">
+                <w:t xml:space="preserve">What makes a weed a weed ? Towards a functional characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérenger Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Denelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Gaba</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucie Mahaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée "Approche fonctionnelle pour la gestion des espèces adventices et de la flore des linéaires non cultivés »</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">"Functional Ecology and Environment" Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Toulouse, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.36807.60321⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02785913v1</w:t>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02787982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spontaneous cover-crop characterization is relevant to define a sustainable soil management strategy in vineyard</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Les traits peuvent-ils nous renseigner sur l'effet des pratiques agricoles sur la flore des agrosystèmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Chauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Reboud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20. GiESCO International Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Mendoza, Argentina</w:t>
+              <w:t xml:space="preserve">Journée "Approche fonctionnelle pour la gestion des espèces adventices et de la flore des linéaires non cultivés »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RMT Agroforesteries, Dec 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId419" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02734692v1</w:t>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02894995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weed cohort succession as a main driver of weed diversity dynamic throughout winter cereal cropping season in both presence and absence of crop species</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les traits peuvent-ils nous renseigner sur l'effet des pratiques agricoles sur la flore des agrosystèmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Chauvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Mahaut</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sabrina Gaba</w:t>
+                <w:t xml:space="preserve">Xavier Reboud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EASY Conference, Groupe « Ecologie &amp; Agriculture » de la Société Française d’Ecologie (Sfe), Ecology &amp; Agriculture Summit for Young scientists</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française d'Ecologie (SFE). FRA., Mar 2017, Chizé, France</w:t>
+              <w:t xml:space="preserve">Journée "Approche fonctionnelle pour la gestion des espèces adventices et de la flore des linéaires non cultivés »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01603107v1</w:t>
+                <w:t xml:space="preserve">hal-02787086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les traits peuvent-ils nous renseigner sur l'effet des pratiques agricoles sur la flore des agrosystèmes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Spontaneous cover-crop characterization is relevant to define a sustainable soil management strategy in vineyard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Metay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Durocher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Richarte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée "Approche fonctionnelle pour la gestion des espèces adventices et de la flore des linéaires non cultivés »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, RMT Agroforesteries, Dec 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">20. GiESCO International Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Mendoza, Argentina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02894995v1</w:t>
+                <w:t xml:space="preserve">hal-02734692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What makes a weed a weed ? Towards a functional characterization</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Weed cohort succession as a main driver of weed diversity dynamic throughout winter cereal cropping season in both presence and absence of crop species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Mahaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Perronne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Gaba</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Functional Ecology and Environment" Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EASY Conference, Groupe « Ecologie &amp; Agriculture » de la Société Française d’Ecologie (Sfe), Ecology &amp; Agriculture Summit for Young scientists</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Ecologie (SFE). FRA., Mar 2017, Chizé, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.13140/RG.2.2.36807.60321⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02787982v1</w:t>
+                <w:t xml:space="preserve">hal-01603107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les traits peuvent-ils nous renseigner sur l'effet des pratiques agricoles sur la flore des agrosystèmes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Caractère fonctionnelle des plantes adventices : comparaison avec les espèces prairiales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béranger Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Gaba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Mahaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée "Approche fonctionnelle pour la gestion des espèces adventices et de la flore des linéaires non cultivés »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Dec 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">, DEPHY Ecophyto. FRA., Dec 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02787086v1</w:t>
+                <w:t xml:space="preserve">hal-02785913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weed diversity responses to crop sequence: a conceptual framework to test ecological predictions</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Arable weeds in alley cropping agroforestry systems – results of a first year survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Meziere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Boinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucienne de Waal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Cadet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sfécologie-2016, International Conference of Ecological Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française d'Ecologie (SFE). FRA., Oct 2016, Marseille, France</w:t>
+              <w:t xml:space="preserve">3. European Agroforestry Conference (EURAF 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Montpellier, France. 466 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02792923v1</w:t>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02741583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arable weeds in alley cropping agroforestry systems – results of a first year survey</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Weed diversity responses to crop sequence: a conceptual framework to test ecological predictions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Mahaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Gaba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. European Agroforestry Conference (EURAF 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Montpellier, France. 466 p</w:t>
+              <w:t xml:space="preserve">Sfécologie-2016, International Conference of Ecological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Ecologie (SFE). FRA., Oct 2016, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId427" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02741583v1</w:t>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02792923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing the effect of herbicide on crop-weed interaction with weed-crop phylogenetic and functional similaries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Mahaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Laviron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Gaba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sfécologie-2016, International Conference of Ecological Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d'Ecologie (SFE). FRA., Oct 2016, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId430" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01603571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quel impact de l’agroforesterie associant arbres et grandes cultures sur les communautés adventices ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Meziere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Boinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Cadet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres sur la gestion durable des adventices en grandes cultures GCHP "Comment maîtriser les adventices dans de nouveaux contextes de production ?"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GIS - Grande Culture à Hautes Performances Economiques et Environnementales (GCHP2E). FRA., Dec 2015, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId432" w:history="1">
+            <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02740327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId433" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The importance of long-term monitoring for inferring populations dynamics: the example of the Biovigilance French network on weeds</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Régis Sabbadin</w:t>
+                <w:t xml:space="preserve">Dynamique spatio-temporelle des communautés végétales dans les agro-écosystèmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Alignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bretagnolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Cadet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno B. Chauvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint 2014 Annual Meeting British Ecological Society and Société Française d’Ecologie (BES &amp; SFE Joint Annual Meeting)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française d'Ecologie (SFE). FRA., Dec 2014, Lille, France</w:t>
+              <w:t xml:space="preserve">10. congrès francophone d’écologie des communautés végétales ECOVEG 10 : Ecologie des Communautés Végétales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Claude Bernard Lyon 1 (UCBL). FRA., Apr 2014, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId433" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02800747v1</w:t>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02800896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamique spatio-temporelle des communautés végétales dans les agro-écosystèmes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Audrey Alignier</w:t>
+                <w:t xml:space="preserve">Weed-DATA Base de données ‘Traits’ des plantes adventices des agroécosystèmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Gaba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Biju-Duval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Strbik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bretagnolle Vincent</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bruno B. Chauvel</w:t>
+                <w:t xml:space="preserve">Etienne Gaujour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bretagnolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10. congrès francophone d’écologie des communautés végétales ECOVEG 10 : Ecologie des Communautés Végétales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Université Claude Bernard Lyon 1 (UCBL). FRA., Apr 2014, Lyon, France</w:t>
+              <w:t xml:space="preserve">, Apr 2014, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId436" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02800896v1</w:t>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01173324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weed-DATA Base de données ‘Traits’ des plantes adventices des agroécosystèmes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Luc Biju-Duval</w:t>
+                <w:t xml:space="preserve">Présence d'[i]Ambrosia trifida[/i] en France métropolitaine : état des lieux des connaissances et du risque d'invasion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Q. Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Strbik</w:t>
+                <w:t xml:space="preserve">Alain A. Rodriguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Gaujour</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guillaume G. Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno B. Chauvel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. congrès francophone d’écologie des communautés végétales ECOVEG 10 : Ecologie des Communautés Végétales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2014, Lyon, France</w:t>
+              <w:t xml:space="preserve">10. congrès francophone d'écologie des communautés végétales ECOVEG 10 : Ecologie des Communautés Végétales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). USC Laboratoire d'Ecologie des Hydrosystèmes Naturels et Anthropisés (1369)., Apr 2014, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01173324v1</w:t>
+                <w:t xml:space="preserve">hal-01005051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présence d'[i]Ambrosia trifida[/i] en France métropolitaine : état des lieux des connaissances et du risque d'invasion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Quentin Q. Martinez</w:t>
+                <w:t xml:space="preserve">The importance of long-term monitoring for inferring populations dynamics: the example of the Biovigilance French network on weeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Borgy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Reboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain A. Rodriguez</w:t>
+                <w:t xml:space="preserve">Nathalie Dubois Peyrard Peyrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume G. Fried</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Régis Sabbadin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. congrès francophone d'écologie des communautés végétales ECOVEG 10 : Ecologie des Communautés Végétales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). USC Laboratoire d'Ecologie des Hydrosystèmes Naturels et Anthropisés (1369)., Apr 2014, Lyon, France</w:t>
+              <w:t xml:space="preserve">Joint 2014 Annual Meeting British Ecological Society and Société Française d’Ecologie (BES &amp; SFE Joint Annual Meeting)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d'Ecologie (SFE). FRA., Dec 2014, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01005051v1</w:t>
+                <w:t xml:space="preserve">hal-02800747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploitation des données d’epidémiosurveillance à l’échelle de la décade : les pratiques culturales en colza influencent aussi indirectement la composition de la de la flore adventice du blé d’hiver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno B. Chauvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Reboud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22. Conférence du Columa, Journées internationales sur la lutte contre les mauvaises herbes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Française de Protection des Plantes (AFPP). FRA., Dec 2013, Dijon, France. 45 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15802,286 +15936,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02746753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact des techniques agricoles sur l’assemblage des communautés adventices</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Predicting the potential global range of common ragweed (Ambrosia artemisiifolia) using biologically informed and correlative species distribution models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sabrina S. Gaba</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno B. Chauvel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EcoVeg 8 Ecologie des Communautés Végétales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, Nancy, France</w:t>
+              <w:t xml:space="preserve">2. International Ragweed Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId445" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02747396v1</w:t>
+                <w:t xml:space="preserve">hal-02747339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting the potential global range of common ragweed (Ambrosia artemisiifolia) using biologically informed and correlative species distribution models</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Impact des techniques agricoles sur l’assemblage des communautés adventices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bruno B. Chauvel</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bretagnolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina S. Gaba</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. International Ragweed Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, Lyon, France</w:t>
+              <w:t xml:space="preserve">EcoVeg 8 Ecologie des Communautés Végétales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02747339v1</w:t>
+                <w:t xml:space="preserve">hal-02747396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution de la flore des champs cultivés en 30 ans : quelles causes et quelles conséquences ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina S. Gaba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId343" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François F. Bretagnolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Reboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Journées Francophones des Sciences de la ConservationLe réveil du Dodo IV - 4ème journées francophones des sciences de la conservation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Le Réveil du Dodo. FRA., May 2012, Dijon, France. 116 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16138,64 +16272,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId448" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’anthropocène : l’ère des invasions biologiques et des crises phytosanitaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean‐Claude Streito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Lannou C.; Rasplus J.-Y.; Soubeyrand S.; Gautier M.; Rossi J.-P. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Crises sanitaires en agriculture. Les espèces invasives sous surveillance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -16263,51 +16397,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gael J. Kergoat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Meynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Jousselin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -16362,51 +16496,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decreases in Crop Production by Non-native Weeds, Pests, and Pathogens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Chauvel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16511,396 +16645,396 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apports des approches fonctionnelles pour l'évaluation des risques associés aux changements de végétation induits par les activités humaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université de Montpellier, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02004817v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Database Of Weeds In Cultivation Fields Of France And Uk, With Ecological And Biogeographical Information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fried</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Armengot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérenger Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent V. Bretagnolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.1112342⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01667268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérer les espèces adventices et la flore des linéaires non cultivés une approche fonctionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Gaba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Boinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérenger Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Cordeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaelle Damour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 39 p., 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (ouvrage de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02786242v1</w:t>
-              </w:r>
-[...157 lines deleted...]
-                <w:t xml:space="preserve">hal-01667268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -16918,51 +17052,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">4th International Symposium on Environmental Weeds and Invasive Plants. Abstracts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Bon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17075,51 +17209,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variations spatiales et temporelles des communautés adventices des cultures annuelles en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université de Bourgogne, 2007. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -17146,51 +17280,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variations spatiales et temporelles des communautés adventices des cultures annuelles en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Fried</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Université de Bourgogne, 2007. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -17307,51 +17441,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F5570718"/>
+    <w:nsid w:val="513FFC43"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -17538,51 +17672,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/guillaume-fried" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3653-195X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/132768763" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/250297336" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000370892684" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05505001v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Penel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Genty" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marty" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bourdonn&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L. Clamens" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2026.110252" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05458313v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas de Solan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fried" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Caillon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Soubeyran" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Albert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/neobiota.105.144928" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446068v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Genty" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Meynard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;charlotte Bopp" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Henckel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Chayre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eap.70161" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446093v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Guillemin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Poinas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2025.110190" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391220v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Bopp" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerlinde B. de Deyn" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie J Zwetsloot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Y.K. Moinet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.14833" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04947762v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine N Meynard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.70030" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04810552v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Chartois" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Pierre Rossi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/afe.12665" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04771501v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Kazakou" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Metay" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Maillet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Quidoz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecm.1631" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05210377v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Martin-Lefevre" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Ollivier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2025.109877" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05366223v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mesmin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Farigoule" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Burban" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Claude Streito" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0332344" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504129v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Affre" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Antonetti" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bretagnolle" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/naturae2024a4" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04309328v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Alignier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2023.2269243" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834833v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Garcia" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-ge1057" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04254641v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine N. Meynard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2023.08.003" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04028758v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Metcalfe" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana B&#252;rger" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Von Redwitz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Cirujeda" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Fogliatto" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/wre.12562" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03864795v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boinot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Mony" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Ernoult" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Aviron" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.14312" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782259v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Casajus" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;rica Rievrs Borges" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Tabacchi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mouquet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.05753" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04114763v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cordeau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Adeux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chauvel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Giuliano" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rodriguez" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03819778v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bastianelli" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bonnal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcac099" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03637578v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip K&#252;zmi&#269;" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urban &#352;ilc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Jansen" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin Bergmeier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/avsc.12460" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03776173v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54800/prt789" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03566019v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verin Yvoz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju-Duval" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cadet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Farcy" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2021.126438" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04024218v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2022.107892" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03953055v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Le Corre" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiana Rakotoson" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Buchmann" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Felten" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54800/lmp693" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605124v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Germain" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/wre.12522" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759629v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Blanchet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorele&#239; Cazenave" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/wre.12549" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971339v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Armengot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Storkey" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;renger Bourgeois" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Gaba" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.13980" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442201v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Cheptou" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gimenez" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8038" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03272802v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Derrouch" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dessaint" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2021.107351" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03162038v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swen Follak" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Chapman" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliana Kulakova" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2021.1879674" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230615v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Munoz" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Denelle" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvs.12999" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03169155v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Andrade" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Villers" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Balent" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avner Bar-Hen" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Chadoeuf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.6459" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03125371v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph von Redwitz" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/VCS/2020/61419" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02631519v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Reboud" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants9010040" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886083v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants9070824" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02438887v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alienor Jeliazkov" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darko Mijatovic" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chantepie" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Andrew" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Arlettaz" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-019-0344-7" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02894548v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Mahaut" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2020.05.013" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-03173468v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Booy" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pete A Robertson" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niall Moore" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jess Ward" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen E Roy" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15280" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02886187v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Damour" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecs2.3140" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627472v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Gonzalez-Moreno" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Lazzaro" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montserrat Vil&#224;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Preda" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Adriaens" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/neobiota.44.31650" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411669v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Carboni" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Violle" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ppees.2019.02.003" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620662v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Barkaoui" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2019.106584" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627514v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Metay" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2019.01.006" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392219v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Andrade" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Porcher" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cylly" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/tmdo06" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622064v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajb2.1213" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620734v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jullien" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Metais" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264010v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13389" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765823v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.04415" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763788v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2018.03.021" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623118v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Monty" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Rossi" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Tassus" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622520v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne T. E. Lommen" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caspar A. Hallmann" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eelke Jongejans" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melinda Leitsch-Vitalos" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10530-017-1640-9" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01547815v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Perronne" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fried" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gardarin" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/wre.12245" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602252v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2016.1234410" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636346v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude J.-C. Streito" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602441v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2016.1236290" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499357v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Kazakou" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Fried" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Richarte" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Gimenez" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Violle" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2016.1232205" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629828v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Streito" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533950v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Colbach" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bertrand" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Busset" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Colas" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dugue" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2016.09.020" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634101v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Chauvel" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/wre.12164" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-39L6QWWF-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533304v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cucherousset" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Comte" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Renault" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530509v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Belaud" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121013v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cote" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630721v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634150v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;ryl B. Laitung" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Pierre" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chagu&#233;" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. D. Panetta" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10530-013-0597-6" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234789v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Navas" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-013-0166-5" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630584v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina S. Gaba" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Jullien" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pointereau" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634938v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Julien J&#233;r&#244;me J." TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190467v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Borgy" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bonneau" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. D&#233;los" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/qfyd-ef31" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648652v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506122v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2012.06.005" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0KC6TD5K-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00676843v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mandon Dalger" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ehret" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Poulet" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Mazauber" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2012.6.14" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643905v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Petit" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1654-1103.2012.01421.x" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BQJMWF04-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506176v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Richarte" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lesniak" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guilpart" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656561v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6785-10-20" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664409v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654305v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666843v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2008.09.029" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M7X306KQ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662334v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1654-1103.2009.05284.x" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A10FAC616170614199A0984048CB5A6CCF9F8659/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654950v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/8fzc-1d53" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666010v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa R. Norton" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2008.05.003" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2130ZM6R-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654658v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gasquez" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Delos" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gauvrit" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/9fdm-3k06" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662666v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris B. Fumanal" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Girod" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F. Bretagnolle" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3180.2008.00627.x" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NKNWV5HS-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654750v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ocl.2007.0098" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655019v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655144v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667376v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655856v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bibard" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Bombarde" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654356v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chollet" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05110171v2" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Ulrich" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lescourret" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Gall" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Bellassen" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernard-Mongin" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05126366v3" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05127327v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05143887v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Arnaud" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-05454028v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Bourgeois" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Blanchard" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04841808v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gautier" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thaura Ghneim-Herrera" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Guillou" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272583v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Balesdent" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Binet" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Biondi" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Castagnone-Sereno" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271487v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Silvie" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03191543v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298956v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Andr&#233;" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Chauvel" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Delpuech" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Dreyfus" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05150807v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Martin Lefevre" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04666389v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05379391v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saskia Bastin" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie van Es" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908600v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04914249v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Freudenreich" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Sarat" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608393v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607021v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/398570.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602924v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606912v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bonneu" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740316v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740228v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Q. Martinez" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invasive.weeds.montpellier.ewrs.org/default.asp" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819335v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Cordeau" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05241297v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Farruggia" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Sirami" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Merot" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05503433v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908563v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04434254v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rodriguez" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908678v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785913v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;ranger Bourgeois" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734692v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Durocher" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603107v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894995v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787982v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.36807.60321" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787086v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792923v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741583v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Meziere" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucienne de Waal" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603571v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Laviron" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740327v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800747v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dubois Peyrard Peyrard" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Sabbadin" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800896v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bretagnolle Vincent" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173324v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Strbik" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gaujour" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005051v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Rodriguez" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume G. Fried" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746753v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747396v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747339v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749622v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04852025v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1749/9782759234837/crises-sanitaires-en-agriculture" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05051079v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael J. Kergoat" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Jousselin" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788633v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Reynaud" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Sache" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45121-3_6" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02004817v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786242v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667268v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Bretagnolle" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1112342" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210278v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Bon" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guiseppe Brundu" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Brunel" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02004862v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02822825v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/guillaume-fried" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3653-195X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/132768763" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/250297336" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000370892684" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05458313v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas de Solan" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fried" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Caillon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Soubeyran" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Albert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/neobiota.105.144928" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05505001v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Penel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Genty" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marty" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bourdonn&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-L. Clamens" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2026.110252" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446068v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Genty" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Meynard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;charlotte Bopp" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Henckel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Chayre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eap.70161" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05446093v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Guillemin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Poinas" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2025.110190" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05539924v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bellifa" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Bonheme" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Decocq" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fady" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/DHJHGS" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04947762v2" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine N Meynard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.70030" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391220v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Charlotte Bopp" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerlinde B. de Deyn" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie J Zwetsloot" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Y.K. Moinet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.14833" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04810552v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Chartois" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Pierre Rossi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/afe.12665" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04771501v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Kazakou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Metay" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Maillet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Quidoz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecm.1631" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05366223v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mesmin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Farigoule" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Burban" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;Claude Streito" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0332344" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05210377v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Martin-Lefevre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Ollivier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2025.109877" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04309328v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Alignier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2023.2269243" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04504129v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Affre" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Antonetti" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bretagnolle" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/naturae2024a4" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04834833v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Garcia" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-ge1057" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04028758v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Metcalfe" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana B&#252;rger" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Von Redwitz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Cirujeda" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Fogliatto" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/wre.12562" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04254641v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine N. Meynard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.baae.2023.08.003" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03864795v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boinot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cendrine Mony" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Ernoult" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Aviron" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.14312" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04114763v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cordeau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Adeux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Chauvel" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Giuliano" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Rodriguez" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782259v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Casajus" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;rica Rievrs Borges" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Tabacchi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mouquet" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21105/joss.05753" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03759629v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Blanchet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorele&#239; Cazenave" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/wre.12549" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-03776173v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54800/prt789" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03566019v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verin Yvoz" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Biju-Duval" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Cadet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Farcy" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2021.126438" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03819778v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bastianelli" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bonnal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcac099" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03637578v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip K&#252;zmi&#269;" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urban &#352;ilc" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Jansen" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin Bergmeier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/avsc.12460" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03953055v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Le Corre" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiana Rakotoson" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Buchmann" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Felten" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54800/lmp693" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04024218v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2022.107892" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605124v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Germain" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/wre.12522" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03162038v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swen Follak" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Chapman" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliana Kulakova" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2021.1879674" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230615v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;renger Bourgeois" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Munoz" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Gaba" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Denelle" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jvs.12999" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442201v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Cheptou" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gimenez" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.8038" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971339v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Armengot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Storkey" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jbi.13980" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03272802v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Derrouch" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dessaint" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2021.107351" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03169155v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Andrade" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Villers" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Balent" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avner Bar-Hen" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Chadoeuf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ece3.6459" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02886083v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bretagnolle" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants9070824" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02438887v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alienor Jeliazkov" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darko Mijatovic" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chantepie" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nigel Andrew" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Arlettaz" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-019-0344-7" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02631519v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Reboud" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants9010040" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02894548v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Mahaut" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2020.05.013" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-avignon.hal.science/hal-03173468v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Booy" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pete A Robertson" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niall Moore" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jess Ward" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen E Roy" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.15280" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02886187v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Damour" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecs2.3140" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03125371v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph von Redwitz" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/VCS/2020/61419" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627514v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Metay" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2019.01.006" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392219v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Andrade" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Porcher" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cylly" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/tmdo06" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622064v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajb2.1213" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620734v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jullien" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Metais" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02264010v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2664.13389" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627472v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Gonzalez-Moreno" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Lazzaro" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montserrat Vil&#224;" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Preda" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Adriaens" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3897/neobiota.44.31650" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02411669v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Carboni" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Violle" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ppees.2019.02.003" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620662v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Barkaoui" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2019.106584" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623118v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Monty" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Rossi" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Tassus" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01763788v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2018.03.021" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765823v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/oik.04415" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622520v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne T. E. Lommen" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caspar A. Hallmann" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eelke Jongejans" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melinda Leitsch-Vitalos" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10530-017-1640-9" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01547815v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Perronne" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Fried" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gardarin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/wre.12245" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636346v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude J.-C. Streito" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602441v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2016.1236290" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03499357v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Richarte" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2016.1232205" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629828v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Streito" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533950v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Colbach" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bertrand" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Busset" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Colas" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dugue" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsoft.2016.09.020" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602252v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/23818107.2016.1234410" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634101v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Chauvel" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/wre.12164" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-39L6QWWF-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533304v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cucherousset" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Comte" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Renault" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03530509v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Belaud" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121013v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Cote" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630721v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630584v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina S. Gaba" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Jullien" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pointereau" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01234789v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Navas" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-013-0166-5" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634150v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;ryl B. Laitung" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Pierre" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chagu&#233;" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. D. Panetta" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10530-013-0597-6" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634938v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Julien J&#233;r&#244;me J." TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648652v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190467v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Borgy" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bonneau" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. D&#233;los" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/qfyd-ef31" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00676843v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mandon Dalger" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ehret" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Poulet" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Mazauber" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14758/SET-REVUE.2012.6.14" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643905v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Petit" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1654-1103.2012.01421.x" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BQJMWF04-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506176v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lesniak" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guilpart" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506122v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2012.06.005" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0KC6TD5K-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656561v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6785-10-20" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664409v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654305v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666843v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2008.09.029" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M7X306KQ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662334v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1654-1103.2009.05284.x" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A10FAC616170614199A0984048CB5A6CCF9F8659/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666010v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa R. Norton" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2008.05.003" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2130ZM6R-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654658v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Gasquez" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Delos" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gauvrit" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/9fdm-3k06" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662666v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris B. Fumanal" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Girod" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois F. Bretagnolle" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-3180.2008.00627.x" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-NKNWV5HS-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654950v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/8fzc-1d53" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655144v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655019v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654750v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ocl.2007.0098" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667376v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655856v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bibard" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Bombarde" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654356v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chollet" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05126366v3" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Ulrich" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lescourret" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Gall" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Bellassen" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernard-Mongin" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05127327v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05143887v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Arnaud" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-05454028v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Le Bourgeois" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Blanchard" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05110171v2" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04841808v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gautier" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thaura Ghneim-Herrera" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Guillou" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02272583v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Balesdent" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Binet" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Biondi" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Castagnone-Sereno" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02271487v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Silvie" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03191543v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01298956v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Andr&#233;" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Chauvel" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Delpuech" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Dreyfus" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05379391v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saskia Bastin" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie van Es" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908600v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-04914249v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madeleine Freudenreich" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Sarat" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602924v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606912v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bonneu" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608393v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607021v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/398570.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740316v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740228v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Q. Martinez" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://invasive.weeds.montpellier.ewrs.org/default.asp" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819335v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Cordeau" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05150807v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Martin Lefevre" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04666389v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05241297v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Farruggia" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;lia Sirami" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Merot" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05503433v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908563v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04434254v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rodriguez" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04908678v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787982v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.36807.60321" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02894995v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787086v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734692v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Durocher" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603107v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785913v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;ranger Bourgeois" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741583v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Meziere" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucienne de Waal" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792923v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603571v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Laviron" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740327v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800896v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173324v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Strbik" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gaujour" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005051v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Rodriguez" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume G. Fried" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02800747v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dubois Peyrard Peyrard" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Sabbadin" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746753v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747339v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747396v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749622v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04852025v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1749/9782759234837/crises-sanitaires-en-agriculture" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05051079v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael J. Kergoat" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Jousselin" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788633v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Reynaud" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Sache" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-45121-3_6" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02004817v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667268v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent V. Bretagnolle" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1112342" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02786242v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210278v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Bon" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guiseppe Brundu" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Brunel" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02004862v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02822825v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>