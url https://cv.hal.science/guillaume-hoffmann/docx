--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -357,291 +357,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05517553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical analogy between a capacitor and the condensed linear response function</w:t>
+                <w:t xml:space="preserve">Chemical reactivity from linear response eigenfunctions and eigenvalues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Grincourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Guégan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Tognetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Modeling</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00894-025-06572-9⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 163 (13), pp.134118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0277034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05459475v1</w:t>
+                <w:t xml:space="preserve">hal-05300071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical reactivity from linear response eigenfunctions and eigenvalues</w:t>
+                <w:t xml:space="preserve">Electrical analogy between a capacitor and the condensed linear response function</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Grincourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aroule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Morell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henry Chermette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Chemical Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 163 (13), pp.134118. </w:t>
+              <w:t xml:space="preserve">Journal of Molecular Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 31 (12), pp.334. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/5.0277034⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00894-025-06572-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05300071v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05459475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Conceptual Density Functional Theory-Based Maximum Nucleophilicity Principle</w:t>
               </w:r>
@@ -1329,77 +1329,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expanding horizons in conceptual density functional theory: Novel ensembles and descriptors to decipher reactivity patterns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Guégan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Labet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henry Chermette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1450,51 +1450,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Finishing (off) the Klopman–Salem model: the importance of density polarization energy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanis Abid-Charef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1740,64 +1740,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aël Cador</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Tognetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Joubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Theoretical Chemistry Accounts: Theory, Computation, and Modeling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 141 (11), pp.70. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1857,51 +1857,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhammet Balcilar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Tognetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Héroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1978,160 +1978,671 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the influence of dynamical effects on reactivity descriptors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Tognetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Joubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 724, pp.24-28. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.cplett.2019.03.040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02330543v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (4)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the classification of 1H NMR plants spectra (at industrial scale) with a combined machine learning and metabolomic approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Torralba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Hoffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Bourafai-Aziez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Cassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Morell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée école doctorale chimie 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Lyon (France), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05464894v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Anomeric Effect (Edward-Lemieux): a Conceptual Density Functional Theory Viewpoint</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Aroule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Grincourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Hoffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Morell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">World Association of Theoretical and Computational Chemists</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Oslo, Norway</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05404921v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intelligent modeling and classification of NMR spectroscopic data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Torralba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Hoffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Bourafai-Aziez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Bonnefoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Cassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">16 emes journées Scientifiques du Réseau Francophone de Métabolomique et Fluxomique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Saint-Malo (France), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05464856v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Intelligent modeling and classification of NMR spectroscopic data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Torralba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Hoffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asma Bourafai-Aziez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Bonnefoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Cassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontres ThéMoSiA-RCTF 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Rouen (France), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05464868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the classification of 1H NMR plants spectra (at an industrial scale) with a combined machine learning and metabolomic approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Torralba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2173,73 +2684,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NMR metabolomics symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05464917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the classification of 1H NMR plants spectra (at an industrial scale) with a combined machine learning and metabolomic approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Torralba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2281,73 +2792,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd International Conference on Machine Learning and Pattern Recognition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Kyoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05464906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the classification of 1H NMR plants spectra (at an industrial scale) with a combined machine learning and metabolomic approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Torralba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2389,762 +2900,251 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Machine Learning methods for Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05464919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Redox reactivity of porphyrins: from functionalization to material synthesis and their applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles H. Devillers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Echaubard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fatima Akhssas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Fleurat-Lessard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Invited Seminar by Pierre D. Harvey</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Pierre D. Harvey, Jul 2024, Sherbrooke (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04762462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Expanding Horizons in Conceptual Density Functional Theory: Novel Ensembles and Descriptors to Decipher Reactivity Patterns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Concepts from Theory and Computation 3</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04989970v1</w:t>
-              </w:r>
-[...509 lines deleted...]
-                <w:t xml:space="preserve">hal-05464868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3162,51 +3162,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Excited States in Conceptual DFT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Guégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3452,51 +3452,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496782v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasha Gazzari-Jara" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aroule" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hoffmann" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Chermette" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Morell" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.5c07321" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517553v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Grincourt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12039-025-02467-7" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459475v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00894-025-06572-9" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300071v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gu&#233;gan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tognetti" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Joubert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0277034" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459473v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.5c04610" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126600v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Zaidi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douniazed Hannachi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamila Samsar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphotochem.2025.116523" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030787v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Zeroual" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Bouchekioua" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Menacer" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qua.70025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459227v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Torralba" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/aichem1010001" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990030v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Abid Charef" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00214-024-03141-w" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990034v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00894-024-06020-0" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990042v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Labet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.27363" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227348v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Abid-Charef" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00214-023-03040-6" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04002418v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Pio Sebaaly" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Dias" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Christ" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Merzoud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24032123" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04002432v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#235;l Cador" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00214-022-02921-6" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281765v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammet Balcilar" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre H&#233;roux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Ga&#252;z&#232;re" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.26376" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02330543v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2019.03.040" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464917v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Bourafai-Aziez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464906v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464919v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762462v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles H. Devillers" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Echaubard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Akhssas" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fleurat-Lessard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Roger" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989970v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404921v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464894v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cassin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464856v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Bonnefoy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464868v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990624v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527843435.ch14" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05496782v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sasha Gazzari-Jara" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Aroule" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hoffmann" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Chermette" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Morell" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.5c07321" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517553v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Grincourt" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12039-025-02467-7" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300071v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gu&#233;gan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Tognetti" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Joubert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0277034" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459475v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00894-025-06572-9" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459473v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpca.5c04610" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126600v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Zaidi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douniazed Hannachi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamila Samsar" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jphotochem.2025.116523" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05030787v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Zeroual" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Bouchekioua" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafik Menacer" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/qua.70025" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05459227v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Torralba" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/aichem1010001" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990030v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Abid Charef" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00214-024-03141-w" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990034v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00894-024-06020-0" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990042v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Labet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.27363" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227348v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Abid-Charef" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00214-023-03040-6" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04002418v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Pio Sebaaly" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Dias" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Christ" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Merzoud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24032123" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04002432v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#235;l Cador" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00214-022-02921-6" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05281765v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammet Balcilar" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre H&#233;roux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Ga&#252;z&#232;re" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcc.26376" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02330543v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2019.03.040" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464894v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Bourafai-Aziez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Cassin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05404921v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464856v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Bonnefoy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464868v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464917v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464906v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464919v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762462v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles H. Devillers" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Echaubard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Akhssas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fleurat-Lessard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Roger" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989970v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04990624v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9783527843435.ch14" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>