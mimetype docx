--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1955,252 +1955,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04980053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Versatile Heuristic-based Social Robot Navigation Solution Efficient in Sparse and Crowded Environments</w:t>
+                <w:t xml:space="preserve">Communication Isolation For Multi-Robot Systems Using ROS2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Lucas Naury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Adam Gouguet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abir Karami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lozenguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Fabresse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Tools with Artificial Intelligence</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SAC '25: 40th ACM/SIGAPP Symposium on Applied Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Catania International Airport Catania Italy, France. pp.850-858, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3672608.3707889⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05390292v1</w:t>
+                <w:t xml:space="preserve">hal-05077809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Communication Isolation For Multi-Robot Systems Using ROS2</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+                <w:t xml:space="preserve">A Versatile Heuristic-based Social Robot Navigation Solution Efficient in Sparse and Crowded Environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Gouguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abir Karami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lozenguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Fabresse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAC '25: 40th ACM/SIGAPP Symposium on Applied Computing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Conference on Tools with Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Athena, Greece</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05077809v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05390292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Hybrid Genetic Approach for Bi-Level Flexible Job Shops Arising from Selective Deconstruction</w:t>
               </w:r>
@@ -2450,51 +2450,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benchmarking Off-the-shelf Human-Aware Robot Navigation Solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Gouguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abir B. Karami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2686,399 +2686,399 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03610878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agent-Based Intermodal Behavior for Urban Toll</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Azise Oumar Diallo</w:t>
+                <w:t xml:space="preserve">Towards hybridization of multi-agent simulation and metaheuristics applied to selective deconstruction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Juvigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Baste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lozenguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">René Mandiau</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Doniec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Jourdan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances and Trends in Artificial Intelligence. Theory and Practices in Artificial Intelligence - 35th International Conference on Industrial, Engineering and Other Applications of Applied Intelligent Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Kitakyushu, Japan. pp.397-408, </w:t>
+              <w:t xml:space="preserve">2022 IEEE Symposium Series on Computational Intelligence (SSCI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Singapore, Singapore. pp.767-773, </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-08530-7_33⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/SSCI51031.2022.10022117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04286254v1</w:t>
+                <w:t xml:space="preserve">hal-03968476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonlinear Set-based Model Predictive Control for Exploration: Application to Environmental Missions</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Agent-Based Intermodal Behavior for Urban Toll</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azise Oumar Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lozenguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doniec Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Mandiau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Conference on Informatics in Control, Automation and Robotics, ICINCO</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Advances and Trends in Artificial Intelligence. Theory and Practices in Artificial Intelligence - 35th International Conference on Industrial, Engineering and Other Applications of Applied Intelligent Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Kitakyushu, Japan. pp.397-408, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-08530-7_33⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03647736v1</w:t>
+                <w:t xml:space="preserve">hal-04286254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards hybridization of multi-agent simulation and metaheuristics applied to selective deconstruction</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nonlinear Set-based Model Predictive Control for Exploration: Application to Environmental Missions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Anderson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noury Bouraqadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Langueh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 IEEE Symposium Series on Computational Intelligence (SSCI)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">19th International Conference on Informatics in Control, Automation and Robotics, ICINCO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Lisboa, Portugal</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03968476v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03647736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digitalisation de la déconstruction sélective : simulation et optimisation des filières</w:t>
               </w:r>
@@ -3179,269 +3179,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03597198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Map Meshing Impact on the Efficiency of Nonlinear Set-based Model Predictive Control for Water Quality Assessment</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Estimation of minority modes of transportation based on machine learning approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azise Oumar Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lozenguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Doniec Arnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Mandiau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CMWRS</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The 13th International Conference on Ambient Systems, Networks and Technologies (ANT) / The 5th International Conference on Emerging Data and Industry 4.0 (EDI40)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2022, Porto, Portugal. pp.265-272, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procs.2022.03.036⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04056747v1</w:t>
+                <w:t xml:space="preserve">hal-04286193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of minority modes of transportation based on machine learning approach</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Map Meshing Impact on the Efficiency of Nonlinear Set-based Model Predictive Control for Water Quality Assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Anderson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier García</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noury Bouraqadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucien Etienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kokou A.A. Langueh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 13th International Conference on Ambient Systems, Networks and Technologies (ANT) / The 5th International Conference on Emerging Data and Industry 4.0 (EDI40)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">CMWRS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Milan, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04286193v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04056747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Usage des parkings relais dans les comportements de déplacements intermodaux : Génération de demande de population d'agents à partir de données réelles</w:t>
               </w:r>
@@ -3598,265 +3598,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03545990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digitalisation de la déconstruction sélective : simulation et optimisation des filières</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Jourdan</w:t>
+                <w:t xml:space="preserve">Comparative Evaluation of Road Traffic Simulators based on Modeler’s Specifications: An Application to Intermodal Mobility Behaviors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azise Oumar Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lozenguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Doniec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Mandiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres des Jeunes Chercheurs en Intelligence Artificielle (RJCIA'21) Plate-Forme Intelligence Artificielle (PFIA'21)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">13th International Conference on Agents and Artificial Intelligence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2021, Online Streaming, France. pp.265-272, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5220/0010238302650272⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03298744v1</w:t>
+                <w:t xml:space="preserve">hal-03380515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Evaluation of Road Traffic Simulators based on Modeler’s Specifications: An Application to Intermodal Mobility Behaviors</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">René Mandiau</w:t>
+                <w:t xml:space="preserve">Digitalisation de la déconstruction sélective : simulation et optimisation des filières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Juvigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Baste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Lozenguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Doniec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Jourdan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Conference on Agents and Artificial Intelligence</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Rencontres des Jeunes Chercheurs en Intelligence Artificielle (RJCIA'21) Plate-Forme Intelligence Artificielle (PFIA'21)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Bordeaux, France. pp.79-81</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03380515v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03298744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Planning in the midst of chaos: how a stochastic Blood Bowl model can help to identify key planning features</w:t>
               </w:r>
@@ -4578,51 +4578,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Duviella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Fabresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Lozenguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lala Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4901,390 +4901,390 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02150616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulation Architecture Based on Distributive MDP for Inland Waterway Management</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">System Design for Coordinated Multi-Robot Assistance Deployment in Smart Spaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Debora Alves</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Panagiotis Papadakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lohr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marin Lujak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abir B Karami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ioannis Kanellos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HIC 2018. 13th International Conference on Hydroinformatics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IRC 2018 : Second IEEE International Conference on Robotic Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Laguna Hills, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IRC.2018.00068⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02150535v1</w:t>
+                <w:t xml:space="preserve">hal-01699838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient management of hydrographical networks in a global change context</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Simulation Architecture Based on Distributive MDP for Inland Waterway Management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Desquesnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debora Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éric Duviella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lozenguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Doniec</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lala Herimanjaka Rajaoarisoa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geosciences Union General Assembly</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">HIC 2018. 13th International Conference on Hydroinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, palermo, Italy. pp.555-545</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02150577v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02150535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">System Design for Coordinated Multi-Robot Assistance Deployment in Smart Spaces</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Efficient management of hydrographical networks in a global change context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Duviella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Doniec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lozenguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lala Herimanjaka Rajaoarisoa</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IRC 2018 : Second IEEE International Conference on Robotic Computing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Geosciences Union General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Vienne, Austria</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01699838v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02150577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Which Traffic Simulator Is Suitable for Customized Behaviors in Multi-Modal Scenarios</w:t>
               </w:r>
@@ -5480,51 +5480,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02150603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coordination distribuée et hors-ligne de planifications locales</w:t>
+                <w:t xml:space="preserve">Distributed MDP for water resources planning and management in inland waterways</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Desquesnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lozenguez</w:t>
@@ -5542,306 +5542,306 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Doniec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Duviella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Francophones sur la Planification, la Décision et l'Apprentissage pour la conduite de systèmes (JFPDA 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Caen, France</w:t>
+              <w:t xml:space="preserve">IFAC World Congress 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01576345v1</w:t>
+                <w:t xml:space="preserve">hal-01577234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Robots-Assisted Ambient Intelligence</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Noury Bouraqadi</w:t>
+                <w:t xml:space="preserve">Coordination distribuée et hors-ligne de planifications locales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Desquesnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lozenguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Doniec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Duviella</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Conference on Agreement Technologies, AT 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2017, Évry, France</w:t>
+              <w:t xml:space="preserve">Journées Francophones sur la Planification, la Décision et l'Apprentissage pour la conduite de systèmes (JFPDA 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01855222v1</w:t>
+                <w:t xml:space="preserve">hal-01576345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distributed MDP for water resources planning and management in inland waterways</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Lozenguez</w:t>
+                <w:t xml:space="preserve">Towards Robots-Assisted Ambient Intelligence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marin Lujak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noury Bouraqadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Doniec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Fabresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFAC World Congress 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Toulouse, France</w:t>
+              <w:t xml:space="preserve">5th International Conference on Agreement Technologies, AT 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Évry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01577234v1</w:t>
+                <w:t xml:space="preserve">hal-01855222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large Markov Decision Processes based management strategy of inland waterways in uncertain context</w:t>
               </w:r>
@@ -5929,386 +5929,386 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01577256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MDP à grande échelle : étude de cas des voies navigables</w:t>
+                <w:t xml:space="preserve">Dealing with Large MDPs, case study of waterway networks supervision</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Desquesnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lozenguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Doniec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Éric Duviella</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Duviella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Applications Pratiques en Intelligence Artificielle (APIA) pendant le vingtième congrès national sur la Reconnaissance des Formes et l'Intelligence Artificielle (RFIA'16)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">14th International Conference on Practical Applications of Agents and Multi-Agent Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PAAMS, Jun 2016, Séville, Spain. pp.48-59, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-39324-7_5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01340128v1</w:t>
+                <w:t xml:space="preserve">hal-01333408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constraint satisfaction problem based on flow graph to study the resilience of inland navigation networks in a climate change context</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Houda Nouasse</w:t>
+                <w:t xml:space="preserve">MDP à grande échelle : étude de cas des voies navigables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Desquesnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lozenguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Doniec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Duviella</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th IFAC Conference on Manufacturing Modelling, Management and Control (MIM 2016)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées Applications Pratiques en Intelligence Artificielle (APIA) pendant le vingtième congrès national sur la Reconnaissance des Formes et l'Intelligence Artificielle (RFIA'16)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Clermont-Ferrand, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01490602v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01340128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dealing with Large MDPs, case study of waterway networks supervision</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Desquesnes</w:t>
+                <w:t xml:space="preserve">Constraint satisfaction problem based on flow graph to study the resilience of inland navigation networks in a climate change context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houda Nouasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Doniec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lozenguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Duviella</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Chiron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Conference on Practical Applications of Agents and Multi-Agent Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PAAMS, Jun 2016, Séville, Spain. pp.48-59, </w:t>
+              <w:t xml:space="preserve">8th IFAC Conference on Manufacturing Modelling, Management and Control (MIM 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Troyes, France. pp. 331-336, </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-39324-7_5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2016.07.626⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01333408v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01490602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constraint satisfaction problem based on flow graph to study the resilience of inland navigation networks in a climate change context</w:t>
               </w:r>
@@ -6346,51 +6346,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lozenguez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Duviella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Chiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th IFAC Conference on Manufacturing Modelling, Management and Control (MIM'2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Troyes, France. pp.331-336</w:t>
@@ -7848,51 +7848,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="9522482F"/>
+    <w:nsid w:val="C1E58E95"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8079,51 +8079,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/guillaume-lozenguez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6875-7702" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/170001350" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934756v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azise Oumar Diallo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lozenguez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Doniec" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Mandiau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10489-024-05869-1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934768v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azise Diallo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/roia.66" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283834v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23052540" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242393v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannik Laval" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fleury" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir-Beatrice Karami" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lebis" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/educsci11060267" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546002v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinjian Li" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Boonaert" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trc.2021.103389" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150379v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Segovia Castillo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Desquesnes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Duviella" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577245v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doniec Arnaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Duviella" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ria.31.183-205" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577221v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14201/ADCAIJ2016547184" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235576v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lounis Adouane" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Beynier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel-Illah Mouaddib" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martinet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-015-9483-7" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150330v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Nouasse" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2016.07.574" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313177v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vogel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Hamon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Merchez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Abry" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtrangeo.2014.07.005" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968881v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Beynier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456343v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Nasr Ali" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Lucas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI66417.2025.00070" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980053v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390292v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Gouguet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Karami" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Fabresse" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077809v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Naury" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3672608.3707889" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219763v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Juvigny" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Baste" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Jourdan" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEC53210.2023.10254125" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446714v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes C Bauer" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed-Amine Abdous" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Kurscheid" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15488/15254" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429230v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir B. Karami" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610878v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Anderson" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Martin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Mougin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noury Bouraqadi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Duviella" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.07.630" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286254v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-08530-7_33" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647736v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Etienne" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Langueh" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968476v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSCI51031.2022.10022117" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597198v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056747v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Anderson" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Garc&#237;a" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Etienne" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kokou A.A. Langueh" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286193v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2022.03.036" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03389663v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545990v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298744v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Juvigny" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Lozenguez" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Doniec" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03380515v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0010238302650272" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345360v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Humeau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vermeulen" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03380493v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2021.03.027" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03443390v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Jourdan" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3341105.3373983" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04383462v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Dichtl" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan Le" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29513-4_82" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496819v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT.2019.8820434" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03519371v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04383440v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lala Rajaoarisoa" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04383409v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan Sang Le" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARSC.2019.8733647" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150616v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/201925901002" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150535v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora Alves" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150577v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lala Herimanjaka Rajaoarisoa" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01699838v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Papadakis" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lohr" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Lujak" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir B Karami" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Kanellos" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRC.2018.00068" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150666v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150603v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576345v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01855222v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577234v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577256v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340128v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01490602v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chiron" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.07.626" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333408v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-39324-7_5" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01945544v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235662v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WI-IAT.2013.92" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714848v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00971722v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-33926-4_65" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00971668v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00971653v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150584v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150668v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150278v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khelifa Baizid" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-43506-0_37" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03420628v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Djemai" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Defoort" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Demesure" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Pacaux-Lemoine" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Habib" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01076908v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05361284v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/guillaume-lozenguez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6875-7702" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/170001350" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934756v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azise Oumar Diallo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lozenguez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Doniec" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Mandiau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10489-024-05869-1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04934768v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azise Diallo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/roia.66" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283834v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23052540" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03242393v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannik Laval" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fleury" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir-Beatrice Karami" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Lebis" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/educsci11060267" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03546002v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinjian Li" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Boonaert" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trc.2021.103389" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150379v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Segovia Castillo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Desquesnes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Duviella" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577245v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doniec Arnaud" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Duviella" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ria.31.183-205" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577221v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14201/ADCAIJ2016547184" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235576v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lounis Adouane" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Beynier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel-Illah Mouaddib" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martinet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10514-015-9483-7" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150330v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Nouasse" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2016.07.574" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01313177v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vogel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Hamon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Merchez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Abry" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtrangeo.2014.07.005" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00968881v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Beynier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456343v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Nasr Ali" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Lucas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAI66417.2025.00070" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980053v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077809v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Naury" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Gouguet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Fabresse" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3672608.3707889" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05390292v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Karami" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219763v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Juvigny" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Baste" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Jourdan" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEC53210.2023.10254125" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04446714v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes C Bauer" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed-Amine Abdous" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Kurscheid" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15488/15254" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04429230v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir B. Karami" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03610878v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Anderson" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Martin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Mougin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noury Bouraqadi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Duviella" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2022.07.630" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968476v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSCI51031.2022.10022117" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286254v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-08530-7_33" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03647736v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Etienne" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Langueh" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597198v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286193v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2022.03.036" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056747v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Anderson" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Garc&#237;a" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucien Etienne" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kokou A.A. Langueh" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03389663v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545990v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03380515v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0010238302650272" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298744v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Juvigny" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Lozenguez" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Doniec" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345360v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Humeau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Vermeulen" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03380493v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2021.03.027" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03443390v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Jourdan" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3341105.3373983" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04383462v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Dichtl" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan Le" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-29513-4_82" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02496819v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT.2019.8820434" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03519371v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04383440v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lala Rajaoarisoa" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04383409v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan Sang Le" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARSC.2019.8733647" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150616v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/201925901002" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01699838v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Papadakis" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lohr" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Lujak" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir B Karami" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Kanellos" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IRC.2018.00068" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150535v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora Alves" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150577v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lala Herimanjaka Rajaoarisoa" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150666v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150603v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577234v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01576345v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01855222v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577256v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333408v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-39324-7_5" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01340128v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01490602v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chiron" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.07.626" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01945544v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235662v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WI-IAT.2013.92" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01714848v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00971722v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-33926-4_65" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00971668v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00971653v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150584v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150668v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150278v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khelifa Baizid" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-43506-0_37" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03420628v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Djemai" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Defoort" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Demesure" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Pacaux-Lemoine" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Habib" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01076908v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05361284v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>