--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -506,282 +506,282 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04854030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Empathie et traduction dans les consultations transculturelles</w:t>
+                <w:t xml:space="preserve">« Pensée en images » : expérience de cothérapie dans le groupe Métissages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wavelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Titia Rizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hawa Camara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hybrid. Revue des arts et médiations humaines</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue de psychothérapie Psychanalytique de Groupes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04200075v1</w:t>
+                <w:t xml:space="preserve">hal-04200103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Processus traductif et psychothérapie</w:t>
+                <w:t xml:space="preserve">Empathie et traduction dans les consultations transculturelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wavelet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marion Feldman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cliniques méditerranéennes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Hybrid. Revue des arts et médiations humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/hybrid.3190⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04200088v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04200075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Pensée en images » : expérience de cothérapie dans le groupe Métissages</w:t>
+                <w:t xml:space="preserve">Processus traductif et psychothérapie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wavelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hawa Camara</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Feldman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de psychothérapie Psychanalytique de Groupes</w:t>
+              <w:t xml:space="preserve">Cliniques méditerranéennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, A paraître</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04200103v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04200088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -907,64 +907,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penser en images. Expériences de cothérapie au sein des consultations transculturelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wavelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Titia Rizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hawa Camara</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Celles et ceux qui soignent, colloque de la revue L'autre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Revue L’autre, cliniques, cultures et sociétés; Faculté de chirurgie dentaire de Clermont-Ferrand, Jun 2022, Clermont- Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1158,51 +1158,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04893923v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Feldman" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Noucher" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Deneuville" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wavelet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04893903v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Effi Weiss" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Borenstein" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalini Simon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04893860v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854030v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12ygi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04200075v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/hybrid.3190" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04200088v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04200103v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Titia Rizzi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hawa Camara" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04200120v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Skandrani" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04200130v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04893923v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Feldman" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Noucher" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allan Deneuville" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wavelet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04893903v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Effi Weiss" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Borenstein" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amalini Simon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04893860v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04854030v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12ygi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04200103v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Titia Rizzi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hawa Camara" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04200075v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/hybrid.3190" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04200088v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04200120v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Skandrani" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04200130v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>