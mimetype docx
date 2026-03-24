--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -373,897 +373,897 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04309075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tracking the Political Representations of Life: Methodological Challenges of Exploring the BnF Web Archives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Levrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Benhamou-Suesser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IIPC Web Archiving Conference, Oslo, 9-10 april 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, International Internet Preservation Consortium, Apr 2025, Oslo (Norway), Norway</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05234891v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Closed data, open software: building new ways into the French web archives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Levrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Benhamou-Suesser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FOSDEM 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2025, Bruxelles, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04925661v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">In the name of the crown: how to draw the line between genuine conceptual innovation and rhetorical devices in scientific research?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Levrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathanne Rost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Boem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4S/EEAST 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Amsterdam, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04662424v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ungovernable genomes: the myth of Asilomar in the French online political context between 2002 and 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Levrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Engineering Life: Regulating Science, Risks, and Society in Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Luis Campos, Rice University (US); Francesco Cassata, Università di Genova (IT); Christina Brandt, Friedrich-Schiller-Universität Jena (DE), Jun 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04637745v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Political historiographies: discussing the Algerian independence war in the early French electoral cyberspace.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Levrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Science Politique et la Guerre d'Algérie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paul Max Morin, CEVIPOF (Sciences Po) - Université Nice Côte - d’Azur; Sarah Gensburger, Centre de sociologie des organisations (Sciences Po-CNRS), Dec 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04637743v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Argumenter en ligne sur ce qui n’existe pas : le cas du clonage humain dans l’élection de 2002</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Levrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20 ans de web électoral à la Bibliothèque nationale de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dorothée Benhamou-Suesser, Nov 2023, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04637752v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PANDORÆ : Retrieving, curating and exploring enhanced corpuses through time and space</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Levrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FOSDEM 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2021, Bruxelles, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04637740v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CRISPR States: Genome Editing As A Biopolitical Means</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Levrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4S/EEAST 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2020, Online, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04637735v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du code dans ma thèse, interventions autour de l'auto-instrumentation en thèse de doctorat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Levrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">METSEM - Séminaire de Méthode de Sciences Po</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Diégo Antolinos-Basso, Sep 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04637719v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trust and policymaking in the nuclease age</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Levrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CRISPR Consensus?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lea Witkowsky - Innovative Genomics Institute - UC Berkeley, Oct 2019, Berkeley (CA), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04637729v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article de blog scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand les chercheurs trichent : l’exemple des « phrases torturées »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Levrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04881974v1</w:t>
-              </w:r>
-[...772 lines deleted...]
-                <w:t xml:space="preserve">hal-04637729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1483,151 +1483,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04594252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géopolitique de la biologie : qui remportera la suprématie de l’édition du génome ?</w:t>
+                <w:t xml:space="preserve">Gouverner le génome pour le meilleur des mondes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Levrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04637708v1</w:t>
+                <w:t xml:space="preserve">hal-04637712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gouverner le génome pour le meilleur des mondes ?</w:t>
+                <w:t xml:space="preserve">Géopolitique de la biologie : qui remportera la suprématie de l’édition du génome ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Levrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04637712v1</w:t>
+                <w:t xml:space="preserve">hal-04637708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Re: Human Germline and Heritable Genome Editing: The Global Policy Landscape</w:t>
               </w:r>
@@ -2216,247 +2216,247 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04637703v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vidéo (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Développer un logiciel en open source</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Levrier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04309268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’ingouvernable à l’âge de l'édition du génome : une analyse comparée des politiques des nucléases en Europe, aux États-Unis et en Chine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Levrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Science politique. Institut d'études politiques de Paris - Science Po, 2022. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2022IEPP0034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨NNT : 2022IEPP0034⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">tel-04067135v1</w:t>
-              </w:r>
-[...92 lines deleted...]
-                <w:t xml:space="preserve">hal-04309268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2712,51 +2712,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05178450v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazal Atay" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Levrier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1285/i20398573v11n1p30" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117552v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Benhamou-Suesser" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/dc.15906" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309075v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/crispr.2021.0015" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881974v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-05234891v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925661v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662424v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathanne Rost" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Boem" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637752v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637745v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637743v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637740v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637735v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637719v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637729v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604951v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594238v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594252v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/crispr.2024.0015" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637708v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637712v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312685v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/crispr.2021.29121.gle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312692v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misha Angrist" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Barrangou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Baylis" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn Brokowski" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Burgio" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/crispr.2020.29106.man" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637707v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637705v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03392501v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03456908v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637699v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637702v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637703v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/tel-04067135v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022IEPP0034" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309268v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312765v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-05178450v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazal Atay" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Levrier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1285/i20398573v11n1p30" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117552v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Benhamou-Suesser" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/dc.15906" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309075v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/crispr.2021.0015" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bnf.hal.science/hal-05234891v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04925661v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662424v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathanne Rost" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Boem" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637745v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637743v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637752v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637740v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637735v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637719v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637729v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04881974v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604951v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594238v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594252v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/crispr.2024.0015" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637712v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637708v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312685v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/crispr.2021.29121.gle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312692v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misha Angrist" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Barrangou" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Baylis" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn Brokowski" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Burgio" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/crispr.2020.29106.man" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637707v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637705v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03392501v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/hal-03456908v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637699v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637702v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637703v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309268v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sciencespo.hal.science/tel-04067135v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022IEPP0034" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312765v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>