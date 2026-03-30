--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -321,412 +321,412 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04190673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast Online Changepoint Detection via Functional Pruning CUSUM statistics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">gfpop : An R Package for Univariate Graph-Constrained Change-Point Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Runge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toby Dylan Hocking</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaetano Romano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Idris Eckley</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatemeh Afghah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Fearnhead</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Machine Learning Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.48550/arXiv.2110.08205⟩</w:t>
+              <w:t xml:space="preserve">Journal of Statistical Software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 106 (6), pp.1-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18637/jss.v106.i06⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04190669v1</w:t>
+                <w:t xml:space="preserve">hal-04191319v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DiffSegR: an RNA-seq data driven method for differential expression analysis using changepoint detection</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Etienne Delannoy</w:t>
+                <w:t xml:space="preserve">Fast Online Changepoint Detection via Functional Pruning CUSUM statistics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaetano Romano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Launay-Avon</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Idris Eckley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Fearnhead</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillem Rigaill</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NAR Genomics and Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nargab/lqad098⟩</w:t>
+              <w:t xml:space="preserve">Journal of Machine Learning Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24, pp.1-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.48550/arXiv.2110.08205⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04282211v2</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04190669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">gfpop : An R Package for Univariate Graph-Constrained Change-Point Detection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Runge</w:t>
+                <w:t xml:space="preserve">DiffSegR: an RNA-seq data driven method for differential expression analysis using changepoint detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Liehrmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Delannoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Launay-Avon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toby Dylan Hocking</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gaetano Romano</w:t>
+                <w:t xml:space="preserve">Elodie Gilbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatemeh Afghah</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Paul Fearnhead</w:t>
+                <w:t xml:space="preserve">Olivier Loudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Statistical Software</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 106 (6), pp.1-39. </w:t>
+              <w:t xml:space="preserve">NAR Genomics and Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5 (4), pp.lqad098. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.18637/jss.v106.i06⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/nargab/lqad098⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04191319v2</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04282211v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strive or thrive: Trends in Phytophthora capsici gene expression in partially resistant pepper</w:t>
               </w:r>
@@ -840,248 +840,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03908269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adjusting the adjusted Rand Index A multinomial story</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Generalized Functional Pruning Optimal Partitioning (GFPOP) for Constrained Changepoint Detection in Genomic Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toby Dylan Hocking</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillem Rigaill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Fearnhead</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martina Sundqvist</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Guillem Rigaill</w:t>
+                <w:t xml:space="preserve">Guillaume Bourque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Statistics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00180-022-01230-7⟩</w:t>
+              <w:t xml:space="preserve">Journal of Statistical Software</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 101 (10), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18637/jss.v101.i10⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03696588v1</w:t>
+                <w:t xml:space="preserve">hal-04191295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generalized Functional Pruning Optimal Partitioning (GFPOP) for Constrained Changepoint Detection in Genomic Data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Toby Dylan Hocking</w:t>
+                <w:t xml:space="preserve">Adjusting the adjusted Rand Index A multinomial story</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina Sundqvist</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chiquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Rigaill</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Bourque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Statistical Software</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 101 (10), </w:t>
+              <w:t xml:space="preserve">Computational Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 38 (1), pp.327-347. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.18637/jss.v101.i10⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00180-022-01230-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04191295v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03696588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome-Wide Identification of Key Components of RNA Silencing in Two Phaseolus vulgaris Genotypes of Contrasting Origin and Their Expression Analyses in Response to Fungal Infection</w:t>
               </w:r>
@@ -1195,265 +1195,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04191305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increased peak detection accuracy in over-dispersed ChIP-seq data with supervised segmentation models</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Full Length Transcriptome Highlights the Coordination of Plastid Transcript Processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Guilcher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Liehrmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Seyman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Blein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Rigaill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12859-021-04221-5⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (20), pp.1-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms222011297⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03333772v1</w:t>
+                <w:t xml:space="preserve">hal-03343771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Full Length Transcriptome Highlights the Coordination of Plastid Transcript Processing</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Increased peak detection accuracy in over-dispersed ChIP-seq data with supervised segmentation models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Liehrmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Rigaill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toby Dylan Hocking</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 22 (20), pp.1-15. </w:t>
+              <w:t xml:space="preserve">BMC Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms222011297⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12859-021-04221-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03343771v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wide Cross-species RNA-Seq Comparison Reveals Convergent Molecular Mechanisms Involved in Nickel Hyperaccumulation Across Dicotyledons</w:t>
               </w:r>
@@ -1586,51 +1586,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast tree aggregation for consensus hierarchical clustering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Hulot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chiquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Jaffrezic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1690,90 +1690,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constrained Dynamic Programming and Supervised Penalty Learning Algorithms for Peak Detection in Genomic Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toby Dylan Hocking</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Rigaill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Fearnhead</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bourque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Machine Learning Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 21, pp.1 - 40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2134,295 +2134,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02624466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Screening populations for copy number variation using genotyping-by-sequencing: a proof of concept using soybean fast neutron mutants</w:t>
+                <w:t xml:space="preserve">Protein arginine methyltransferase 5: A novel therapeutic target for triple-negative breast cancers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc-Andre Lemay</w:t>
+                <w:t xml:space="preserve">Mathilde Vinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Davoud Torkamaneh</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillem Rigaill</w:t>
+                <w:t xml:space="preserve">Samyuktha Suresh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brian Boyle</w:t>
+                <w:t xml:space="preserve">Clarisse Monchecourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrian O. Stec</w:t>
+                <w:t xml:space="preserve">Fariba Nemati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 20, pp.634. </w:t>
+              <w:t xml:space="preserve">Cancer Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8 (5), pp.2414-2428. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12864-019-5998-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cam4.2114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02625904v1</w:t>
+                <w:t xml:space="preserve">hal-02625897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protein arginine methyltransferase 5: A novel therapeutic target for triple-negative breast cancers</w:t>
+                <w:t xml:space="preserve">Screening populations for copy number variation using genotyping-by-sequencing: a proof of concept using soybean fast neutron mutants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Vinet</w:t>
+                <w:t xml:space="preserve">Marc-Andre Lemay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samyuktha Suresh</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Virginie Maire</w:t>
+                <w:t xml:space="preserve">Davoud Torkamaneh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillem Rigaill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clarisse Monchecourt</w:t>
+                <w:t xml:space="preserve">Brian Boyle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fariba Nemati</w:t>
+                <w:t xml:space="preserve">Adrian O. Stec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 8 (5), pp.2414-2428. </w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20, pp.634. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/cam4.2114⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12864-019-5998-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02625897v1</w:t>
+                <w:t xml:space="preserve">hal-02625904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changepoint detection in the presence of outliers</w:t>
               </w:r>
@@ -2623,412 +2623,412 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02006331v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allele-specific expression and genetic determinants of transcriptomic variations in response to mild water deficit in tomato</w:t>
+                <w:t xml:space="preserve">New efficient algorithms for multiple change-point detection with reproducing kernels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Albert</w:t>
+                <w:t xml:space="preserve">Alain Celisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renaud Duboscq</w:t>
+                <w:t xml:space="preserve">Guillemette Marot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Latreille</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pierre-Jean Male</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillem Rigaill</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tpj.14057⟩</w:t>
+              <w:t xml:space="preserve">Computational Statistics and Data Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 128, pp.200-220. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.csda.2018.07.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02620940v1</w:t>
+                <w:t xml:space="preserve">hal-02621669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New efficient algorithms for multiple change-point detection with reproducing kernels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Homoeologous exchanges cause extensive dosage-dependent gene expression changes in an allopolyploid crop</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Lloyd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Blary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Celisse</w:t>
+                <w:t xml:space="preserve">Delphine Charif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillemette Marot</w:t>
+                <w:t xml:space="preserve">Catherine Charpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Jean Male</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Joseph Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computational Statistics and Data Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 128, pp.200-220. </w:t>
+              <w:t xml:space="preserve">New Phytologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 217 (1), pp.367-377. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.csda.2018.07.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/nph.14836⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02621669v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02624624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Homoeologous exchanges cause extensive dosage-dependent gene expression changes in an allopolyploid crop</w:t>
+                <w:t xml:space="preserve">Allele-specific expression and genetic determinants of transcriptomic variations in response to mild water deficit in tomato</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew Lloyd</w:t>
+                <w:t xml:space="preserve">Elise Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Blary</w:t>
+                <w:t xml:space="preserve">Renaud Duboscq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Charif</w:t>
+                <w:t xml:space="preserve">Muriel Latreille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Charpentier</w:t>
+                <w:t xml:space="preserve">Sylvain Santoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joseph Tran</w:t>
+                <w:t xml:space="preserve">Matthieu Beukers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Phytologist</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 217 (1), pp.367-377. </w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 96 (3), pp.635-650. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/nph.14836⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/tpj.14057⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02624624v1</w:t>
+                <w:t xml:space="preserve">hal-02620940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two interacting PPR proteins are major Arabidopsis editing factors in plastid and mitochondria</w:t>
               </w:r>
@@ -3053,51 +3053,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauricio Lopez Obando</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Baudry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Launay-Avon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Rigaill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3142,265 +3142,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01606226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast Tree Inference With Weighted Fusion Penalties</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Independent introductions and admixtures have contributed to adaptation of European maize and its American counterparts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Gutierrez</w:t>
+                <w:t xml:space="preserve">Jean-Tristan Brandenburg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Mary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Rigaill</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah J. Hearne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Corti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Computational and Graphical Statistics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10618600.2015.1096789⟩</w:t>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 13 (3), pp.e1006666. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1006666⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01597604v1</w:t>
+                <w:t xml:space="preserve">hal-01605143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Independent introductions and admixtures have contributed to adaptation of European maize and its American counterparts</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Tristan Mary</w:t>
+                <w:t xml:space="preserve">Fast Tree Inference With Weighted Fusion Penalties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chiquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gutierrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Rigaill</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 13 (3), pp.e1006666. </w:t>
+              <w:t xml:space="preserve">Journal of Computational and Graphical Statistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 26 (1), pp.205 - 216. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1006666⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/10618600.2015.1096789⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605143v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01597604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On optimal multiple changepoint algorithms for large data</w:t>
               </w:r>
@@ -3503,51 +3503,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On coding effects in regularized categorical regression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chiquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Grandvalet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4003,399 +4003,399 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02639667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TIPIN depletion leads to apoptosis in breast cancer cells</w:t>
+                <w:t xml:space="preserve">GEM2Net: from gene expression modeling to -omics networks, a new CATdb module to investigate Arabidopsis thaliana genes involved in stress response</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Baldeyron</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Fariba Nemati</w:t>
+                <w:t xml:space="preserve">Rim Zaag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Koundrioukoff</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Tamby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Guichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zakia Tariq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillem Rigaill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.molonc.2015.04.010⟩</w:t>
+              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 43 (Database issue), pp.D1010-D1017. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/nar/gku1155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02639424v1</w:t>
+                <w:t xml:space="preserve">hal-01137554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GEM2Net: from gene expression modeling to -omics networks, a new CATdb module to investigate Arabidopsis thaliana genes involved in stress response</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Performance evaluation of DNA copy number segmentation methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecile Guichard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Zakia Tariq</w:t>
+                <w:t xml:space="preserve">Morgane Pierre-Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Rigaill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Neuvial</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nucleic Acids Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/nar/gku1155⟩</w:t>
+              <w:t xml:space="preserve">Briefings in Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 16 (4), pp.600-615. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bib/bbu026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01137554v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00952896v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance evaluation of DNA copy number segmentation methods</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">TIPIN depletion leads to apoptosis in breast cancer cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Baldeyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Brisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Tesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fariba Nemati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Pierre-Jean</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stéphane Koundrioukoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Briefings in Bioinformatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 16 (4), pp.600-615. </w:t>
+              <w:t xml:space="preserve">Molecular Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 9 (8), pp.1580-1598. </w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/bib/bbu026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.molonc.2015.04.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00952896v2</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02639424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast estimation of the Integrated Completed Likelihood criterion for change-point detection problems with applications to Next-Generation Sequencing data</w:t>
               </w:r>
@@ -4838,364 +4838,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02045097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TTK/hMPS1 is an attractive therapeutic target for triple-negative breast cancer</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genomic instability : a stronger prognostic marker than proliferation for early stage luminal breast carcinomas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Celine Baldeyron</w:t>
+                <w:t xml:space="preserve">Anne Vincent-Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Richardson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Bruno Tesson</w:t>
+                <w:t xml:space="preserve">Vanessa Benhamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Vincent-Salomon</w:t>
+                <w:t xml:space="preserve">Eleonore Gravier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillem Rigaill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Gruel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 8 (6), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0063712⟩</w:t>
+              <w:t xml:space="preserve">, 2013, 8 (10), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0076496⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01190560v1</w:t>
+                <w:t xml:space="preserve">hal-01219550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomic instability : a stronger prognostic marker than proliferation for early stage luminal breast carcinomas</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId188" w:history="1">
+                <w:t xml:space="preserve">TTK/hMPS1 is an attractive therapeutic target for triple-negative breast cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Baldeyron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Richardson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Tesson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vincent-Salomon</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Nadège Gruel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 8 (10), </w:t>
+              <w:t xml:space="preserve">, 2013, 8 (6), </w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0076496⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0063712⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01219550v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polo-like Kinase 1: A Potential Therapeutic Option in Combination with Conventional Chemotherapy for the Management of Patients with Triple-Negative Breast Cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Maire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fariba Nemati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Richardson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Vincent-Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Tesson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5504,697 +5504,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02662620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diaphanous-related formins are required for invadopodia formation and invasion of breast tumor cells</w:t>
+                <w:t xml:space="preserve">Genome Alteration Print (GAP): a tool to visualize and mine complex cancer genomic profiles obtained by SNP arrays.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Floria Lizarraga</w:t>
+                <w:t xml:space="preserve">Tatiana Popova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renaud Poincloux</w:t>
+                <w:t xml:space="preserve">Elodie Manié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marise Romao</w:t>
+                <w:t xml:space="preserve">Dominique Stoppa-Lyonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillem Rigaill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Montagnac</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gaëlle Le Dez</w:t>
+                <w:t xml:space="preserve">Emmanuel Barillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1158/0008-5472.CAN-08-3709⟩</w:t>
+              <w:t xml:space="preserve">Genome Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 10 (11), pp.R128. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/gb-2009-10-11-r128⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02659942v1</w:t>
+                <w:t xml:space="preserve">inserm-00663915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome Alteration Print (GAP): a tool to visualize and mine complex cancer genomic profiles obtained by SNP arrays.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Diaphanous-related formins are required for invadopodia formation and invasion of breast tumor cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floria Lizarraga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tatiana Popova</w:t>
+                <w:t xml:space="preserve">Renaud Poincloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Manié</w:t>
+                <w:t xml:space="preserve">Marise Romao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Stoppa-Lyonnet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillem Rigaill</w:t>
+                <w:t xml:space="preserve">Guillaume Montagnac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Barillot</w:t>
+                <w:t xml:space="preserve">Gaëlle Le Dez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 10 (11), pp.R128. </w:t>
+              <w:t xml:space="preserve">Cancer Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 69 (7), pp.2792-2800. </w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/gb-2009-10-11-r128⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1158/0008-5472.CAN-08-3709⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00663915v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02659942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frequent PTEN genomic alterations and activated phosphatidylinositol 3-kinase pathway in basal-like breast cancer cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ITALICS: an algorithm for normalization and DNA copy number calling for Affymetrix SNP arrays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillem Rigaill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bérengère Marty</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Anne Vincent-Salomon</w:t>
+                <w:t xml:space="preserve">Philippe Hupé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe La Rosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Meyniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Breast Cancer Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/bcr2204⟩</w:t>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 24 (6), pp.768-774. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btn048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02666624v1</w:t>
+                <w:t xml:space="preserve">hal-02655786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ITALICS: an algorithm for normalization and DNA copy number calling for Affymetrix SNP arrays</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">High-resolution mapping of DNA breakpoints to define true recurrences among ipsilateral breast cancers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Meyniel</w:t>
+                <w:t xml:space="preserve">Marc Bollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Servant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Neuvial</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Decraene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Lebigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btn048⟩</w:t>
+              <w:t xml:space="preserve">JNCI: Journal of the National Cancer Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 100 (1), pp.48-58. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jnci/djm266⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02655786v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00204833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-resolution mapping of DNA breakpoints to define true recurrences among ipsilateral breast cancers</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Frequent PTEN genomic alterations and activated phosphatidylinositol 3-kinase pathway in basal-like breast cancer cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ingrid Lebigot</w:t>
+                <w:t xml:space="preserve">Bérengère Marty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Maire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eleonore Gravier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillem Rigaill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Vincent-Salomon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNCI: Journal of the National Cancer Institute</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 100 (1), pp.48-58. </w:t>
+              <w:t xml:space="preserve">Breast Cancer Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 10 (6), pp.1-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jnci/djm266⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/bcr2204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00204833v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02666624v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Logiciel (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6296,77 +6296,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">aricode: Efficient Computations of Standard Clustering Comparison Measures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chiquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Rigaill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina Sundqvist</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:5611b0b1a170db175583d4243ec8639e0e846f01;origin=https://hal.archives-ouvertes.fr/hal-04479410;visit=swh:1:snp:e98ee67c94e9d082fcfe9a391e0f933e2a575fe9;anchor=swh:1:rel:a1c2ad44b535c5a6bff2d740d9b0278c3d5a55ba;path=/⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -6393,51 +6393,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">mergeTrees: Aggregating Trees</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chiquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Rigaill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6634,194 +6634,194 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometric-Based Pruning Rules For Change Point Detection in Multiple Independent Time Series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Liudmila Pishchagina</w:t>
+                <w:t xml:space="preserve">A genome-wide segmentation approach for the detection of selection footprints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Mary-Huard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Rigaill</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">2023</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04132733v1</w:t>
+                <w:t xml:space="preserve">hal-05292880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A genome-wide segmentation approach for the detection of selection footprints</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tristan Mary-Huard</w:t>
+                <w:t xml:space="preserve">Geometric-Based Pruning Rules For Change Point Detection in Multiple Independent Time Series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liudmila Pishchagina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Rigaill</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Runge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05292880v1</w:t>
+                <w:t xml:space="preserve">hal-04132733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wide cross-species RNA-Seq comparison reveals a highly conserved role for Ferroportins in nickel hyperaccumulation in plants</w:t>
               </w:r>
@@ -6925,77 +6925,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New efficient algorithms for multiple change-point detection with kernels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Celisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillemette Marot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Pierre-Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Rigaill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7026,51 +7026,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SegAnnot: an R package for fast segmentation of annotated piecewise constant signals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toby Dylan Hocking</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Rigaill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7209,260 +7209,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05292901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast tree aggregation for consensus hierarchical clustering: application to multi-omics data analysis</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Impact of host partial resistance on the gene expression of Phytophthora capsici: consequences for pepper breeding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Maillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Szadkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Caromel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Massire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Statistical Methods for Post-Genomic Data (SMPGD)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Barcelona, Spain</w:t>
+              <w:t xml:space="preserve">17. Eucarpia Meeting on Genetics and Breeding of Capsicum and Eggplant (2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02483674v1</w:t>
+                <w:t xml:space="preserve">hal-02735621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of host partial resistance on the gene expression of Phytophthora capsici: consequences for pepper breeding</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A statistical method to detect abrupt changes in trees.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillem Rigaill</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17. Eucarpia Meeting on Genetics and Breeding of Capsicum and Eggplant (2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Avignon, France</w:t>
+              <w:t xml:space="preserve">Workshop Change Point Detection: Limit Theorems, Algorithms, and Applications in Life Sciences.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Greifswald, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02735621v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02961195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changepoint detection in the presence of outliers and constraints.</w:t>
               </w:r>
@@ -7511,139 +7472,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02961197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A statistical method to detect abrupt changes in trees.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fast tree aggregation for consensus hierarchical clustering: application to multi-omics data analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Hulot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chiquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Jaffrezic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Rigaill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop Change Point Detection: Limit Theorems, Algorithms, and Applications in Life Sciences.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Greifswald, Germany</w:t>
+              <w:t xml:space="preserve">Statistical Methods for Post-Genomic Data (SMPGD)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02961195v1</w:t>
+                <w:t xml:space="preserve">hal-02483674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fused-ANOVA : une méthode de clustering en grande dimension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Hulot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chiquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Jaffrezic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8048,51 +8048,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toby Hocking</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Rigaill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Bourque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICML 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8111,459 +8111,459 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02744063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On exact multiple changepoint algorithms. Optimal partitioning and functional pruning</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Partitionnement optimal et élagage fonctionnel pour la détection de ruptures multiples. Application à des données d’Hybridation Génomique Comparative CGH</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Maidstone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Fearnhead</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Rigaill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inference for Change-Point and Related Processes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Cambridge [UK] (CAM). GBR., Jan 2014, Cambridge, United Kingdom</w:t>
+              <w:t xml:space="preserve">46. Journées de Statistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Statistique (SFdS). FRA., Jun 2014, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02796353v1</w:t>
+                <w:t xml:space="preserve">hal-02744132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Partitionnement optimal et élagage fonctionnel pour la détection de ruptures multiples. Application à des données d’Hybridation Génomique Comparative CGH</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Paul Fearnhead</w:t>
+                <w:t xml:space="preserve">Weighted fusion penalties for tree inference and its oracle properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Chiquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gutierrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Rigaill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">46. Journées de Statistique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de Statistique (SFdS). FRA., Jun 2014, Rennes, France</w:t>
+              <w:t xml:space="preserve">Workshop MLCB NIPS 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02744132v1</w:t>
+                <w:t xml:space="preserve">hal-01608308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weighted fusion penalties for tree inference and its oracle properties</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On exact multiple changepoint algorithms. Optimal partitioning and functional pruning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Rigaill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop MLCB NIPS 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2014, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">Time Dynamic Change Point Models and its Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Georg-August-Universität Göttingen. DEU., Oct 2014, Göttingen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01608308v1</w:t>
+                <w:t xml:space="preserve">hal-02792281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On exact multiple changepoint algorithms. Optimal partitioning and functional pruning</w:t>
+                <w:t xml:space="preserve">Fast and parallel algorithm for population-based segmentation of copy-number profiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Rigaill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Miele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Time Dynamic Change Point Models and its Applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">10. International Meeting on Computational Intelligence Methods for Bioinformatics and Biostatistics (CIBB)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Nice, France. 275 p., </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-09042-9_18⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02792281v1</w:t>
+                <w:t xml:space="preserve">hal-02742012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast and parallel algorithm for population-based segmentation of copy-number profiles</w:t>
+                <w:t xml:space="preserve">On exact multiple changepoint algorithms. Optimal partitioning and functional pruning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Rigaill</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Franck Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10. International Meeting on Computational Intelligence Methods for Bioinformatics and Biostatistics (CIBB)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Inference for Change-Point and Related Processes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Cambridge [UK] (CAM). GBR., Jan 2014, Cambridge, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-09042-9_18⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02742012v1</w:t>
+                <w:t xml:space="preserve">hal-02796353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Segmentor3isback : an r package for the fast and exact segmentation of seq-data</w:t>
               </w:r>
@@ -8683,51 +8683,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learning Sparse Penalties for Change-Point Detection using Max Margin Interval Regression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Rigaill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toby Dylan Hocking</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Bach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9103,103 +9103,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de la résistance partielle du piment sur l'expression des gènes de Phytophthora capsici : conséquences pour la création variétale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Massire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Maillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Szadkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Caromel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13e Rencontres de Phytopathologie - Mycologie, Journées Jean Chevaugeon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Aussois (France), France</w:t>
@@ -9349,51 +9349,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PO-435 Proteomic classification of triple negative breast cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina Sundqvist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leanne de Koning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9401,51 +9401,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Rigaill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chiquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25th Biennial Congress of the European Association for Cancer Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Amsterdam, Netherlands. ESMO Open, 3, pp.A402, 2018, </w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9473,51 +9473,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04440537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptomic regulation in pepper during the interaction with Phytophthora capsici.</w:t>
+                <w:t xml:space="preserve">Transcriptomic regulation in pepper during the interaction with &amp;lt;em&amp;gt;Phytophthora capsici&amp;lt;/em&amp;gt;</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Maillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Szadkowski</w:t>
@@ -9552,97 +9552,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Brunaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th Eucarpia Capsicum and Eggplant Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Kecskemét, Hungary</w:t>
+              <w:t xml:space="preserve">16. Eucarpia Capsicum and Eggplant Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Kecskemét, Hungary. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03551784v1</w:t>
+                <w:t xml:space="preserve">hal-02799453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transcriptomic regulation in pepper during the interaction with &amp;lt;em&amp;gt;Phytophthora capsici&amp;lt;/em&amp;gt;</w:t>
+                <w:t xml:space="preserve">Transcriptomic regulation in pepper during the interaction with Phytophthora capsici.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Maillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Szadkowski</w:t>
@@ -9677,129 +9677,129 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Brunaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16. Eucarpia Capsicum and Eggplant Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Kecskemét, Hungary. 2016</w:t>
+              <w:t xml:space="preserve">16th Eucarpia Capsicum and Eggplant Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Kecskemét, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02799453v1</w:t>
+                <w:t xml:space="preserve">hal-03551784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A fast homotopy algorithm for a large class of weighted classification problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gutierrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Rigaill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chiquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MLCB NIPS 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, South Lake Thao, United States. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10088,77 +10088,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Multiattribute Gaussian Graphical Model for Inferring Multiscale Regulatory Networks: An Application in Breast Cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Chiquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Rigaill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina Sundqvist</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Gene Regulatory Networks</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.143-160, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10244,51 +10244,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Brunaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Lurin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Delannoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plastids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1829, Humana Press Inc., pp.16, 2018, Methods in Molecular Biology, 978-1-4939-8654-5; 978-1-4939-8653-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10458,90 +10458,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Change-point detection with kernel methods : application to DNA copy number signals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Pierre-Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillemette Marot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rigaill Guillem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Celisse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : 00000000000000. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10559,90 +10559,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détection de ruptures à partir de méthodes à noyaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Pierre-Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillemette Marot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Rigaill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Celisse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">United Kingdom, Patent n° : 0000000. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10932,51 +10932,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05239757v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liudmila Pishchagina" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Romano" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fearnhead" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Runge" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Rigaill" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jrsssb/qkaf046" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04190673v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Liehrmann" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10618600.2024.2402895" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04190669v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idris Eckley" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2110.08205" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04282211v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Delannoy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Launay-Avon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gilbault" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Loudet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nargab/lqad098" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04191319v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toby Dylan Hocking" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatemeh Afghah" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18637/jss.v106.i06" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03908269v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Maillot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Szadkowski" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Massire" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Brunaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.980587" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03696588v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Sundqvist" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chiquet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00180-022-01230-7" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04191295v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bourque" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18637/jss.v101.i10" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04191305v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Alvarez-Diaz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Richard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thareau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Teano" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Paysant-Le-Roux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes13010064" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03333772v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12859-021-04221-5" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03343771v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Guilcher" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Seyman" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blein" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms222011297" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890477v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanesa Sanchez Garcia de La Torre" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Majorel-Loulergue" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem J. Rigaill" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dubiel A. Gonzalez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Soubigou-Taconnat" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.16775" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961035v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Hulot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jaffrezic" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12859-020-3453-6" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961069v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961038v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01621459.2021.1909598" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961044v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sta4.291" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624466v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Maire" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faisal Mahmood" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengliang Ye" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Brisson" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cam4.1923" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625904v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andre Lemay" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davoud Torkamaneh" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Boyle" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian O. Stec" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-019-5998-1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625897v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Vinet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samyuktha Suresh" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Monchecourt" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fariba Nemati" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cam4.2114" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622377v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01621459.2017.1385466" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006331v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ambroise" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alia Dehman" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Neuvial" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vialaneix" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13015-019-0157-4" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620940v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Albert" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Duboscq" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Latreille" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Santoni" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Beukers" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.14057" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621669v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Celisse" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Marot" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Male" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csda.2018.07.002" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624624v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Lloyd" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Blary" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Charif" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Charpentier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Tran" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14836" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606226v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Guillaumot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Lopez Obando" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Baudry" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1705780114" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597604v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gutierrez" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10618600.2015.1096789" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605143v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Tristan Brandenburg" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Mary" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah J. Hearne" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Corti" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1006666" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603953v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Maidstone" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toby Hocking" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11222-016-9636-3" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338164v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Grandvalet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1471082X16644998" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595551v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Balzergue" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Blondet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bib/bbw092" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01397859v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Dumas" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Taconnat" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelos Barbas" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Catrice" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-016-3133-0" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639667v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Maubant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tesson" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0122333" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639424v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Baldeyron" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Koundrioukoff" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molonc.2015.04.010" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137554v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Zaag" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Tamby" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Guichard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakia Tariq" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gku1155" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952896v2" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Pierre-Jean" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bib/bbu026" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197622v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Cleynen" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=The Minh Luong" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Nuel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2013.11.029" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01101868v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toby D. Hocking" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Boeva" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gudrun Schleiermacher" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Janoueix-Lerosey" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btu072" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197619v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Koskas" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Robin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1748-7188-9-6" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02045097v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Miele" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Picard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190560v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Baldeyron" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Richardson" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vincent-Salomon" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0063712" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219550v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Benhamo" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Gravier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Gruel" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0076496" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190661v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.CAN-12-2633" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019859v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Hoebeke" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baba Thiam" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biostatistics/kxq076" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662620v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Toullec" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gerald" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Despouy" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Bourachot" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Cardon" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/emmm.201000073" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659942v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floria Lizarraga" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Poincloux" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marise Romao" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Montagnac" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Le Dez" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.CAN-08-3709" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00663915v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Popova" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Mani&#233;" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Stoppa-Lyonnet" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Barillot" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/gb-2009-10-11-r128" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666624v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Marty" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/bcr2204" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655786v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hup&#233;" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Almeida" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe La Rosa" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Meyniel" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btn048" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00204833v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bollet" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Servant" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Decraene" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Lebigot" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jnci/djm266" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499866v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Mary-Huard" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:066c394ebf4dceb11cdaa881eba848383d4746a8;origin=https://hal.archives-ouvertes.fr/hal-04499866;visit=swh:1:snp:43f36647203d1f8677274275db14efd82f8accc2;anchor=swh:1:rel:353ee95542e0031d50b4180030898a94a43f5a44;path=/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479410v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:5611b0b1a170db175583d4243ec8639e0e846f01;origin=https://hal.archives-ouvertes.fr/hal-04479410;visit=swh:1:snp:e98ee67c94e9d082fcfe9a391e0f933e2a575fe9;anchor=swh:1:rel:a1c2ad44b535c5a6bff2d740d9b0278c3d5a55ba;path=/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500072v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:afc2108cf6953ffa4e3b912b6633ced23e817dc7;origin=https://hal.archives-ouvertes.fr/hal-04500072;visit=swh:1:snp:031d57f01a704f13fb222218fbca370a02148249;anchor=swh:1:rel:90c7a9e908b44d5006c0b0b62309dfea7843e76e;path=/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791370v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shubham Chaturvedi" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132733v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05292880v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327677v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanesa S Garcia de La Torre" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dubiel A Gonzalez" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01413230v2" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00759129v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05292901v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483674v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735621v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lefebvre" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Caromel" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961197v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961195v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483532v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961189v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788245v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739832v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1538-7445.AM2015-41" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744063v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796353v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744132v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608308v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792281v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742012v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-09042-9_18" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587007v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lebarbier" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Robin" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00824075v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Bach" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Vert" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00494813v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00386673v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175499v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Froidevaux" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin-Magniette Marie-Laure" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/integration-de-donnees-biologiques/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04133322v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790995v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440537v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leanne de Koning" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Dubois" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/esmoopen-2018-EACR25.946" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03551784v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Bouchet" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Brunaud" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799453v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601843v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189748v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. M. Tesson" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gentien" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Roman-Roman" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cruzalegui" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/221483.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02955535v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961121v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8882-2_6" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788517v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Malbert" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lurin" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8654-5_19" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197523v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springerlink.com/content/g31p9155855t6l0m" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-7908-2604-3_57" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00943413v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rigaill Guillem" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00943423v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00593939v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010AGPT0066" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05239757v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liudmila Pishchagina" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Romano" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fearnhead" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Runge" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Rigaill" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jrsssb/qkaf046" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04190673v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Liehrmann" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10618600.2024.2402895" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04191319v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toby Dylan Hocking" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatemeh Afghah" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18637/jss.v106.i06" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04190669v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idris Eckley" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48550/arXiv.2110.08205" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04282211v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Delannoy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Launay-Avon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gilbault" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Loudet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nargab/lqad098" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03908269v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Maillot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Szadkowski" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Massire" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Brunaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.980587" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04191295v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bourque" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18637/jss.v101.i10" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03696588v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Sundqvist" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chiquet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00180-022-01230-7" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04191305v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Alvarez-Diaz" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Richard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Thareau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Teano" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Paysant-Le-Roux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes13010064" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03343771v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Guilcher" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Seyman" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blein" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms222011297" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03333772v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12859-021-04221-5" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890477v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanesa Sanchez Garcia de La Torre" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Majorel-Loulergue" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem J. Rigaill" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dubiel A. Gonzalez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Soubigou-Taconnat" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.16775" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961035v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Hulot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Jaffrezic" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12859-020-3453-6" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961069v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961038v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01621459.2021.1909598" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961044v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sta4.291" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624466v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Maire" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faisal Mahmood" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mengliang Ye" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Brisson" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cam4.1923" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625897v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Vinet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samyuktha Suresh" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Monchecourt" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fariba Nemati" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cam4.2114" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625904v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andre Lemay" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davoud Torkamaneh" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Boyle" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian O. Stec" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-019-5998-1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622377v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01621459.2017.1385466" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006331v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ambroise" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alia Dehman" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Neuvial" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Vialaneix" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13015-019-0157-4" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621669v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Celisse" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Marot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Male" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csda.2018.07.002" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624624v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Lloyd" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Blary" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Charif" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Charpentier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Tran" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14836" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620940v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Albert" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Duboscq" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Latreille" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Santoni" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Beukers" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.14057" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606226v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Guillaumot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Lopez Obando" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Baudry" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1705780114" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605143v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Tristan Brandenburg" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Mary" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah J. Hearne" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Corti" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1006666" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597604v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gutierrez" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10618600.2015.1096789" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603953v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Maidstone" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toby Hocking" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11222-016-9636-3" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01338164v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Grandvalet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1471082X16644998" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01595551v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Balzergue" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Blondet" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Rau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bib/bbw092" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01397859v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Dumas" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Taconnat" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelos Barbas" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Catrice" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-016-3133-0" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639667v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Maubant" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Tesson" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0122333" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01137554v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Zaag" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Tamby" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Guichard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakia Tariq" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gku1155" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952896v2" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Pierre-Jean" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bib/bbu026" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639424v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Baldeyron" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Koundrioukoff" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molonc.2015.04.010" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197622v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Cleynen" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=The Minh Luong" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Nuel" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2013.11.029" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01101868v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toby D. Hocking" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Boeva" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gudrun Schleiermacher" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Janoueix-Lerosey" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btu072" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197619v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Koskas" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Robin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1748-7188-9-6" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02045097v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Miele" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Picard" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219550v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vincent-Salomon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Benhamo" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Gravier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Gruel" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0076496" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190560v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Baldeyron" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Richardson" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0063712" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190661v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.CAN-12-2633" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019859v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Hoebeke" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baba Thiam" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biostatistics/kxq076" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662620v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Toullec" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gerald" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Despouy" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Bourachot" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Cardon" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/emmm.201000073" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00663915v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Popova" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Mani&#233;" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Stoppa-Lyonnet" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Barillot" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/gb-2009-10-11-r128" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659942v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floria Lizarraga" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Poincloux" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marise Romao" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Montagnac" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Le Dez" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.CAN-08-3709" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655786v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hup&#233;" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Almeida" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe La Rosa" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Meyniel" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btn048" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00204833v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bollet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Servant" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Decraene" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Lebigot" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jnci/djm266" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666624v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Marty" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/bcr2204" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04499866v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Mary-Huard" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:066c394ebf4dceb11cdaa881eba848383d4746a8;origin=https://hal.archives-ouvertes.fr/hal-04499866;visit=swh:1:snp:43f36647203d1f8677274275db14efd82f8accc2;anchor=swh:1:rel:353ee95542e0031d50b4180030898a94a43f5a44;path=/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479410v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:5611b0b1a170db175583d4243ec8639e0e846f01;origin=https://hal.archives-ouvertes.fr/hal-04479410;visit=swh:1:snp:e98ee67c94e9d082fcfe9a391e0f933e2a575fe9;anchor=swh:1:rel:a1c2ad44b535c5a6bff2d740d9b0278c3d5a55ba;path=/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500072v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:afc2108cf6953ffa4e3b912b6633ced23e817dc7;origin=https://hal.archives-ouvertes.fr/hal-04500072;visit=swh:1:snp:031d57f01a704f13fb222218fbca370a02148249;anchor=swh:1:rel:90c7a9e908b44d5006c0b0b62309dfea7843e76e;path=/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791370v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shubham Chaturvedi" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05292880v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132733v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02327677v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanesa S Garcia de La Torre" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dubiel A Gonzalez" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01413230v2" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00759129v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05292901v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735621v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lefebvre" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Caromel" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961195v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961197v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483674v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02483532v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961189v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788245v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739832v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1538-7445.AM2015-41" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744063v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744132v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608308v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792281v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742012v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-09042-9_18" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02796353v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01587007v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lebarbier" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Robin" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00824075v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Bach" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Vert" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00494813v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00386673v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05175499v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Froidevaux" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin-Magniette Marie-Laure" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/integration-de-donnees-biologiques/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04133322v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790995v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440537v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leanne de Koning" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Dubois" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/esmoopen-2018-EACR25.946" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799453v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Bouchet" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Brunaud" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03551784v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01601843v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189748v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. M. Tesson" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gentien" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Roman-Roman" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cruzalegui" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/221483.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02955535v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961121v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8882-2_6" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788517v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Malbert" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lurin" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8654-5_19" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197523v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springerlink.com/content/g31p9155855t6l0m" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-7908-2604-3_57" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00943413v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rigaill Guillem" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00943423v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00593939v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010AGPT0066" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>