--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -2150,274 +2150,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04558996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature and radiation measurements of an atmospheric pressure CO2 plasma</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">VUV radiation of high temperature CO 2 /Ar plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Mcguire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Tibère-Inglesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mariotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe O Laux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brett A Cruden</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAA Scitech 2020 Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jan 2020, Orlando, FL, United States. pp.1708, </w:t>
+              <w:t xml:space="preserve">, Jan 2020, Orlando, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2514/6.2020-1708⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2514/6.2020-0732⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04558094v1</w:t>
+                <w:t xml:space="preserve">hal-02494081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VUV radiation of high temperature CO 2 /Ar plasmas</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Temperature and radiation measurements of an atmospheric pressure CO2 plasma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin H C Grimaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Mcguire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Tibère-Inglesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe O Laux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Brett A Cruden</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAA Scitech 2020 Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jan 2020, Orlando, France. </w:t>
+              <w:t xml:space="preserve">, Jan 2020, Orlando, FL, United States. pp.1708, </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2514/6.2020-0732⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2514/6.2020-1708⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02494081v1</w:t>
+                <w:t xml:space="preserve">hal-04558094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atomic radiation of a recombining nitrogen plasma</w:t>
               </w:r>
@@ -3012,204 +3012,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01866507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Infrared and ultraviolet measurements of C and CO within a high temperature boundary layer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Radiation of nonequilibrium recombining plasmas flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Tibère-Inglesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Mcguire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe O. Laux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Workshop on Radiation of High Temperature Gases in Atmospheric Entry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2016, Rome, France</w:t>
+              <w:t xml:space="preserve">, Nov 2016, Stuttgart, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01866500v1</w:t>
+                <w:t xml:space="preserve">hal-01866494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiation of nonequilibrium recombining plasmas flows</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Infrared and ultraviolet measurements of C and CO within a high temperature boundary layer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sean Mcguire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe O. Laux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Workshop on Radiation of High Temperature Gases in Atmospheric Entry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2016, Stuttgart, Germany</w:t>
+              <w:t xml:space="preserve">, Nov 2016, Rome, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01866494v1</w:t>
+                <w:t xml:space="preserve">hal-01866500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3777,51 +3777,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379065v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin H C Grimaldi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Mcguire" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe O Laux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ae1058" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222416v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn Jacobs" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bruno Mariotto" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Grimaldi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Tib&#232;re-Inglesse" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.T6768" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563784v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ace5d1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694591v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mariotto" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ac2223" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694587v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ac2221" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494147v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brett A Cruden" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe O. Laux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2020.106855" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494227v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ab2cc4" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866252v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Laux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/aada61" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866237v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Tib&#232;re-Inglesse" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/aa9144" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494211v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/49/48/485502" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483196v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Goutier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Delahaie" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Minesi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2026-1424" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482350v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Q Minesi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean D Mcguire" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2026-1425" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939847v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrine Merhaben" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Mariotto" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2025-2158" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701350v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Dakroub" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Scherman" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Pivard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Dorval" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/LACSEA.2024.LM3F.5" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472405v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-2397" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559004v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-1782" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558996v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2021-0104" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558094v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2020-1708" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494081v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2020-0732" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494217v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2019-2068" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494095v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2019-1775" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866394v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2018-0241" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866402v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866396v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bailet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2018-0498" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866507v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2017-0440" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866500v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866494v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866555v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Yvonne Perrin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472520v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Macdonald" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-2563/aae894ch11" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05023156v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05379065v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin H C Grimaldi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Mcguire" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe O Laux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ae1058" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04222416v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn Jacobs" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bruno Mariotto" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Grimaldi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Tib&#232;re-Inglesse" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.T6768" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563784v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ace5d1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694591v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mariotto" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ac2223" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694587v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ac2221" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494147v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brett A Cruden" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe O. Laux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2020.106855" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494227v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ab2cc4" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866252v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Laux" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/aada61" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866237v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Tib&#232;re-Inglesse" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Laux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/aa9144" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494211v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/49/48/485502" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483196v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Goutier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Delahaie" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Minesi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2026-1424" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482350v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Q Minesi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean D Mcguire" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2026-1425" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939847v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrine Merhaben" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Mariotto" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2025-2158" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701350v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Dakroub" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Scherman" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Pivard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Dorval" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/LACSEA.2024.LM3F.5" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472405v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-2397" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04559004v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-1782" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558996v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2021-0104" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494081v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2020-0732" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558094v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2020-1708" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494217v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2019-2068" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02494095v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2019-1775" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866394v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2018-0241" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866402v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866396v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bailet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2018-0498" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866507v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2017-0440" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866494v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866500v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866555v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Yvonne Perrin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472520v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Macdonald" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-2563/aae894ch11" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05023156v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>