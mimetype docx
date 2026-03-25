--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -428,538 +428,538 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04869499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and Characterization of Piezoresistive Sensors for Non-Planar Surfaces and Pressure Mapping: A Case Study on Kayak Paddle</w:t>
+                <w:t xml:space="preserve">Flexible Dynamic Pressure Sensor for Insole Based on Inverse Viscoelastic Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdo-Rahmane Anas Laaraibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corentin Depontailler</w:t>
+                <w:t xml:space="preserve">Damien Hoareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bideau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Razan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 24 (1), pp.222. </w:t>
+              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23 (7), pp.7634-7643. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/s24010222⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/JSEN.2023.3245822⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04368833v1</w:t>
+                <w:t xml:space="preserve">hal-04055708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flexible Dynamic Pressure Sensor for Insole Based on Inverse Viscoelastic Model</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdo-Rahmane Anas Laaraibi</w:t>
+                <w:t xml:space="preserve">Hardware–software codesign for peer-to-peer energy market resolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman Le Goff Latimier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid Ben Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhafid El Ouardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JSEN.2023.3245822⟩</w:t>
+              <w:t xml:space="preserve">Sustainable Energy, Grids and Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 35, pp.101122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.segan.2023.101122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04055708v1</w:t>
+                <w:t xml:space="preserve">hal-04202817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hardware–software codesign for peer-to-peer energy market resolution</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Energy Not Exchanged: A Metric to Quantify Energy Resilience in Smart Grids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassen Soualah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gurvan Jodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roman Le Goff Latimier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Ben Ahmed</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainable Energy, Grids and Networks</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 35, pp.101122. </w:t>
+              <w:t xml:space="preserve">Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (3), pp.2596. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.segan.2023.101122⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/su15032596⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04202817v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04001646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy Not Exchanged: A Metric to Quantify Energy Resilience in Smart Grids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design and Characterization of Piezoresistive Sensors for Non-Planar Surfaces and Pressure Mapping: A Case Study on Kayak Paddle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdo-Rahmane Anas Laaraibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gurvan Jodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hassen Soualah</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Hamid Ben Ahmed</w:t>
+                <w:t xml:space="preserve">Corentin Depontailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bideau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Razan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainability</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 15 (3), pp.2596. </w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (1), pp.222. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/su15032596⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/s24010222⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04001646v1</w:t>
+                <w:t xml:space="preserve">hal-04368833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Life Cycle Assessment of a 150 kW Electronic Power Inverter</w:t>
               </w:r>
@@ -1088,77 +1088,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An innovative wearable sensing system based on flexible piezoresistive sensors to estimate upper body joint angle using a Nonlinear AutoRegressive exogenous Neural Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdo-Rahmane Anas Laaraibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Depontailler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gurvan Jodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Hoareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bideau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1209,51 +1209,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Available Kinetic Energy Sources on the Human Body during Sports Activities: A Numerical Approach Based on Accelerometers for Cantilevered Piezoelectric Harvesters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Hoareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1339,51 +1339,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthetized inertial measurement units (IMUs) to evaluate the placement of wearable sensors on human body for motion recognition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Hoareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2129,295 +2129,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01793149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of a hybrid morphing wing with active open loop vibrating trailing edge by Time-Resolved PIV and force measures</w:t>
+                <w:t xml:space="preserve">An experimental platform for surface embedded SMAs in morphing applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johannes Scheller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Duhayon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Carsten Döll</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Rouchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael S. Triantafyllou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2017.06.015⟩</w:t>
+              <w:t xml:space="preserve">Solid State Phenomena</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 260, pp.69-76. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/SSP.260.69⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01638290v1</w:t>
+                <w:t xml:space="preserve">hal-04310041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An experimental platform for surface embedded SMAs in morphing applications</w:t>
+                <w:t xml:space="preserve">Dynamics of a hybrid morphing wing with active open loop vibrating trailing edge by Time-Resolved PIV and force measures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Motta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johannes Scheller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Duhayon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michael S. Triantafyllou</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carsten Döll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid State Phenomena</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 260, pp.69-76. </w:t>
+              <w:t xml:space="preserve">Journal of Fluids and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, vol. 74, pp. 263-290. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/SSP.260.69⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jfluidstructs.2017.06.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04310041v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01638290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Combined Smart-Materials Approach for Next-Generation Airfoils</w:t>
               </w:r>
@@ -2563,1060 +2563,1060 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TP37 - Tracking Fish Trajectories through Dynamic Pressure Signals: A Dual-Sensor System for Hydrodynamic Cues Monitoring</w:t>
+                <w:t xml:space="preserve">Comparaison des Impacts Environnementaux des Réseaux de Distribution AC, DC et Mixte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corentin Porcon</w:t>
+                <w:t xml:space="preserve">Lukas Cafran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bastien Lagneaux</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Victor Greco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernardo Taulois Braga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman Le Goff Latimier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gurvan Jodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUROSENSORS XXXVII</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Symposium de génie électrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, cnrs, ups, Jul 2025, Toulouse, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05410069v1</w:t>
+                <w:t xml:space="preserve">hal-05189696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison des Impacts Environnementaux des Réseaux de Distribution AC, DC et Mixte</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparison of Environmental Impacts of AC, DC and Mixed Distribution Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lukas Cafran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Greco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernardo Taulois Braga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman Le Goff Latimier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Roman Le Goff Latimier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de génie électrique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2025 IEEE Kiel PowerTech</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Kiel, Germany. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PowerTech59965.2025.11180643⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05189696v1</w:t>
+                <w:t xml:space="preserve">hal-05325256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">opENS: an Open Source Connected Inverter for Smart Grid Experimental Validations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roman Le Goff Latimier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Ben Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Meyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Hérault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE PES ISGT Europe 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE PES, Oct 2025, Valetta, Malta</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05400372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of Environmental Impacts of AC, DC and Mixed Distribution Networks</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Roman Le Goff Latimier</w:t>
+                <w:t xml:space="preserve">Reference Life Cycle Assessment of Smart Insoles with Piezoresistive Sensors for Motion Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Neveu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Schoch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Bretin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Razan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2025 IEEE Kiel PowerTech</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Kiel, Germany. pp.1-6, </w:t>
+              <w:t xml:space="preserve">CF '25 Companion: 22nd ACM International Conference on Computing Frontiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Cagliari Italy, France. pp.91-94, </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/PowerTech59965.2025.11180643⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/3706594.3727959⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05325256v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05157595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reference Life Cycle Assessment of Smart Insoles with Piezoresistive Sensors for Motion Analysis</w:t>
+                <w:t xml:space="preserve">TP37 - Tracking Fish Trajectories through Dynamic Pressure Signals: A Dual-Sensor System for Hydrodynamic Cues Monitoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachel Neveu</w:t>
+                <w:t xml:space="preserve">Corentin Porcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Schoch</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sara Bretin</w:t>
+                <w:t xml:space="preserve">Bastien Lagneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Jodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Razan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CF '25 Companion: 22nd ACM International Conference on Computing Frontiers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Cagliari Italy, France. pp.91-94, </w:t>
+              <w:t xml:space="preserve">EUROSENSORS XXXVII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Prof. Rafał Walczak, Sep 2025, Wroclaw, France. pp.425-426, </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3706594.3727959⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5162/EUROSENSORS2025/TP37⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05157595v1</w:t>
+                <w:t xml:space="preserve">hal-05410069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental Criteria Optimization of a Power Module</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Lefebvre</w:t>
+                <w:t xml:space="preserve">TP37 - Tracking Fish Trajectories through Dynamic Pressure Signals: A Dual-Sensor System for Hydrodynamic Cues Monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Porcon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Lagneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Jodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Razan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium on Advanced Technologies in Electrical Systems - SATES 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EUROSENSORS XXXVII</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Wroclaw, Poland. pp.425-426, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5162/EUROSENSORS2025/TP37⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05063213v1</w:t>
+                <w:t xml:space="preserve">hal-05410073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TP37 - Tracking Fish Trajectories through Dynamic Pressure Signals: A Dual-Sensor System for Hydrodynamic Cues Monitoring</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
+                <w:t xml:space="preserve">From Realistic and Automated Fish Digital Twin to Data Ethics: Building Reproducible Pipelines and Dataset for Biological AI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Lagneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Porcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Keribin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dixia Fan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Razan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUROSENSORS XXXVII</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">DebConf25</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IRISA, Jul 2025, Brest, France. pp.12</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05410073v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05334738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Realistic and Automated Fish Digital Twin to Data Ethics: Building Reproducible Pipelines and Dataset for Biological AI</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Environmental Criteria Optimization of a Power Module</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Ben Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gurvan Jodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Briac Baudais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Degrenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DebConf25</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IRISA, Jul 2025, Brest, France. pp.12</w:t>
+              <w:t xml:space="preserve">Symposium on Advanced Technologies in Electrical Systems - SATES 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine, Apr 2025, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05334738v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05063213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Life Cycle Assessment of an ultramicroelectrode array sensor for trace metal measurement in water, a cradle-to-gate approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Schoch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Neveu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Bretin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3687,705 +3687,705 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05156413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A low cost, self-powered, plantar pressure distribution sensing insole</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Damien Hoareau</w:t>
+                <w:t xml:space="preserve">Analyse des trajectoires d'équilibre d'un convertisseur pour réseau mixte AC/DC maillé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lukas Cafran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Margueron</w:t>
+                <w:t xml:space="preserve">Jean-François Trégouët</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuefang Lin-Shi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXV EUROSENSORS Conference 2023</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2ème Congrès Annuel de la SAGIP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04368830v1</w:t>
+                <w:t xml:space="preserve">hal-04931616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PELCA : an Open-Source Research Software for Power Electronics Life Cycle Assessment Considering Reliability and Repairability</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">H. Ben Ahmed</w:t>
+                <w:t xml:space="preserve">Developpement d'un systeme de capteurs de pression pour caracteriser des traces hydrodynamiques pour l'optimisation des simulations d'un jumeau numerique dans un environnement maitrise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Porcon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Lagneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Razan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eco-Design Approaches of Power Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ECPE, Nov 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Journées couplées du GDR SEEDS et de la conférence JCGE - Jeunes Chercheurs en Génie Electrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GDR SEEDS, Jun 2024, 44490 Le Croisic, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05176394v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04828329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des trajectoires d'équilibre d'un convertisseur pour réseau mixte AC/DC maillé</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Available Kinetic Energy Sources on the Human Body during Sports Activities: An Optimization Investigation Using Cantilevered Piezoelectric Harvester Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Hoareau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gurvan Jodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdo-Rahmane Anas Laaraibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Prioux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Razan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2ème Congrès Annuel de la SAGIP</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Eurosensors 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Lecce, Italy. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/proceedings2024097016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04931616v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04526962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developpement d'un systeme de capteurs de pression pour caracteriser des traces hydrodynamiques pour l'optimisation des simulations d'un jumeau numerique dans un environnement maitrise</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Florence Razan</w:t>
+                <w:t xml:space="preserve">PELCA : an Open-Source Research Software for Power Electronics Life Cycle Assessment Considering Reliability and Repairability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Briac Baudais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Degrenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Yves Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Ben Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées couplées du GDR SEEDS et de la conférence JCGE - Jeunes Chercheurs en Génie Electrique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GDR SEEDS, Jun 2024, 44490 Le Croisic, France</w:t>
+              <w:t xml:space="preserve">Eco-Design Approaches of Power Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ECPE, Nov 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04828329v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05176394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Available Kinetic Energy Sources on the Human Body during Sports Activities: An Optimization Investigation Using Cantilevered Piezoelectric Harvester Model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">A low cost, self-powered, plantar pressure distribution sensing insole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdo-Rahmane Anas Laaraibi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gurvan Jodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Costanza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Hoareau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Margueron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eurosensors 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Lecce, Italy. </w:t>
+              <w:t xml:space="preserve">XXXV EUROSENSORS Conference 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Leece, Italy. pp.29, </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/proceedings2024097016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/proceedings2024097029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04526962v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04368830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélioration de la méthode &amp;quot; Hydrodynamic Analysis for Automatic Creation of High-fidelity Analogous Models with AI &amp;quot; (HAACHAMA) pour son application sur des données réelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Lagneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Porcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Keribin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dixia Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4440,64 +4440,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement d'un système de capteurs de pression pour caractériser des traces hydrodynamiques pour l'optimisation des simulations d'un jumeau numérique dans un environnement maitrisé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Porcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Lagneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Razan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4686,51 +4686,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Automatic Highly Dynamical Digital Twin Design with YOLOv8 for hydrodynamic studies on living animals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastien Lagneaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4738,51 +4738,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dixia Fan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">James Herbert-Read</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corentin Porcon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2024 International Conference on Artificial Intelligence, Computer, Data Sciences and Applications (ACDSA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2024, Victoria, Seychelles. </w:t>
@@ -5369,51 +5369,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Herault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roman Le Goff Latimier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hlioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5855,398 +5855,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03942775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of magnetic shape memory alloys dedicated to a high frequency vibrating trailing edge morphing wing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electroactive morphing vibrating trailing edge of a cambered wing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gurvan Jodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Rouchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael S. Triantafyllou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mateus Carvalho</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sébastien Cazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Elyakime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IUTAM Symposium on Critical flow dynamics involving moving/deformable structures with design applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Santorini, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03942742v1</w:t>
+                <w:t xml:space="preserve">hal-03942777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electroactive morphing on a supercritical wing targeting improved aerodynamic performance and flow control in high Reynolds numbers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nikolaos Simiriotis</w:t>
+                <w:t xml:space="preserve">Modeling of magnetic shape memory alloys dedicated to a high frequency vibrating trailing edge morphing wing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mateus Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Rouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianna Braza</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">53rd 3AF International Conference on Applied Aerodynamics (AERO 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Salon-de-Provence, France</w:t>
+              <w:t xml:space="preserve">IUTAM Symposium on Critical flow dynamics involving moving/deformable structures with design applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Santorini, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03942778v1</w:t>
+                <w:t xml:space="preserve">hal-03942742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electroactive morphing vibrating trailing edge of a cambered wing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electroactive morphing on a supercritical wing targeting improved aerodynamic performance and flow control in high Reynolds numbers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolaos Simiriotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderahmane Marouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Rouchon</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">P. Elyakime</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IUTAM Symposium on Critical flow dynamics involving moving/deformable structures with design applications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Santorini, Greece</w:t>
+              <w:t xml:space="preserve">53rd 3AF International Conference on Applied Aerodynamics (AERO 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Salon-de-Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03942777v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03942778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluid-Structure Interaction and Control around Vibrating and Morphing Configurations at High Reynolds Number</w:t>
               </w:r>
@@ -7206,51 +7206,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03942734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Models for dimensioning hybrid morphing airfoil actuating system</w:t>
+                <w:t xml:space="preserve">Dimensionnement d'une maquette pour l'investigation du morphing électroactif hybride en soufflerie subsonique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johannes Scheller</w:t>
@@ -7285,122 +7285,122 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Rouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">More Electric Aircraft (MEA 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2015, Toulouse, France</w:t>
+              <w:t xml:space="preserve">22e Congrès Français de Mécanique (CFM 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Lyon, France. pp.1-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03942688v1</w:t>
+                <w:t xml:space="preserve">hal-01347708v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Écoulement en bord de fuite d'un profil NACA 4412 morphé par un actionnement hybride</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Time-resolved PIV measurements of a hybrid morphing NACA4412 airfoil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johannes Scheller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karl-Joseph Rizzo</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Johannes Scheller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -7410,97 +7410,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Rouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
+              <w:t xml:space="preserve">International Forum on Aeroelasticity and Structural Dynamics (IFASD 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Saint-Petersburg, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03446071v1</w:t>
+                <w:t xml:space="preserve">hal-03942695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimensionnement d'une maquette pour l'investigation du morphing électroactif hybride en soufflerie subsonique</w:t>
+                <w:t xml:space="preserve">Models for dimensioning hybrid morphing airfoil actuating system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johannes Scheller</w:t>
@@ -7535,122 +7535,122 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Rouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22e Congrès Français de Mécanique (CFM 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Lyon, France. pp.1-13</w:t>
+              <w:t xml:space="preserve">More Electric Aircraft (MEA 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2015, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01347708v2</w:t>
+                <w:t xml:space="preserve">hal-03942688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-resolved PIV measurements of a hybrid morphing NACA4412 airfoil</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Écoulement en bord de fuite d'un profil NACA 4412 morphé par un actionnement hybride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karl-Joseph Rizzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johannes Scheller</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Karl-Joseph Rizzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -7660,73 +7660,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Rouchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Forum on Aeroelasticity and Structural Dynamics (IFASD 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Saint-Petersburg, Russia</w:t>
+              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03942695v1</w:t>
+                <w:t xml:space="preserve">hal-03446071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A hybrid morphing NACA4412 airfoil concept</w:t>
               </w:r>
@@ -7885,51 +7885,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karl-Joseph Rizzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Cazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moïse Marchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8154,51 +8154,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Lesaulnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gurvan Jodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roman Le Goff Latimier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Degrenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8502,77 +8502,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reduced Scale Prototype Morphing Achievements in Subsonic and Transonic Regimes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Jodin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mateus Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Raibaudo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carsten Döll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Mouyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8816,51 +8816,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7E0AAF8E"/>
+    <w:nsid w:val="CE3919CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9047,51 +9047,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gurvan-jodin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0178-9376" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/220429987" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984648v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Costanza" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdo-Rahmane Anas Laaraibi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Pagano" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurvan Jodin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Razan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.iot.2024.101483" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869499v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Ben Ahmed" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Cr&#233;bier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su162411082" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368833v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Depontailler" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bideau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24010222" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055708v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hoareau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2023.3245822" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202817v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Thomas" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Le Goff Latimier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhafid El Ouardi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.segan.2023.101122" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001646v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Soualah" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su15032596" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051650v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Briac Baudais" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ben Ahmed" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Degrenne" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lefebvre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16052192" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227596v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jsen.2023.3319559" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050412v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Prioux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16062695" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629738v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Chantal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bretin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/tje2.12137" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04790742v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Calisch" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Gershenfeld" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dixia Fan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Triantafyllou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2019.01.004" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277838v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaos Simiriotis" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderahmane Marouf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Elyakime" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Hoarau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2019.06.016" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451114v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Fan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jodin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Consi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bonfiglio" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ma" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scirobotics.aay5063" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917369v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Bmegaptche Tekap" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Saucray" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Rouchon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael S. Triantafyllou" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/aae2ef" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793149v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Scheller" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Duhayon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Braza" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/SSP.260.85" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01638290v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Motta" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten D&#246;ll" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2017.06.015" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310041v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/SSP.260.69" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347816v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl-Joseph Rizzo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/SSP.251.106" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410069v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Porcon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Lagneaux" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5162/EUROSENSORS2025/TP37" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05189696v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Cafran" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Greco" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardo Taulois Braga" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400372v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Meyer" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume H&#233;rault" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325256v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerTech59965.2025.11180643" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05157595v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Neveu" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Schoch" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3706594.3727959" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063213v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410073v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lagneaux" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Razan" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05334738v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Keribin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156413v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Geneste" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3706594.3727960" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368830v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Margueron" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings2024097029" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176394v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Pichon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931616v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Tr&#233;gou&#235;t" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Simon" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Gauthier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuefang Lin-Shi" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828329v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526962v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings2024097016" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700412v2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700428v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Maria Hamilton" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607579v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527017v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Herbert-Read" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/acdsa59508.2024.10467329" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189193v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289932v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiashun Guan" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penanklihi Kone" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangyi Tang" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/OCEANS44145.2021.9705744" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556822v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haishuo Chen" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sparsh Agarwal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiarui Yang" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/OCEANS44145.2021.9706095" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099402v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang Li" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Yu" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huimei Xie" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EDUCON45650.2020.9125317" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099423v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Herault" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Hlioui" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Rostaing" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316434v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Giraud" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nadal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2019-2908" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106600v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Diakakis" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Tzabiras" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2019-2911" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942775v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste T&#244;" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Harran" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942742v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateus Carvalho" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942778v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942777v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cazin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049015v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aalilija" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marouf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Hoarau" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-7542-1_30" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942776v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657546v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942739v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanilla Temtching Temou" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Szubert" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942735v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942736v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942733v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Joseph Rizzo" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-27386-0_3" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942734v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942688v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446071v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347708v2" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942695v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942694v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2015.7125385" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942732v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mo&#239;se Marchal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942696v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399126v2" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lesaulnier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494340v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-d3087" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494358v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-d3088" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624646v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Raibaudo" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mouyon" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-22580-2_2" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04228420v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017INPT0093" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/gurvan-jodin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0178-9376" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/220429987" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984648v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Costanza" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdo-Rahmane Anas Laaraibi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Pagano" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gurvan Jodin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Razan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.iot.2024.101483" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869499v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Ben Ahmed" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Cr&#233;bier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su162411082" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04055708v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hoareau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bideau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2023.3245822" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202817v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Thomas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roman Le Goff Latimier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhafid El Ouardi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.segan.2023.101122" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001646v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassen Soualah" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su15032596" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368833v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Depontailler" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24010222" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051650v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Briac Baudais" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ben Ahmed" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Degrenne" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lefebvre" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16052192" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04227596v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jsen.2023.3319559" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050412v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Prioux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en16062695" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03629738v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Chantal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bretin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/tje2.12137" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04790742v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Calisch" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Gershenfeld" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dixia Fan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Triantafyllou" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2019.01.004" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02277838v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaos Simiriotis" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderahmane Marouf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Elyakime" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Hoarau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2019.06.016" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04451114v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Fan" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jodin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Consi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Bonfiglio" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ma" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scirobotics.aay5063" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01917369v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Bmegaptche Tekap" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Saucray" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Rouchon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael S. Triantafyllou" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/aae2ef" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793149v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Scheller" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Duhayon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Braza" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/SSP.260.85" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04310041v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/SSP.260.69" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01638290v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Motta" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carsten D&#246;ll" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfluidstructs.2017.06.015" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347816v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl-Joseph Rizzo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/SSP.251.106" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05189696v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Cafran" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Greco" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernardo Taulois Braga" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05325256v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerTech59965.2025.11180643" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05400372v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Meyer" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume H&#233;rault" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-05157595v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Neveu" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Schoch" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3706594.3727959" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410069v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Porcon" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Lagneaux" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5162/EUROSENSORS2025/TP37" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410073v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lagneaux" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Razan" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05334738v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Keribin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063213v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156413v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Geneste" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3706594.3727960" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04931616v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Tr&#233;gou&#235;t" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Simon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Gauthier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuefang Lin-Shi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828329v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526962v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings2024097016" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05176394v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Pichon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04368830v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Margueron" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/proceedings2024097029" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700412v2" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700428v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Maria Hamilton" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607579v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04527017v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Herbert-Read" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/acdsa59508.2024.10467329" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04189193v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289932v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiashun Guan" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penanklihi Kone" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiangyi Tang" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/OCEANS44145.2021.9705744" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556822v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haishuo Chen" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sparsh Agarwal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiarui Yang" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/OCEANS44145.2021.9706095" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099402v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang Li" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Yu" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huimei Xie" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EDUCON45650.2020.9125317" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03099423v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Herault" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Hlioui" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Rostaing" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02316434v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Giraud" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Nadal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2019-2908" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106600v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Diakakis" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georgios Tzabiras" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2019-2911" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942775v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste T&#244;" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Harran" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942777v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Cazin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942742v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mateus Carvalho" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942778v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04049015v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aalilija" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marouf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Hoarau" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-7542-1_30" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942776v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657546v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942739v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanilla Temtching Temou" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Szubert" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942735v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942736v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942733v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Joseph Rizzo" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-27386-0_3" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942734v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347708v2" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942695v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942688v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03446071v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942694v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIT.2015.7125385" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942732v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mo&#239;se Marchal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942696v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05399126v2" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lesaulnier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494340v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-d3087" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494358v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v1-d3088" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624646v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Raibaudo" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mouyon" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-22580-2_2" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04228420v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2017INPT0093" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>