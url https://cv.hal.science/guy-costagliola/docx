--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -364,364 +364,364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05478133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How Environmental Fluctuations Affect Volatile Emissions from Basil and French Marigold and their Consequences on the Fecundity of the Green Peach Aphid on Pepper Plants</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification of five volatile organic compounds that trigger hygienic and recapping behaviours in the honey bee (Apis mellifera)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Gomez</w:t>
+                <w:t xml:space="preserve">Amélie Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlène Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilien Rottier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Beslay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Costagliola</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Louna Rizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Ecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10886-025-01667-2⟩</w:t>
+              <w:t xml:space="preserve">International Journal for Parasitology: Parasites and Wildlife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijpara.2025.01.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05420703v1</w:t>
+                <w:t xml:space="preserve">hal-04999405v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of five volatile organic compounds that trigger hygienic and recapping behaviours in the honey bee (Apis mellifera)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Charlène Dumas</w:t>
+                <w:t xml:space="preserve">How Environmental Fluctuations Affect Volatile Emissions from Basil and French Marigold and their Consequences on the Fecundity of the Green Peach Aphid on Pepper Plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilien Rottier</w:t>
+                <w:t xml:space="preserve">Laurent Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Costagliola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Beslay</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guy Costagliola</w:t>
+                <w:t xml:space="preserve">Louise Jeandroz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louna Rizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Parasitology: Parasites and Wildlife</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Journal of Chemical Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 51 (6), pp.117. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijpara.2025.01.009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10886-025-01667-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04999405v2</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05420703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detailed chemical analysis of honey bee (Apis mellifera) worker brood volatile profile from egg to emergence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilien Rottier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Beslay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Costagliola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -845,51 +845,51 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Dieudonné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NOV'AE</w:t>
+              <w:t xml:space="preserve">NOV'AE - Numéros spéciaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 07, pp.1-11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.17180/novae-2022-NO-art07⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
@@ -1053,51 +1053,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non‐host volatiles disturb the feeding behavior and reduce the fecundity of the green peach aphid, Myzus persicae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Dardouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Ameline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1213,51 +1213,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solene Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Barthes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Beslay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celia Bordier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1302,460 +1302,460 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03121517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repellence of Myzus persicae (Sulzer): evidence of two modes of action of volatiles from selected living aromatic plants.</w:t>
+                <w:t xml:space="preserve">Behavioural response of green peach aphid Myzus persicae (Sulzer) to volatiles from different rosemary (Rosmarinus officinalis L.) clones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tarek Dardouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Schoeny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Costagliola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gautier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Gomez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pest Management Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ps.5271⟩</w:t>
+              <w:t xml:space="preserve">Agricultural and Forest Entomology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 21 (3), pp.336-345. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/afe.12336⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02620581v1</w:t>
+                <w:t xml:space="preserve">hal-02267846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lyophilized tomato plant material: Validation of a reliable extraction method for the analysis of vitamin C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Serino</w:t>
+                <w:t xml:space="preserve">Repellence of Myzus persicae (Sulzer): evidence of two modes of action of volatiles from selected living aromatic plants.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tarek Dardouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Refka Ben Issa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Costagliola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gomez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Food Composition and Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jfca.2019.05.001⟩</w:t>
+              <w:t xml:space="preserve">Pest Management Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 75 (6), pp.1571 - 1584. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ps.5271⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02620717v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02620581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behavioural response of green peach aphid Myzus persicae (Sulzer) to volatiles from different rosemary (Rosmarinus officinalis L.) clones</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Lyophilized tomato plant material: Validation of a reliable extraction method for the analysis of vitamin C</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Serino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Costagliola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gomez</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hélène Gautier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agricultural and Forest Entomology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 21 (3), pp.336-345. </w:t>
+              <w:t xml:space="preserve">Journal of Food Composition and Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 81, pp.37 - 45. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/afe.12336⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jfca.2019.05.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02267846v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02620717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Which companion plants affect the performance of green peach aphid on host plants? Testing of 12 candidate plants under laboratory conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Refka Ben Issa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Costagliola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gomez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Entomologia Experimentalis et Applicata</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 160 (2), pp.164-178. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1840,51 +1840,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alban Maisonnasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Crauser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Beslay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Costagliola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1986,51 +1986,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Costagliola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Beslay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Choteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2081,64 +2081,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HPLC assay of tomato carotenoids: validation of a rapid microextraction technique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Serino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Costagliola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2774,294 +2774,294 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02681082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cuticular hydrocarbon profiles and aggregation in four Periplaneta species (Insecta : Dictyoptera)</w:t>
+                <w:t xml:space="preserve">Cuticular hydrocarbon profiles and aggregation in four Periplaneta species (Insecta: Dictyoptera)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imen Said</w:t>
+                <w:t xml:space="preserve">Imene Said</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Costagliola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Leoncini</w:t>
+                <w:t xml:space="preserve">I. Leoncini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colette Rivault</w:t>
+                <w:t xml:space="preserve">C. Rivault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Insect Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 51 (9), pp.995--1003. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2005, 51, pp.995-1003</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01320065v1</w:t>
+                <w:t xml:space="preserve">hal-02681042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cuticular hydrocarbon profiles and aggregation in four Periplaneta species (Insecta: Dictyoptera)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cuticular hydrocarbon profiles and aggregation in four Periplaneta species (Insecta : Dictyoptera)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imen Said</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Costagliola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Leoncini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imene Said</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">C. Rivault</w:t>
+                <w:t xml:space="preserve">Colette Rivault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Insect Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 51, pp.995-1003</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2005, 51 (9), pp.995--1003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jinsphys.2005.04.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02681042v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01320065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulation of behavioral maturation by a primer pheromone produced by adult worker honey bees</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Leoncini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Conte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3446,51 +3446,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.C. Lenoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Costagliola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Beslay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Crauser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3657,51 +3657,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation de l'effet inhibiteur des butineuses sur le développement comportemental des jeunes ouvrières d'une colonie d'abeilles, Apis mellifera L.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Leoncini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Costagliola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4087,51 +4087,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05328406v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Borg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Costagliola" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Castella" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vercambre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gautier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2025.107434" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05478133v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louna Rizzi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;jules Berrou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenia Quinzoni" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Mardoc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud da Rocha" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ps.70452" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05420703v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gomez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Jeandroz" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10886-025-01667-2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04999405v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie No&#235;l" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Dumas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Rottier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Beslay" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2025.01.009" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04066604v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0282120" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04622181v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gorit" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Dieudonn&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/novae-2022-NO-art07" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799746v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Dardouri" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Staudt" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eea.13194" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03015172v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ameline" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Schoeny" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ps.6190" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03121517v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Mondet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Blanchard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barthes" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Bordier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41589-020-00720-3" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620581v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Refka Ben Issa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ps.5271" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620717v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Serino" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfca.2019.05.001" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267846v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/afe.12336" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362490v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eea.12473" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HVBSDNR5-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652487v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Dussaubat" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Maisonnasse" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Crauser" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2013.01.002" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6DHZ58CF-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00892031v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Lenoir" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Choteau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/apido/2009024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663707v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf902113n" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653968v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Conte" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669218v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Faivre d'Arcier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cerrutti" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Tchamitchian" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Brunet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654850v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Capowiez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bastardie" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662897v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc B&#233;card" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard de Vaublanc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Maataoui" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-006-0089-y" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F40B97B83F5A9C6D5C8DB842BB27C761DF86F17A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681082v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rault" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mazzia" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320065v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Said" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Leoncini" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Rivault" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinsphys.2005.04.017" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3RHTH728-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681042v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imene Said" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Leoncini" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rivault" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683554v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Plettner" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Toth" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03267785v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Quilot-Turion" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Corre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Heurtevin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Signoret" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799822v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Truffault" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Stevens" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755737v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Lenoir" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823673v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. de Vaublanc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760705v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. B&#233;card" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.E. Robinson" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823973v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05328406v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Borg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Costagliola" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Castella" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Vercambre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Gautier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cropro.2025.107434" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05478133v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louna Rizzi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre&#8208;jules Berrou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenia Quinzoni" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabin Mardoc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud da Rocha" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ps.70452" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04999405v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie No&#235;l" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Dumas" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilien Rottier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Beslay" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2025.01.009" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05420703v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gomez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Jeandroz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10886-025-01667-2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04066604v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0282120" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04622181v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gorit" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Dieudonn&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/novae-2022-NO-art07" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799746v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Dardouri" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Staudt" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eea.13194" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03015172v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ameline" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Schoeny" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ps.6190" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03121517v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Mondet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Blanchard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barthes" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Bordier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41589-020-00720-3" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267846v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/afe.12336" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620581v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Refka Ben Issa" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ps.5271" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620717v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Serino" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfca.2019.05.001" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01362490v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eea.12473" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HVBSDNR5-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652487v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Dussaubat" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Maisonnasse" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Crauser" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jip.2013.01.002" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6DHZ58CF-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00892031v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Lenoir" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Choteau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/apido/2009024" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663707v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf902113n" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653968v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Conte" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669218v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Faivre d'Arcier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cerrutti" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Tchamitchian" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Brunet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02654850v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Capowiez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bastardie" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662897v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc B&#233;card" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard de Vaublanc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Maataoui" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-006-0089-y" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/F40B97B83F5A9C6D5C8DB842BB27C761DF86F17A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681082v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rault" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mazzia" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681042v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imene Said" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Leoncini" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rivault" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320065v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Said" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Leoncini" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Rivault" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jinsphys.2005.04.017" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3RHTH728-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683554v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Plettner" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Toth" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03267785v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Quilot-Turion" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Corre" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Heurtevin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Signoret" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799822v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Truffault" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Stevens" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755737v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Lenoir" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823673v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. de Vaublanc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760705v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. B&#233;card" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.E. Robinson" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823973v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>