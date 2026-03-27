--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1399,51 +1399,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01627787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High electromechanical performance with spark plasma sintering of undoped K0.5Na0.5NbO3 ceramics</w:t>
+                <w:t xml:space="preserve">Electromechanical Properties and Microstructure of Undoped K&amp;lt;sub&amp;gt;0.5&amp;lt;/sub&amp;gt;Na&amp;lt;sub&amp;gt;0.5&amp;lt;/sub&amp;gt;NbO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; Ceramics and KNbO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;-NaNbO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; Crystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micka Bah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Giovannelli</w:t>
@@ -1457,127 +1457,127 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Schoenstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Le Clezio</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Le Clézio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ceramics International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ceramint.2013.12.097⟩</w:t>
+              <w:t xml:space="preserve">Advances in Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 90, pp.25 - 32. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AST.90.25⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01627776v1</w:t>
+                <w:t xml:space="preserve">hal-01839014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electromechanical Properties and Microstructure of Undoped K&amp;lt;sub&amp;gt;0.5&amp;lt;/sub&amp;gt;Na&amp;lt;sub&amp;gt;0.5&amp;lt;/sub&amp;gt;NbO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; Ceramics and KNbO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt;-NaNbO&amp;lt;sub&amp;gt;3&amp;lt;/sub&amp;gt; Crystals</w:t>
+                <w:t xml:space="preserve">High electromechanical performance with spark plasma sintering of undoped K0.5Na0.5NbO3 ceramics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Micka Bah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Giovannelli</w:t>
@@ -1591,673 +1591,685 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Schoenstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Le Clézio</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Le Clezio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 90, pp.25 - 32. </w:t>
+              <w:t xml:space="preserve">Ceramics International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 40 (5), pp.7473 - 7480. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AST.90.25⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ceramint.2013.12.097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01839014v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01627776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrical admittance of piezoelectric parallelepipeds: application to tensorial characterization of piezoceramics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oumar Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Le Clezio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Delaunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bavencoffe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIP Advances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 4 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.4863090⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01627806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling of hysteretic behaviour of piezoceramic materials under external electrical and mechanical stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Domenjoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Lematre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis-Pascal Tran Huu Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Applied Ceramics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 112 (2), pp.103-107. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1179/1743676112Y.0000000020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01235794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Effect of Nanocomposite Polymeric Layer on the Radiation of Antisymmetric Zero-Order Lamb Wave in a Piezoelectric Plate Contacting with Liquid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. E. Kuznetsova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. D. Zaitsev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. A. Borodina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. M. Shikhabudinov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. A. Teplykh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 113 (22), pp.224507. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.4810905⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01823125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasonic self-calibrated method applied to monitoring of sol–gel transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Vander Meulen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Wilkie-Chancellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Haumesser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ultrasonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 52 (5), pp.622 - 627. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ultras.2011.12.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01672150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrical Excitation and Mechanical Vibration of a Piezoelectric Cube</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oumar Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Le Clezio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lethiecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2272,1320 +2284,1320 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Microelectronics, Electronic Components and Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 42 (3), pp.5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01823126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acoustic wave transmission through piezoelectric structured materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Le Clezio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Amorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Alguero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Holc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ultrasonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 49, pp.424-431. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ultras.2008.11.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00469003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electromagnetic Surface Wave Attenuation Caused by Acoustic Wave Radiation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Electromechanical Properties of Piezoelectric Integrated Structures on Porous Substrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Clezio</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pierre Marechal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Levassort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janez Holc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danjela Kuscer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Kosec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electromagnetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/02726340801921551⟩</w:t>
+              <w:t xml:space="preserve">Ferroelectrics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 371 (1), pp.89 - 97. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/00150190802396850⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01804666v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03840978v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Full tensorial characterization of PZN-12%PT single crystal by resonant ultrasound spectroscopy</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
+                <w:t xml:space="preserve">Electromagnetic Surface Wave Attenuation Caused by Acoustic Wave Radiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Darinskii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Clezio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TUFFC.2008.665⟩</w:t>
+              <w:t xml:space="preserve">Electromagnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 28 (3), pp.175 - 185. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02726340801921551⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01804669v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01804666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The state-vector formalism and the Peano-series solution for modelling guided waves in functionally graded anisotropic piezoelectric plates</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A.L. Shuvalov</w:t>
+                <w:t xml:space="preserve">Full tensorial characterization of PZN-12%PT single crystal by resonant ultrasound spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Delaunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Le Clézio</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Emmanuel Clezio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Lematre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Feuillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Guennou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Engineering Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijengsci.2008.03.007⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 55 (2), pp.476 - 488. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TUFFC.2008.665⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01804680v1</w:t>
+                <w:t xml:space="preserve">hal-01804669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The role of electromagnetic waves in the reflection of acoustic waves in piezoelectric crystals</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+                <w:t xml:space="preserve">The state-vector formalism and the Peano-series solution for modelling guided waves in functionally graded anisotropic piezoelectric plates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.L. Shuvalov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Le Clézio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Feuillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wave Motion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.wavemoti.2007.08.001⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Engineering Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 46 (9), pp.929 - 947. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijengsci.2008.03.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01804686v1</w:t>
+                <w:t xml:space="preserve">hal-01804680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic wave degeneracies in two-dimensional phononic crystals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId115" w:history="1">
+                <w:t xml:space="preserve">The role of electromagnetic waves in the reflection of acoustic waves in piezoelectric crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.N. Darinskii</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Le Clézio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Feuillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wave Motion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 45 (7-8), pp.970 - 980. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.wavemoti.2008.06.003⟩</w:t>
+              <w:t xml:space="preserve">, 2008, 45 (4), pp.428 - 444. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.wavemoti.2007.08.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01804682v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01804686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electromechanical Properties of Piezoelectric Integrated Structures on Porous Substrates</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Acoustic wave degeneracies in two-dimensional phononic crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Levassort</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A.N. Darinskii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Le Clézio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Feuillard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ferroelectrics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 371 (1), pp.89 - 97. </w:t>
+              <w:t xml:space="preserve">Wave Motion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 45 (7-8), pp.970 - 980. </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/00150190802396850⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.wavemoti.2008.06.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03840978v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01804682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New tools for electromechanical characterisation of piezoceramics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Coupled elasto-electromagnetic waves in bounded piezoelectric structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Darinskii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Le Clezio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Feuillard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Electroceramics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10832-007-9177-4⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 92, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/92/1/012101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01804614v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01804616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moisture content characterization in composite materials based on ultrasonic transmission measurements</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">E. Le Clézio</w:t>
+                <w:t xml:space="preserve">New tools for electromechanical characterisation of piezoceramics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Feuillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Le Clezio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Levassort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Vander Meulen</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pascal Tran Huu Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Delaunay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 101 (11), </w:t>
+              <w:t xml:space="preserve">Journal of Electroceramics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 19 (4), pp.419 - 426. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.2736344⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10832-007-9177-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01804613v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01804614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frequency degeneracy of acoustic waves in two-dimensional phononic crystals</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Moisture content characterization in composite materials based on ultrasonic transmission measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E Le Clezio</w:t>
+                <w:t xml:space="preserve">J. Fortineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Le Clézio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Vander Meulen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Feuillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/92/1/012117⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 101 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.2736344⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01804617v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01804613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calculation of dissipation resistances in a single-element transducer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Loyau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3603,2551 +3615,2551 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lethiecq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 54 (11), pp.2385-2393. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TUFFC.2007.543⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04057064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acoustic waves in the vicinity of the normal to the surface of piezoelectric crystals</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Guy Feuillard</w:t>
+                <w:t xml:space="preserve">Frequency degeneracy of acoustic waves in two-dimensional phononic crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Darinskii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Le Clezio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Feuillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 92, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1742-6596/92/1/012117⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TUFFC.2007.284⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01804612v1</w:t>
+                <w:t xml:space="preserve">hal-01804617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupled elasto-electromagnetic waves in bounded piezoelectric structures</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">G. Feuillard</w:t>
+                <w:t xml:space="preserve">Acoustic waves in the vicinity of the normal to the surface of piezoelectric crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Darinskii</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Clezio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Conference Series</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 54 (3), pp.612 - 620. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TUFFC.2007.284⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/1742-6596/92/1/012101⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01804616v1</w:t>
+                <w:t xml:space="preserve">hal-01804612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of the influence of a prestress gradient on guided wave propagation in piezoelectric structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mickael Lematre</w:t>
+                <w:t xml:space="preserve">Modeling of ultrasonic wave propagation in integrated piezoelectric structures under residual stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Lematre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Le Clézio</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Delaunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lethiecq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 53 (4), pp.685-696. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TUFFC.2006.1621495⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1121/1.2336989⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01804611v1</w:t>
+                <w:t xml:space="preserve">hal-05052800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relations between single-domain and multidomain piezoelastic properties in single crystals</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
+                <w:t xml:space="preserve">Modeling of the influence of a prestress gradient on guided wave propagation in piezoelectric structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Lematre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Le Clézio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lethiecq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TUFFC.2006.137⟩</w:t>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 120 (4), pp.1964 - 1975. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/1.2336989⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01804610v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01804611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the moisture content in phenolic resin via acoustic measurements</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Relations between single-domain and multidomain piezoelastic properties in single crystals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Delaunay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Clezio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Lematre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Feuillard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 100 (7), pp.074911. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 53 (11), pp.1974 - 1981. </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.2356787⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TUFFC.2006.137⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00243826v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01804610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of ultrasonic wave propagation in integrated piezoelectric structures under residual stress</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guy Feuillard</w:t>
+                <w:t xml:space="preserve">Evaluation of the moisture content in phenolic resin via acoustic measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Fortineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Vander Meulen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Delaunay</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">L. Haumesser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Feuillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Barre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TUFFC.2006.1621495⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 100 (7), pp.074911. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.2356787⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05052800v1</w:t>
+                <w:t xml:space="preserve">hal-00243826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frequency dependance of electromechanical properties of PZN-xPT single crystals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Delaunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Clezio E</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thi Mp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lethiecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Feuillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Physique IV Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 128, pp.161-167. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/jp4:2005128025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00114874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical and experimental study of the influence of the particle size distribution on acoustic wave properties of strongly inhomogeneous media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Vander Meulen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bou Matar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Levassort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lethiecq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 110 (5), pp.2301-2307. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1121/1.1404435⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04016094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of the coupling between shear horizontal plate waves and liquids: Application to the measurement of the shear rigidity modulus of glycerol solutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Teston</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Tran Hu Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lethiecq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 87 (2), pp.689-694. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.371927⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04016083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The multi-layered effective permittivity function applied to the mass loading and viscous coupling in shear horizontal-acoustic plate modes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Teston</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Roncin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 59 (2-3), pp.171-176. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0925-4005(99)00215-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04016077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Propagation of Lamb waves in 1–3 piezocomposites and their application to liquid sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Teston</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Certon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Levassort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lethiecq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ferroelectrics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 224 (1), pp.13-20. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/00150199908210545⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04016073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterisation of P(VDF-TrFE) material taking into account dielectric relaxation: application to modelling of high frequency transducers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Levassort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.P.Tran Huu Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lethiecq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ultrasonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 36 (1-5), pp.41-45. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0041-624X(97)00081-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04016065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mass sensitivity of acoustic plate mode in liquids</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Teston</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lethiecq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Ultrasonics, Ferroelectrics and Frequency Control</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 45 (5), pp.1266-1272. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/58.726453⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04016505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Practical Systems for the Generation of High Power Continuous Wave-Non Focused Ultrasound in the MHZ Range Using Commercial Piezoceramics</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marc Lethiecq</w:t>
+                <w:t xml:space="preserve">Lateral resonances in 1–3 piezoelectric periodic composite: Modeling and experimental results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Certon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Patat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Levassort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Patat</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brynjar Karlsson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta acoustica</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 101 (4), pp.2043-2051. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1121/1.418136⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04016062v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04016050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lateral resonances in 1–3 piezoelectric periodic composite: Modeling and experimental results</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Practical Systems for the Generation of High Power Continuous Wave-Non Focused Ultrasound in the MHZ Range Using Commercial Piezoceramics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis-Pascal Tran-Huu-Hue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Lethiecq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Feuillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dominique Certon</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Frédéric Patat</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Brynjar Karlsson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Acta acoustica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 83, pp.1103-1106</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04016050v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04016062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transducteurs ultrasonores miniatures haute fréquence : application à l'imagerie des structures superficielles de la peau et de l'oeil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Berson M.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diridolou S</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lethiecq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovation et Technologie en Biologie et Medecine, ITBM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 16 (4), pp.417-427</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04009535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of mechanical and dielectric losses contribution to the surface‐acoustic‐wave attenuation in piezoelectric ceramics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Tran-Huu-Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Tessier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Millar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lethiecq</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 77 (7), pp.3061-3066. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.358657⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04009426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imagerie ultrasonore haute résolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Berson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Feuillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Diridollou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Letiecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Pourcelot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Physique IV Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1994, 04 (C5), pp.C5-1285-C5-1288. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/jp4:19945285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">jpa-00252997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High resolution B-Scan imaging of the skin using a 50 MHz P(VDF-TrFE) Transducer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Berson M.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lethiecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Patat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European journal of ultrasounds</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1994, 1, pp.183-189</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04009474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental determination of the surface acoustic wave properties of new fine grain piezoelectric ceramics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lethiecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Amazit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Certon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Millar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1993, 74 (11), pp.6523-6529. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.355339⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04009444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6157,216 +6169,216 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Principles and applications of ultrasonic transducers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ELyT Workshop 2025 (15th edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INSA Lyon - Tohoku University ELyT lab, Feb 2025, Lyon (INSA), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05223382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piezoelectric materials, modeling, functional characterisation Application to ultrasonic transducers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Multidisciplinary days on piezoelectricity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CERAMATH, Oct 2024, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05223325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Porous metal backing for high-temperature ultrasonic transducers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dang-Chi Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Navacchia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis-Pascal Tran-Huu-Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6381,251 +6393,251 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th Asia Pacific Conference for Non-Destructive</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2023, Melbourne, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04057216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Principes et applications de la transduction ultrasonore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence pleinière Journées Thématiques de la section Electronique du Club EEA : Acoustique et Instrumentation : Evolution et applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Cergy, Oct 2023, Cergy (CY Cergy Paris université), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05223336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasonic nondestructive testing Principles and applications,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lectures for Young Researchers and Engineers: Introduction to Risk–based Inspection – Advanced Mechanical Systems Maintenance Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, TOKYO ELECTRON House of Creativity, Tohoku University Japan, Sep 2023, Sendai (Tohoku University), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05223349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of an ultrasonic probe for measurements of the wind incidence angle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hossep Achdjian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Vander Meulen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6634,1207 +6646,1207 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Prax</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Symposium (IUS) Ultrasonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE; UFFC, Oct 2022, Venise, Italy. pp.1-4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/IUS54386.2022.9957650⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04009095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélioration des propriétés électro-acoustiques de systèmes piézoélectriques par mise sous précontrainte mécanique ou électrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Domenjoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Français d'Acoustique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01235805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling and study of hysteretic behaviour of soft and hard piezoceramic materials under external mechanical stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Domenjoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lematre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bustillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis-Pascal Tran Huu Hue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electroceramics for End-users</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2013, Les Arcs, France. pp.37-40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01235747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling and numerical study of the electroacoustic behavior of lithium niobate under an initial electrical stress</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Domenjoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lematre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Fortineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis-Pascal Tran Huu Hue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Symposium on the Applications of Ferroelectrics – Piezoresponse Force Microscopy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Prague, Czech Republic. pp.30-33, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ISAF.2013.6748712⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01235721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling of the electrical admittance of a piezoceramic cube using Ultrasonic Resonance Spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oumar Diallo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Leclezio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acoustics 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2012, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00810999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electro-acoustic characterisations of piezoelectric materials under external mechanical stress: Theory and experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Domenjoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Lematre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis-Pascal Tran Huu Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electroceramics for End-users</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2011, Sestriere, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01235845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrated piezoelectric structures under external mechanical stress: Theory and experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Domenjoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lematre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis-Pascal Tran Huu Hue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Ultrasonics Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, San Diego, United States. pp.2080-2082, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ULTSYM.2010.5935880⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01235663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation ultrasonore du bois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Le Clezio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Fortineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Brancheriau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lasaygues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème Congrès Français d'Acoustique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2010, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00554455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détermination du temps de gel par mesures de la vitesse de phase et de l'atténuation d'une onde ultrasonore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Vander Meulen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Wilkie-Chancellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Haumesser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème Congrès Français d'Acoustique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2010, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00537196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of the temperature increase in ultrasonic transducers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Loyau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.P. Tran-Huu-Hue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Ultrasonics Symposium, 2004</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, Montreal, Canada. pp.642-645, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ULTSYM.2004.1417806⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04057066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative performances of new KNN lead-free piezoelectric materials and classical lead-based ceramics for ultrasonic transducer applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Loyau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L.P. Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Wurlitzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Ringgaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Symposium on Ultrasonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, Honolulu, United States. pp. 1995-1998, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ULTSYM.2003.1293308⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04057062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7844,160 +7856,160 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Principles and Applications of High-Frequency Medical Imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Lethiecq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Berson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Feuillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Patat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Acoustic Microscopy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer US, pp.39-102, 1996, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-1-4615-5851-4_2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04016008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId252"/>
+      <w:footerReference w:type="default" r:id="rId253"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8065,51 +8077,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1F40657C"/>
+    <w:nsid w:val="F0175FC8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8296,51 +8308,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/guy-feuillard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1502-0616" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/093052243" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803650v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Feuillard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dang Chi Nguyen" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lethiecq" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jean" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Navacchia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/acoustics6040058" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042972v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Achdjian" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Richard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vander Meulen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Prax" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2023.106969" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009108v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dang-Chi Nguyen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Pascal Tran-Huu-Hue" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58286/27525" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016459v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumar Diallo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harouna Mamadou Bal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Babacar Ndiaye" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salif Gaye" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5539/jmsr.v10n2p84" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03581399v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoufal Saadaoui" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van Thien Nguyen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2021.3101124" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842918v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bavencoffe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tembhurnikar" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Negulescu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wolfman" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Feuillard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17436753.2018.1458475" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741553v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazir Jaber" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Wolfman" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Daumont" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Negulescu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Ruyter" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4923217" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823124v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Schwartz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Prax" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pineau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Vali&#232;re" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2014.10.016" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1X1KW37J-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627787v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka Bah" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Giovannelli" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Schoenstein" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Le Cl&#233;zio" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1743676114Y.0000000230" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627776v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Le Clezio" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2013.12.097" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01839014v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AST.90.25" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627806v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Delaunay" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4863090" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235794v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Domenjoud" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Lematre" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Pascal Tran Huu Hue" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1743676112Y.0000000020" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823125v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. E. Kuznetsova" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. D. Zaitsev" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. A. Borodina" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Shikhabudinov" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Teplykh" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4810905" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672150v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Robin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Wilkie-Chancellier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Martinez" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Haumesser" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2011.12.008" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WJNGL1T4-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823126v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469003v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lam" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Clezio" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Amorin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alguero" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Holc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2008.11.001" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8M46G2H2-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804666v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Darinskii" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Clezio" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02726340801921551" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804669v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Lematre" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guennou" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2008.665" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804680v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Shuvalov" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Cl&#233;zio" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijengsci.2008.03.007" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BDSR8GFZ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804686v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.N. Darinskii" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2007.08.001" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-845JFC8K-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804682v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2008.06.003" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LF6BF1NR-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840978v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marechal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Levassort" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janez Holc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danjela Kuscer" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Kosec" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150190802396850" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804614v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tran Huu Hue" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10832-007-9177-4" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8D7D5E88FDB86E39E5B18CFC34431A2F6A64065B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804613v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fortineau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vander Meulen" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2736344" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804617v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Darinskii" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Le Clezio" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/92/1/012117" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057064v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Loyau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2007.543" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804612v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2007.284" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804616v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/92/1/012101" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804611v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.2336989" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804610v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2006.137" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00243826v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Haumesser" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barre" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2356787" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052800v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Delaunay" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2006.1621495" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114874v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Clezio E" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Mp" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lethiecq" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:2005128025" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-8BQG2RKG-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016094v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bou Matar" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.1404435" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016083v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Teston" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tessier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tran Hu Hue" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.371927" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016077v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Teston" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Tessier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Richard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Roncin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0925-4005(99)00215-4" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HNL2DMKZ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016073v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Certon" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Levassort" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150199908210545" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016065v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.P.Tran Huu Hue" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0041-624X(97)00081-4" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZWJ86BD6-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016505v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/58.726453" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016062v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Patat" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016050v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Certon" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brynjar Karlsson" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.418136" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009535v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berson M." TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diridolou S" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009426v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tran-Huu-Hue" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Millar" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.358657" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00252997v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berson" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Diridollou" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Letiecq" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pourcelot" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:19945285" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0B50456FBDA5B5EE5E72150184E0BB65442C8158/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009474v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009444v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Amazit" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.355339" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223382v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223325v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057216v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Navacchia" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223336v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223349v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009095v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossep Achdjian" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Richard" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS54386.2022.9957650" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235805v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235747v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lematre" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bustillo" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235721v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fortineau" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISAF.2013.6748712" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00810999v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Leclezio" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235845v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235663v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2010.5935880" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554455v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Brancheriau" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lasaygues" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00537196v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057066v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Loyau" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.P. Tran-Huu-Hue" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2004.1417806" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057062v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.P. Tran" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wurlitzer" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ringgaard" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2003.1293308" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016008v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marceau Berson" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Patat" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4615-5851-4_2" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/guy-feuillard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1502-0616" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/093052243" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803650v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Feuillard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dang Chi Nguyen" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lethiecq" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Jean" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Navacchia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/acoustics6040058" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042972v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Achdjian" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Richard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vander Meulen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Prax" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2023.106969" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009108v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dang-Chi Nguyen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Pascal Tran-Huu-Hue" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58286/27525" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016459v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumar Diallo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harouna Mamadou Bal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Babacar Ndiaye" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salif Gaye" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5539/jmsr.v10n2p84" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03581399v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoufal Saadaoui" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van Thien Nguyen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2021.3101124" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01842918v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bavencoffe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tembhurnikar" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Negulescu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wolfman" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Feuillard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17436753.2018.1458475" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741553v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazir Jaber" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Wolfman" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Daumont" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Negulescu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Ruyter" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4923217" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823124v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidi Schwartz" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Prax" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Pineau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Vali&#232;re" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2014.10.016" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1X1KW37J-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627787v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka Bah" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Giovannelli" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Schoenstein" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Le Cl&#233;zio" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1743676114Y.0000000230" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01839014v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AST.90.25" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627776v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Le Clezio" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2013.12.097" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-98K2K3MV-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01627806v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Delaunay" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4863090" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235794v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Domenjoud" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Lematre" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Pascal Tran Huu Hue" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/1743676112Y.0000000020" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823125v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. E. Kuznetsova" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. D. Zaitsev" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. A. Borodina" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Shikhabudinov" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. A. Teplykh" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4810905" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672150v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Robin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Wilkie-Chancellier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Martinez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Haumesser" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2011.12.008" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WJNGL1T4-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823126v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00469003v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lam" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Clezio" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Amorin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Alguero" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Holc" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2008.11.001" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8M46G2H2-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840978v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Marechal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Levassort" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janez Holc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danjela Kuscer" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Kosec" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150190802396850" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804666v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Darinskii" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Clezio" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02726340801921551" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804669v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Lematre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guennou" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2008.665" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804680v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Shuvalov" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le Cl&#233;zio" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijengsci.2008.03.007" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BDSR8GFZ-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804686v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.N. Darinskii" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2007.08.001" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-845JFC8K-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804682v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wavemoti.2008.06.003" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LF6BF1NR-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804616v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Darinskii" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Le Clezio" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/92/1/012101" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804614v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Tran Huu Hue" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10832-007-9177-4" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/8D7D5E88FDB86E39E5B18CFC34431A2F6A64065B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804613v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fortineau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vander Meulen" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2736344" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057064v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Loyau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2007.543" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804617v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/92/1/012117" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804612v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2007.284" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052800v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Delaunay" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2006.1621495" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804611v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.2336989" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804610v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TUFFC.2006.137" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00243826v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Haumesser" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barre" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2356787" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00114874v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Clezio E" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Mp" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lethiecq" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:2005128025" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-8BQG2RKG-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016094v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bou Matar" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.1404435" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016083v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Teston" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tessier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tran Hu Hue" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.371927" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016077v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Teston" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Tessier" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Richard" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Roncin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0925-4005(99)00215-4" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HNL2DMKZ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016073v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Certon" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Levassort" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00150199908210545" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016065v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.P.Tran Huu Hue" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0041-624X(97)00081-4" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZWJ86BD6-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016505v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/58.726453" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016050v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Certon" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Patat" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brynjar Karlsson" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.418136" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016062v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009535v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berson M." TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diridolou S" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009426v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tran-Huu-Hue" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Millar" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.358657" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00252997v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Berson" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Diridollou" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Letiecq" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Pourcelot" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:19945285" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0B50456FBDA5B5EE5E72150184E0BB65442C8158/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009474v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009444v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Amazit" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.355339" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223382v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223325v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057216v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Navacchia" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223336v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05223349v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04009095v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossep Achdjian" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Richard" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IUS54386.2022.9957650" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235805v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235747v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lematre" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bustillo" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235721v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Fortineau" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISAF.2013.6748712" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00810999v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Leclezio" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235845v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01235663v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2010.5935880" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00554455v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Brancheriau" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lasaygues" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00537196v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057066v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Loyau" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.P. Tran-Huu-Hue" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2004.1417806" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04057062v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.P. Tran" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wurlitzer" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ringgaard" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ULTSYM.2003.1293308" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016008v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marceau Berson" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Patat" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4615-5851-4_2" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>