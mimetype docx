--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -231,51 +231,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (153)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (161)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -348,20161 +348,21223 @@
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vérène Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">, 2026, 60 (9), pp.6927-6941. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.est.5c10602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05533479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The socioeconomic environment and access to care affect the survival of patients with hepatocellular carcinoma and intrahepatic cholangiocarcinoma</w:t>
+                <w:t xml:space="preserve">Effect of a mobile mammography unit on participation and equity in breast cancer screening: a cluster randomised trial in Normandy, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Chaigneau</w:t>
+                <w:t xml:space="preserve">Gniré Koné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Dejardin</w:t>
+                <w:t xml:space="preserve">Séverine Beuriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thi Thu Nga Nguyen</w:t>
+                <w:t xml:space="preserve">Ludivine Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Marie Bouvier</w:t>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josephine Gardy</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Elodie Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Cancer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 25 (1), pp.1896. </w:t>
+              <w:t xml:space="preserve">The Breast</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 86, </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12885-025-15174-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.breast.2025.104686⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05419488v1</w:t>
+                <w:t xml:space="preserve">hal-05509954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of mortality tables by level of deprivation in the study of social inequalities in cancer survival</w:t>
+                <w:t xml:space="preserve">The impact of cancer survivors’ extra risk of noncancer mortality on net survival estimation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Wilson</w:t>
+                <w:t xml:space="preserve">Laura Botta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ophelie Merville</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Josephine Gardy</w:t>
+                <w:t xml:space="preserve">Riccardo Capocaccia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Rollet</w:t>
+                <w:t xml:space="preserve">Alice Bernasconi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaume Galceran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Epidemiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10654-024-01199-1⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Epidemiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 194 (11), pp.3316-3324. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/aje/kwaf148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05008584v1</w:t>
+                <w:t xml:space="preserve">hal-05419510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring heat risk in pregnant women: do environmental and social inequalities amplify heat exposure?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Environmental justice in France: Analysis of the association between exposure to environmental pollution and social deprivation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khadidiatou Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Pouchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Adélaïde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Morgane Stempfelet</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Lepeule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biometeorology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00484-025-02895-7⟩</w:t>
+              <w:t xml:space="preserve">Environmental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 285, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envres.2025.122434⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05028764v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05198590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epidemiological Classification Changes and Incidence of Early-Onset Colorectal Cancer</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The socioeconomic environment and access to care affect the survival of patients with hepatocellular carcinoma and intrahepatic cholangiocarcinoma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Sophie Woronoff</w:t>
+                <w:t xml:space="preserve">Thomas Chaigneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Launoy</w:t>
+                <w:t xml:space="preserve">Olivier Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Thu Nga Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josephine Gardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JAMA Network Open</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1001/jamanetworkopen.2025.41732⟩</w:t>
+              <w:t xml:space="preserve">BMC Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 25 (1), pp.1896. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12885-025-15174-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05419503v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05419488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geographical variability in cancer incidence explained by the socioeconomic environment: an example of lung cancer in northwestern France</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Simona Bara</w:t>
+                <w:t xml:space="preserve">Exploring heat risk in pregnant women: do environmental and social inequalities amplify heat exposure?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Adélaïde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Nakamura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Vigneron</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guy Launoy</w:t>
+                <w:t xml:space="preserve">Stéphanie Vandentorren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Stempfelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Epidemiology and Community Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/jech-2024-222704⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Biometeorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 69 (6), pp.1347-1362. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00484-025-02895-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05419547v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05028764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The socioeconomic environment and access to care affect the survival of patients with hepatocellular carcinoma and intrahepatic cholangiocarcinoma</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thi Thu Nga Nguyen</w:t>
+                <w:t xml:space="preserve">Epidemiological Classification Changes and Incidence of Early-Onset Colorectal Cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Jooste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Nousbaum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Woronoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Marie Bouvier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Josephine Gardy</w:t>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12885-025-15174-w⟩</w:t>
+              <w:t xml:space="preserve">JAMA Network Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (11), pp.e2541732. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1001/jamanetworkopen.2025.41732⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05381784v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05419503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trends in the Incidence of Cancer Among Adolescents and Young Adults Between 2000 and 2020: A Study Based on French Population-Based Registry Data</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Trétarre</w:t>
+                <w:t xml:space="preserve">Use of mortality tables by level of deprivation in the study of social inequalities in cancer survival</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Wilson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophelie Merville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josephine Gardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Rollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Adolescent and Young Adult Oncology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Epidemiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 40 (2), pp.213-223. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10654-024-01199-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1089/jayao.2024.0136⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-05115102v1</w:t>
+                <w:t xml:space="preserve">hal-05008584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of mortality tables by level of deprivation in the study of social inequalities in cancer survival</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Quentin Rollet</w:t>
+                <w:t xml:space="preserve">Geographical variability in cancer incidence explained by the socioeconomic environment: an example of lung cancer in northwestern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Pouchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Genin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simona Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vigneron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Epidemiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10654-024-01199-1⟩</w:t>
+              <w:t xml:space="preserve">Journal of Epidemiology and Community Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 79 (3), pp.200-206. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/jech-2024-222704⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05419533v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05419547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring heat risk in pregnant women: do environmental and social inequalities amplify heat exposure?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Morgane Stempfelet</w:t>
+                <w:t xml:space="preserve">Trends in the Incidence of Cancer Among Adolescents and Young Adults Between 2000 and 2020: A Study Based on French Population-Based Registry Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Desandes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Clavel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Molinié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Delafosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Trétarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biometeorology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00484-025-02895-7⟩</w:t>
+              <w:t xml:space="preserve">Journal of Adolescent and Young Adult Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Online ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/jayao.2024.0136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05419525v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-05115102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction to: Exploring heat risk in pregnant women: do environmental and social inequalities amplify heat exposure?</w:t>
+                <w:t xml:space="preserve">Exploring heat risk in pregnant women: do environmental and social inequalities amplify heat exposure?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Adélaïde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Nakamura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Guilbert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Vandentorren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Stempfelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Biometeorology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 69 (6), pp.1363-1366. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00484-025-02923-6⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 69 (6), pp.1347-1362. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00484-025-02895-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05419516v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05419525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental justice in France: Analysis of the association between exposure to environmental pollution and social deprivation</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Correction to: Exploring heat risk in pregnant women: do environmental and social inequalities amplify heat exposure?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Adélaïde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ludivine Launay</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Nakamura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ariane Guilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Vandentorren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Stempfelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envres.2025.122434⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Biometeorology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 69 (6), pp.1363-1366. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00484-025-02923-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05419496v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05419516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The impact of cancer survivors’ extra risk of noncancer mortality on net survival estimation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jaume Galceran</w:t>
+                <w:t xml:space="preserve">Environmental justice in France: Analysis of the association between exposure to environmental pollution and social deprivation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khadidiatou Diallo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Pouchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Adélaïde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johanna Lepeule</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Epidemiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/aje/kwaf148⟩</w:t>
+              <w:t xml:space="preserve">Environmental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 285, pp.122434. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envres.2025.122434⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05419510v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05419496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental justice in France: Analysis of the association between exposure to environmental pollution and social deprivation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Unpacking occupational and sex divides to understand the moderate progress in life expectancy in recent years (France, 2010’s)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Merville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Giovanni Camarda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Cambois</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envres.2025.122434⟩</w:t>
+              <w:t xml:space="preserve">International Journal for Equity in Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 23, pp.239. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12939-024-02310-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05198590v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04788782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial Accessibility to Primary Care in Metropolitan France: Results Using the SCALE Spatial Accessibility Index for All Regions</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Long-term survival for lymphoid neoplasms and national health expenditure (EUROCARE-6): a retrospective, population-based study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milena Sant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Vener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Lillini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvia Rossi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Bonfarnuzzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijerph21030276⟩</w:t>
+              <w:t xml:space="preserve">Lancet Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 25 (6), pp.731-743. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1470-2045(24)00141-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04482807v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05430563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differences in survival and recurrence of colorectal cancer by stage across population‐based European registries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne‐marie Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Jooste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Lillini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Marcos-Gragera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Katalinic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Cancer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 155 (5), pp.807-815. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/ijc.34944⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05430572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of social deprivation and socioeconomic factors in patients with giant cell arteritis</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Spatial Accessibility to Primary Care in Metropolitan France: Results Using the SCALE Spatial Accessibility Index for All Regions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohand Medjkane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint Bone Spine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jbspin.2024.105742⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 21 (3), pp.276. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph21030276⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05430554v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04482807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Access to primary care and mortality in excess for patients with cancer in France: Results from 21 French Cancer Registries</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ludivine Launay</w:t>
+                <w:t xml:space="preserve">Assessment of social deprivation and socioeconomic factors in patients with giant cell arteritis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Delort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Philip</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Gallou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anael Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cncr.35519⟩</w:t>
+              <w:t xml:space="preserve">Joint Bone Spine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 91 (5), pp.105742. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jbspin.2024.105742⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05419555v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05430554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Access to primary care and mortality in excess for patients with cancer in France: Results from 21 French Cancer Registries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joséphine Gardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Wilson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne‐valérie Guizard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cancer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 130, pp.4096 - 4108. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+              <w:t xml:space="preserve">, 2024, 130 (23), pp.4096-4108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/cncr.35519⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05198631v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05419555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unpacking occupational and sex divides to understand the moderate progress in life expectancy in recent years (France, 2010’s)</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Access to primary care and mortality in excess for patients with cancer in France: Results from 21 French Cancer Registries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joséphine Gardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Wilson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne‐valérie Guizard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Equity in Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12939-024-02310-4⟩</w:t>
+              <w:t xml:space="preserve">Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 130, pp.4096 - 4108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cncr.35519⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05419541v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05198631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long-term survival for lymphoid neoplasms and national health expenditure (EUROCARE-6): a retrospective, population-based study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milena Sant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Vener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roberto Lillini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Rossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simone Bonfarnuzzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lancet Oncology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 25 (6), pp.731-743. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S1470-2045(24)00141-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04987353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Net survival in colon and rectal cancer by stage according to neoadjuvant treatment. A French population-based study</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Unpacking occupational and sex divides to understand the moderate progress in life expectancy in recent years (France, 2010’s)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Merville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlo Giovanni Camarda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Cambois</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digestive and Liver Disease</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal for Equity in Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 23 (1), pp.239. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12939-024-02310-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dld.2023.10.012⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04278144v1</w:t>
+                <w:t xml:space="preserve">hal-05419541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental and social inequities in continental France: an analysis of exposure to heat, air pollution, and lack of vegetation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucie Adélaïde</w:t>
+                <w:t xml:space="preserve">Net survival in colon and rectal cancer by stage according to neoadjuvant treatment. A French population-based study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Jooste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ian Hough</w:t>
+                <w:t xml:space="preserve">Pascale Grosclaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emie Seyve</w:t>
+                <w:t xml:space="preserve">Gautier Defossez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Itai Kloog</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Grégory Fifre</w:t>
+                <w:t xml:space="preserve">Laetitia Daubisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Woronoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Exposure Science and Environmental Epidemiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41370-024-00641-6⟩</w:t>
+              <w:t xml:space="preserve">Digestive and Liver Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 56 (6), pp.1064-1070. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dld.2023.10.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04444139v1</w:t>
+                <w:t xml:space="preserve">hal-04278144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complete cancer prevalence in Europe in 2020 by disease duration and country (EUROCARE-6): a population-based study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Environmental and social inequities in continental France: an analysis of exposure to heat, air pollution, and lack of vegetation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Adélaïde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ian Hough</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberta de Angelis</w:t>
+                <w:t xml:space="preserve">Emie Seyve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elena Demuru</w:t>
+                <w:t xml:space="preserve">Itai Kloog</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paolo Baili</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Alexander Katalinic</w:t>
+                <w:t xml:space="preserve">Grégory Fifre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lancet Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S1470-2045(23)00646-0⟩</w:t>
+              <w:t xml:space="preserve">Journal of Exposure Science and Environmental Epidemiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41370-024-00641-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05430584v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04444139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geographical variability in cancer incidence explained by the socioeconomic environment: an example of lung cancer in northwestern France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Guy Launoy</w:t>
+                <w:t xml:space="preserve">Complete cancer prevalence in Europe in 2020 by disease duration and country (EUROCARE-6): a population-based study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberta de Angelis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Demuru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Baili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Troussard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Katalinic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Epidemiology and Community Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/jech-2024-222704⟩</w:t>
+              <w:t xml:space="preserve">Lancet Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 25 (3), pp.293-307. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1470-2045(23)00646-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05198604v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05430584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term survival for lymphoid neoplasms and national health expenditure (EUROCARE-6): a retrospective, population-based study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Simone Bonfarnuzzo</w:t>
+                <w:t xml:space="preserve">Geographical variability in cancer incidence explained by the socioeconomic environment: an example of lung cancer in northwestern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Pouchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Genin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simona Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vigneron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lancet Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S1470-2045(24)00141-4⟩</w:t>
+              <w:t xml:space="preserve">Journal of Epidemiology and Community Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 79, pp.200 - 206. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/jech-2024-222704⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05430563v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05198604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unpacking occupational and sex divides to understand the moderate progress in life expectancy in recent years (France, 2010’s)</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Florian Bonnet</w:t>
+                <w:t xml:space="preserve">Laparoscopic Sleeve Gastrectomy versus Laparoscopic Roux-en-Y Gastric Bypass: An Analysis of Weight Loss Using a Multilevel Mixed-Effects Linear Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Pouchucq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Launoy</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Olivier Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Lee Bion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Savey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Equity in Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12939-024-02310-4⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12 (6), pp.2132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jcm12062132⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04788782v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05430599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social inequalities in health. For an evidence-based public policy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Launoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Visceral Surgery</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 160 (3), pp.166-168. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jviscsurg.2023.04.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05430596v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of the general population and children under five years of age in France exposed to magnetic field from high or very high voltage power line using geographic information system and extrapolated field data</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Lacour</w:t>
+                <w:t xml:space="preserve">Impact of socio‐economic environment on incidence of primary liver cancer in France between 2006 and 2016</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertille Comoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Ollivier-Hourmand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne‐marie Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐baptiste Nousbaum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Thu Nga Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envres.2023.116425⟩</w:t>
+              <w:t xml:space="preserve">Liver International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 44 (2), pp.446-453. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/liv.15784⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">anses-04142554v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05430591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of socio‐economic environment on incidence of primary liver cancer in France between 2006 and 2016</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thi Thu Nga Nguyen</w:t>
+                <w:t xml:space="preserve">Estimation of the general population and children under five years of age in France exposed to magnetic field from high or very high voltage power line using geographic information system and extrapolated field data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Deshayes-Pinçon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Morlais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Roth-Delgado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Merckel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Lacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Liver International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/liv.15784⟩</w:t>
+              <w:t xml:space="preserve">Environmental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 232, pp.116425. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envres.2023.116425⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05430591v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">anses-04142554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Area-based social inequalities in adult mortality: construction of French deprivation-specific life tables for the period 2016–2018</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Merville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Rollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dejardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élodie Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Public Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 11, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fpubh.2023.1310315⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05430590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Functional forms of socio-territorial inequities in breast cancer screening – A French cross-sectional study using hierarchical generalised additive models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Rollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aimilia Exarchakou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Launoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Merville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francisco Rubio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Preventive Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 173, pp.107587. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ypmed.2023.107587⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05430593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cancer Survival and Travel Time to Nearest Reference Care Center for 10 Cancer Sites: An Analysis of 21 French Cancer Registries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joséphine Gardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Wilson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Valérie Guizard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Tron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cancers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 15, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/cancers15051516⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05198637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is the Social Gradient in Net Survival Observed in France the Result of Inequalities in Cancer-Specific Mortality or Inequalities in General Mortality?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Tron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Remontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Fauvernier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Rachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Belot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cancers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 15 (3), pp.659. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/cancers15030659⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04385849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laparoscopic Sleeve Gastrectomy versus Laparoscopic Roux-en-Y Gastric Bypass: An Analysis of Weight Loss Using a Multilevel Mixed-Effects Linear Model</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Analysis of the Lack of Follow-Up of Bariatric Surgery Patients: Experience of a Reference Center</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Auge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dejardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Menahem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Lee Bion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Savey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 12 (6), pp.2132. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/jcm12062132⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 11 (21), pp.6310. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/jcm11216310⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05430599v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05430605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of the Lack of Follow-Up of Bariatric Surgery Patients: Experience of a Reference Center</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Evolution of socioeconomic inequalities in cancer incidence between 2006 and 2016 in France: a population-based study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Krystaelle Derette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Rollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joséphine Bryere</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/jcm11216310⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Cancer Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 31, pp.473 - 481. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/cej.0000000000000732⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05430605v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05198644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of a colorectal cancer screening program composed of successive waves of different tests: The experience of the French Calvados County</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Grancher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Quertier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joséphine Gardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Launoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cancer Epidemiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 80, pp.102240. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.canep.2022.102240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05430607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of socioeconomic inequalities in cancer incidence between 2006 and 2016 in France: a population-based study</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">To what extent do age, stage and treatment influence survival after invasive cervical cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoewendtale Cyrille Compaore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Monnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Gerazime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Molinie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Valerie Guizard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Cancer Prevention</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/cej.0000000000000732⟩</w:t>
+              <w:t xml:space="preserve">Cancer Causes and Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 33 (3), pp.403-415. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10552-021-01536-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05198644v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03597864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">To what extent do age, stage and treatment influence survival after invasive cervical cancer</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne-Valerie Guizard</w:t>
+                <w:t xml:space="preserve">How do age and social environment affect the dynamics of death hazard and survival in patients with breast or gynecological cancer in France?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Poiseuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Tron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Sophie Woronoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Tretarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Dabakuyo-Yonli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Causes and Control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10552-021-01536-9⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 150 (2), pp.253-262. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ijc.33803⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03597864v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03430052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How do age and social environment affect the dynamics of death hazard and survival in patients with breast or gynecological cancer in France?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Dabakuyo-Yonli</w:t>
+                <w:t xml:space="preserve">Care Management and Survival of Patients Diagnosed with Synchronous Metastatic Colorectal Cancer: A High-Resolution Population-Based Study in Two French Areas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Mulliri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joséphine Gardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Cariou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Robaszkiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ijc.33803⟩</w:t>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (7), pp.1777. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cancers14071777⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03430052v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05495555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Care Management and Survival of Patients Diagnosed with Synchronous Metastatic Colorectal Cancer: A High-Resolution Population-Based Study in Two French Areas</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId187" w:history="1">
+                <w:t xml:space="preserve">Influence of non-clinical factors on restorative rectal cancer surgery: An analysis of four specialized population-based digestive cancer registries in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavie Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Cariou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michel Robaszkiewicz</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Jooste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cancers14071777⟩</w:t>
+              <w:t xml:space="preserve">Digestive and Liver Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 54 (2), pp.258-267. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dld.2021.06.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05495555v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05430621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of non-clinical factors on restorative rectal cancer surgery: An analysis of four specialized population-based digestive cancer registries in France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Flavie Thomas</w:t>
+                <w:t xml:space="preserve">Perceptions et connaissances concernant la décision de réaliser le dépistage du cancer de la prostate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Charvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Moutel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Marie Bouvier</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Berchi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digestive and Liver Disease</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 34 (1), pp.107-118</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05430621v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05056148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are Geographical Health Accessibility and Socioeconomic Deprivation Associated with Outcomes Following Bariatric Surgery? A Retrospective Study in a High-Volume Referral Bariatric Surgical Center</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Perceptions et connaissances concernant la décision de réaliser le dépistage du cancer de la prostate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Charvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Moutel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Berchi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Obesity Surgery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11695-022-05937-w⟩</w:t>
+              <w:t xml:space="preserve">Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Vol. 34 (1), pp.107-118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/spub.221.0107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05430619v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05430623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perceptions et connaissances concernant la décision de réaliser le dépistage du cancer de la prostate</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Are Geographical Health Accessibility and Socioeconomic Deprivation Associated with Outcomes Following Bariatric Surgery? A Retrospective Study in a High-Volume Referral Bariatric Surgical Center</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Pouchucq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Menahem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Le Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joséphine Gardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Santé Publique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/spub.221.0107⟩</w:t>
+              <w:t xml:space="preserve">Obesity Surgery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 32 (5), pp.1486-1497. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11695-022-05937-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05430623v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05430619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proportion and stage distribution of screen-detected and non-screen-detected colorectal cancer in nine European countries: an international, population-based study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Cardoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feng Guo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Heisser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harlinde de Schutter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nancy van Damme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Lancet Gastroenterology &amp; Hepatology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 7 (8), pp.711-723. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S2468-1253(22)00084-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05430611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perceptions et connaissances concernant la décision de réaliser le dépistage du cancer de la prostate</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Care Management and Survival of Patients Diagnosed with Synchronous Metastatic Colorectal Cancer: A High-Resolution Population-Based Study in Two French Areas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Mulliri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joséphine Gardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Cariou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Launoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Robaszkiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Santé Publique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (7), pp.1777. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cancers14071777⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05056148v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05430617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can an Ecological Index of Deprivation Be Used at the Country Level? The Case of the French Version of the European Deprivation Index (F-EDI)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+                <w:t xml:space="preserve">Evaluation of a mobile mammography unit: concepts and randomized cluster trial protocol of a population health intervention research to reduce breast cancer screening inequalities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Rollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Séverine Beuriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Olivier Dejardin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Joséphine Bryère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijerph19042311⟩</w:t>
+              <w:t xml:space="preserve">Trials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 23 (1), pp.562. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13063-022-06480-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05198648v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05430609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Care Management and Survival of Patients Diagnosed with Synchronous Metastatic Colorectal Cancer: A High-Resolution Population-Based Study in Two French Areas</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Cariou</w:t>
+                <w:t xml:space="preserve">Can an Ecological Index of Deprivation Be Used at the Country Level? The Case of the French Version of the European Deprivation Index (F-EDI)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophélie Merville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Launoy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michel Robaszkiewicz</w:t>
+                <w:t xml:space="preserve">Olivier Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Rollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joséphine Bryère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cancers14071777⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 19, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph19042311⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05430617v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05198648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of a mobile mammography unit: concepts and randomized cluster trial protocol of a population health intervention research to reduce breast cancer screening inequalities</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Olivier Dejardin</w:t>
+                <w:t xml:space="preserve">Same Chance of Accessing Resection? Impact of Socioeconomic Status on Resection Rates Among Patients with Pancreatic Adenocarcinoma—A Systematic Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Thobie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Mulliri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13063-022-06480-w⟩</w:t>
+              <w:t xml:space="preserve">Health Equity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5 (1), pp.143-150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/heq.2019.0099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05430609v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05469610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Socio-Territorial Inequities in the French National Breast Cancer Screening Programme—A Cross-Sectional Multilevel Study</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Colorectal cancer incidence, mortality, and stage distribution in European countries in the colorectal cancer screening era: an international population-based study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Cardoso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Feng Guo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Heisser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Hackl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petra Ihle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cancers13174374⟩</w:t>
+              <w:t xml:space="preserve">Lancet Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (7), pp.1002-1013. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S1470-2045(21)00199-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03589186v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05469582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differences in the management and survival of metastatic colorectal cancer in Europe. A population-based study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Association Between Use of Anticancer Drugs and Cardiovascular Disease–Related Hospitalization in Metastatic Colorectal Cancer: Insights From a Population-Based Study, the Anticancer Vigilance of Cardiac Events Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Dolladille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Marie Bouvier</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Jessica Rocha Rodrigues</w:t>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joe-Elie Salem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Legallois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digestive and Liver Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dld.2021.01.021⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Epidemiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 190 (3), pp.376-385. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/aje/kwaa203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05469593v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04002988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anticancer drugs and cardiovascular-related hospitalization in metastatic colorectal cancer: Insights from the AVOCETTE population-based study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Contextual factors associated with cancer screening uptake: A systematic review of observational studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Rollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Tron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy de Mil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Launoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Epidemiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/aje/kwaa203⟩</w:t>
+              <w:t xml:space="preserve">Preventive Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 150, pp.106692. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ypmed.2021.106692⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03099607v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05469585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of cervical cancer screening by self-sampling papillomavirus test versus pap-smear in underprivileged women in France</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Socio-Territorial Inequities in the French National Breast Cancer Screening Programme—A Cross-Sectional Multilevel Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Rollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Women's Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12905-021-01356-8⟩</w:t>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (17), pp.4374. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cancers13174374⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05469590v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03589186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of cervical cancer screening by self-sampling papillomavirus test versus pap-smear in underprivileged women in France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ezequiel Aranda-Fernández</w:t>
+                <w:t xml:space="preserve">Anticancer drugs and cardiovascular-related hospitalization in metastatic colorectal cancer: Insights from the AVOCETTE population-based study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Dolladille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joe-Elie Salem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Legallois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Women's Health</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">American Journal of Epidemiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/aje/kwaa203⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12905-021-01356-8⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-03312736v1</w:t>
+                <w:t xml:space="preserve">hal-03099607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Socioeconomic Environment and Survival in Patients with Digestive Cancers</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Differences in the management and survival of metastatic colorectal cancer in Europe. A population-based study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Jooste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria José Sanchez-Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria José Bento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Rocha Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/cancers13205156⟩</w:t>
+              <w:t xml:space="preserve">Digestive and Liver Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 53 (5), pp.639-645. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dld.2021.01.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04215546v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05469593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Social Deprivation on the Proportion of Preemptive Kidney Transplantation: A Mediation Analysis</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparison of cervical cancer screening by self-sampling papillomavirus test versus pap-smear in underprivileged women in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Lobbedez</w:t>
+                <w:t xml:space="preserve">Laura Reques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lallemand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najat Lahmidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ezequiel Aranda-Fernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplantation Direct</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/TXD.0000000000001203⟩</w:t>
+              <w:t xml:space="preserve">BMC Women's Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (1), pp.221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12905-021-01356-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05430626v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05469590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multidisciplinary team meetings: are all patients presented and does it impact quality of care and survival - a registry-based study</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ludivine Launay</w:t>
+                <w:t xml:space="preserve">Comparison of cervical cancer screening by self-sampling papillomavirus test versus pap-smear in underprivileged women in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Reques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lallemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Laure Bignon</w:t>
+                <w:t xml:space="preserve">Najat Lahmidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ezequiel Aranda-Fernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Health Services Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12913-021-07022-x⟩</w:t>
+              <w:t xml:space="preserve">BMC Women's Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (1), pp.221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12905-021-01356-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03370000v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03312736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contextual factors associated with cancer screening uptake: A systematic review of observational studies</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId147" w:history="1">
+                <w:t xml:space="preserve">Socioeconomic Environment and Survival in Patients with Digestive Cancers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Tron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Fauvernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Robaszkiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Preventive Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (20), pp.5156. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cancers13205156⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ypmed.2021.106692⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-03589176v1</w:t>
+                <w:t xml:space="preserve">hal-04215546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Socioeconomic Deprivation Does Not Impact Liver Transplantation Outcome for HCC: A Survival Analysis From a National Database</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+                <w:t xml:space="preserve">Effects of Social Deprivation on the Proportion of Preemptive Kidney Transplantation: A Mediation Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eve Calvar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Lubrano</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabel Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lobbedez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/TP.0000000000003340⟩</w:t>
+              <w:t xml:space="preserve">Transplantation Direct</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7 (10), pp.e750. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/TXD.0000000000001203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03244842v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05430626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risk factors of de novo malignancies after liver transplantation: a French national study on 11004 adult patients</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Segol</w:t>
+                <w:t xml:space="preserve">Multidisciplinary team meetings: are all patients presented and does it impact quality of care and survival - a registry-based study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Rollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Moutel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Armand Abergel</w:t>
+                <w:t xml:space="preserve">Anne-Laure Bignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinics and Research in Hepatology and Gastroenterology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 45 (4), pp.101514. </w:t>
+              <w:t xml:space="preserve">BMC Health Services Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (1), pp.1032. </w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.clinre.2020.07.019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12913-021-07022-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03671648v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03370000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Same Chance of Accessing Resection? Impact of Socioeconomic Status on Resection Rates Among Patients with Pancreatic Adenocarcinoma—A Systematic Review</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Socio-Territorial Inequities in the French National Breast Cancer Screening Programme—A Cross-Sectional Multilevel Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Rollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Launoy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Health Equity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1089/heq.2019.0099⟩</w:t>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (17), pp.4374. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cancers13174374⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05469610v1</w:t>
+                <w:t xml:space="preserve">hal-05558239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contextual factors associated with cancer screening uptake: A systematic review of observational studies</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rémy de Mil</w:t>
+                <w:t xml:space="preserve">Socioeconomic Deprivation Does Not Impact Liver Transplantation Outcome for HCC: A Survival Analysis From a National Database</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Menahem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Launoy</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Olivier Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Alves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lubrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Preventive Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ypmed.2021.106692⟩</w:t>
+              <w:t xml:space="preserve">Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 105 (5), pp.1061-1068. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/TP.0000000000003340⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05469585v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03244842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colorectal cancer incidence, mortality, and stage distribution in European countries in the colorectal cancer screening era: an international population-based study</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Contextual factors associated with cancer screening uptake: A systematic review of observational studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Rollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Tron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy de Mil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lancet Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S1470-2045(21)00199-6⟩</w:t>
+              <w:t xml:space="preserve">Preventive Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 150, pp.106692. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ypmed.2021.106692⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05469582v1</w:t>
+                <w:t xml:space="preserve">inserm-03589176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association Between Use of Anticancer Drugs and Cardiovascular Disease–Related Hospitalization in Metastatic Colorectal Cancer: Insights From a Population-Based Study, the Anticancer Vigilance of Cardiac Events Study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Damien Legallois</w:t>
+                <w:t xml:space="preserve">Risk factors of de novo malignancies after liver transplantation: a French national study on 11004 adult patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Altieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sérée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lobbedez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Segol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armand Abergel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Epidemiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/aje/kwaa203⟩</w:t>
+              <w:t xml:space="preserve">Clinics and Research in Hepatology and Gastroenterology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 45 (4), pp.101514. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.clinre.2020.07.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04002988v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03671648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Socioeconomic deprivation increases the risk of disability in multiple sclerosis patients</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cancer Mortality and Deprivation: Comparison Among the Performances of the European Deprivation Index, the Italian Deprivation Index and Local Socio-Health Deprivation Indices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Bourre</w:t>
+                <w:t xml:space="preserve">Marina Vercelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Lillini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Vermersch</w:t>
+                <w:t xml:space="preserve">Fabrizio Stracci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerio Brunori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessio Gili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Multiple Sclerosis and Related Disorders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.msard.2020.101930⟩</w:t>
+              <w:t xml:space="preserve">Social Indicators Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 151 (2), pp.599-620. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11205-020-02396-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02469442v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis of medico-social factors for return to work among patients presenting with haematological malignancy (adamantine): results of a ‘pilot study’</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Socioeconomic deprivation increases the risk of disability in multiple sclerosis patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Boulanger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Xavier Troussard</w:t>
+                <w:t xml:space="preserve">Floriane Calocer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dejardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edouard Cornet</w:t>
+                <w:t xml:space="preserve">Arnaud Kwiatkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Bourre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Vermersch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Research Notes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13104-020-05149-4⟩</w:t>
+              <w:t xml:space="preserve">Multiple Sclerosis and Related Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 40, pp.101930. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msard.2020.101930⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04852497v1</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02469442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anticancer drugs and cardiovascular-related hospitalization in metastatic colorectal cancer: Insights from the AVOCETTE population-based study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Recherche interventionnelle pour la réduction des inégalités sociales et territoriales de dépistage des cancers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élodie Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy de Mil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Christine Quertier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Notari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Launoy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Epidemiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/aje/kwaa203⟩</w:t>
+              <w:t xml:space="preserve">Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, S2 (HS2), pp.59-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/spub.197.0059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03099628v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social inequalities in cervical cancer screening: a discrete choice experiment among French general practitioners and gynaecologists</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Véronique Christophe</w:t>
+                <w:t xml:space="preserve">Analysis of medico-social factors for return to work among patients presenting with haematological malignancy (adamantine): results of a ‘pilot study’</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Clin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Heutte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Troussard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Cornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Health Services Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BMC Research Notes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (1), pp.313. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13104-020-05149-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12913-020-05479-w⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03361966v1</w:t>
+                <w:t xml:space="preserve">hal-04852497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Water and Soil Pollution: Ecological Environmental Study Methodologies Useful for Public Health Projects. A Literature Review</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alexander Katalinic</w:t>
+                <w:t xml:space="preserve">Anticancer drugs and cardiovascular-related hospitalization in metastatic colorectal cancer: Insights from the AVOCETTE population-based study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Dolladille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joe-Elie Salem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Legallois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Reviews of Environmental Contamination and Toxicology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/398_2020_58⟩</w:t>
+              <w:t xml:space="preserve">American Journal of Epidemiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/aje/kwaa203⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05469617v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03099628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transplant center characteristics associated with living‐donor kidney transplantation: a cohort study with a hierarchical modeling approach</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Social inequalities in cervical cancer screening: a discrete choice experiment among French general practitioners and gynaecologists</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Gatault</w:t>
+                <w:t xml:space="preserve">Thibaut Raginel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Hazzan</w:t>
+                <w:t xml:space="preserve">Guillaume Grandazzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dany Anglicheau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guy Launoy</w:t>
+                <w:t xml:space="preserve">Mélanie Trocmé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplant International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tri.13429⟩</w:t>
+              <w:t xml:space="preserve">BMC Health Services Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (1), pp.693. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12913-020-05479-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02115700v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03361966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The respective parts of incidence and lethality in socioeconomic differences in cancer mortality. An analysis of the French network Cancer registries (FRANCIM) data</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laure Tron</w:t>
+                <w:t xml:space="preserve">Water and Soil Pollution: Ecological Environmental Study Methodologies Useful for Public Health Projects. A Literature Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Lillini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwenn Menvielle</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Andrea Tittarelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina Bertoldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Ritchie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Katalinic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal for Equity in Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12939-019-1087-y⟩</w:t>
+              <w:t xml:space="preserve">Reviews of Environmental Contamination and Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Reviews of Environmental Contamination and Toxicology, 256, pp.179-214. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/398_2020_58⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02450959v1</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05469617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">National organization of uterine cervical cancer screening and social inequality in France</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Epidemiology of intrahepatic, perihilar, and distal cholangiocarcinoma in the French population</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aimen Al Mahjoub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Menahem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Bazille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Fohlen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Cancer Prevention</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/CEJ.0000000000000557⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Gastroenterology &amp; Hepatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 31 (6), pp.678-684. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/MEG.0000000000001337⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05469619v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02108977v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de l’intégration du test immunologique dans le programme de dépistage du cancer colorectal en France</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Methodology for building a geographical accessibility health index throughout metropolitan France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gaillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohand Medjkane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Saint-Gérand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin du Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bulcan.2019.01.011⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 14 (8), pp.e0221417. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0221417⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02110830v1</w:t>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02271030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digestive and genitourinary sequelae in rectal cancer survivors and their impact on health-related quality of life: Outcome of a high-resolution population-based study</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId309" w:history="1">
+                <w:t xml:space="preserve">Influence of social deprivation and remoteness on the likelihood of sphincter amputation for rectal cancer: a high-resolution population-based study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Dolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yassine Eid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Thobie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nathan Dolet</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabel Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surgery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.surg.2019.04.007⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Colorectal Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 34 (5), pp.927-931. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00384-019-03272-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03488165v1</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02100771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of socioeconomic status on survival in patients with ovarian cancer</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Cost-Effectiveness Analysis of a Mobile Mammography Unit for Breast Cancer Screening to Reduce Geographic and Social Health Inequalities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy de Mil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydia Guittet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dejardin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anne-Valérie Guizard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Gynecological Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/ijgc-2018-000097⟩</w:t>
+              <w:t xml:space="preserve">Value in Health : the journal of the International Society for Pharmacoeconomics and Outcomes Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 22 (10), pp.1111-1118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jval.2019.06.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02110139v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02448146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methodology for building a geographical accessibility health index throughout metropolitan France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thierry Saint-Gérand</w:t>
+                <w:t xml:space="preserve">Transplant center characteristics associated with living‐donor kidney transplantation: a cohort study with a hierarchical modeling approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Châtelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gatault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Hazzan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dany Anglicheau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0221417⟩</w:t>
+              <w:t xml:space="preserve">Transplant International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tri.13429⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02271030v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02115700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Epidemiology of intrahepatic, perihilar, and distal cholangiocarcinoma in the French population</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The respective parts of incidence and lethality in socioeconomic differences in cancer mortality. An analysis of the French network Cancer registries (FRANCIM) data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josephine Bryere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Tron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenn Menvielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Grosclaude</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Gastroenterology &amp; Hepatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/MEG.0000000000001337⟩</w:t>
+              <w:t xml:space="preserve">International Journal for Equity in Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 18 (1), pp.189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12939-019-1087-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02108977v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02450959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cost-Effectiveness Analysis of a Mobile Mammography Unit for Breast Cancer Screening to Reduce Geographic and Social Health Inequalities</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId248" w:history="1">
+                <w:t xml:space="preserve">National organization of uterine cervical cancer screening and social inequality in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Raginel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy de Mil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydia Guittet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Value in Health : the journal of the International Society for Pharmacoeconomics and Outcomes Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jval.2019.06.001⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Cancer Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 29 (5), pp.458-465. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/CEJ.0000000000000557⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02448146v1</w:t>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05469619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of social deprivation and remoteness on the likelihood of sphincter amputation for rectal cancer: a high-resolution population-based study</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact de l’intégration du test immunologique dans le programme de dépistage du cancer colorectal en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Colorectal Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00384-019-03272-8⟩</w:t>
+              <w:t xml:space="preserve">Bulletin du Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bulcan.2019.01.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId325" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02100771v1</w:t>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02110830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId327" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Socio-economic status influences access to second-line disease modifying treatment in Relapsing Remitting Multiple Sclerosis patients</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Digestive and genitourinary sequelae in rectal cancer survivors and their impact on health-related quality of life: Outcome of a high-resolution population-based study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Eid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Menahem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Thobie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Dolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0191646⟩</w:t>
+              <w:t xml:space="preserve">Surgery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 166, pp.327 - 335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.surg.2019.04.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-01856017v1</w:t>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03488165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does community deprivation determine longevity after the age of 75? A cross-national analysis</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marilia Sá Carvalho</w:t>
+                <w:t xml:space="preserve">Impact of socioeconomic status on survival in patients with ovarian cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joséphine Gardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Launoy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Carole Pornet</w:t>
+                <w:t xml:space="preserve">Olivier Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Thobie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Eid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Valérie Guizard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00038-018-1081-y⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Gynecological Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Epub ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/ijgc-2018-000097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05509968v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02110139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incidence and characteristics of chronic renal replacement therapy in patients with cancer data from kidney and cancer registries in Basse-Normandie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId338" w:history="1">
+                <w:t xml:space="preserve">Survival of patients with cancer starting chronic dialysis Data from kidney and cancer registries in lower Normandy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Béchade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dejardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona Bara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Valérie Guizard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nephrology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nephrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 23 (12), pp.1125-1130. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/nep.13091⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s40620-016-0356-8⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02194324v1</w:t>
+                <w:t xml:space="preserve">hal-02194317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cost-Effectiveness Analysis of a Navigation Program for Colorectal Cancer Screening to Reduce Social Health Inequalities: A French Cluster Randomized Controlled Trial</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId248" w:history="1">
+                <w:t xml:space="preserve">No effect of comorbidities on the association between social deprivation and geographical access to the reference care center in the management of colon cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Rollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy de Mil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Value in Health : the journal of the International Society for Pharmacoeconomics and Outcomes Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jval.2017.09.020⟩</w:t>
+              <w:t xml:space="preserve">Digestive and Liver Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 50 (3), pp.297-304. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dld.2017.10.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02096495v1</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02093911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Socioeconomic status and site-specific cancer incidence, a Bayesian approach in a French Cancer Registries Network study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurence Chiche</w:t>
+                <w:t xml:space="preserve">Longterm Risk of Solid Organ De Novo Malignancies After Liver Transplantation: A French National Study on 11,226 Patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sérée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Altieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy de Mil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lobbedez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Cancer Prevention</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 27 (4), pp.391-398. </w:t>
+              <w:t xml:space="preserve">Liver Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 24 (10), pp.1425-1436. </w:t>
             </w:r>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/CEJ.0000000000000326⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/lt.25310⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId342" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05509960v1</w:t>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02000599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adolescent and young adult oncology patients in France Heterogeneity in pathways of care</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">European Deprivation Index: designed to tackle socioeconomic inequalities in cancer in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Brugières</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">G Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Bryère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pediatric Blood and Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/pbc.27235⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 28 (suppl_4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/eurpub/cky213.625⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02194316v1</w:t>
+                <w:t xml:space="preserve">hal-05558267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Slovenian version of the european deprivation index at municipal level</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Tina Žagar</w:t>
+                <w:t xml:space="preserve">Socio-economic status influences access to second-line disease modifying treatment in Relapsing Remitting Multiple Sclerosis patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Floriane Calocer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dejardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maja Primic Žakelj</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Karine Droulon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Defer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Slovenian Journal of Public Health : The Journal of National Institute of Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2478/sjph-2018-0007⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 13 (2), pp.e0191646. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0191646⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-01856011v1</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01856017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Describing the association between socioeconomic inequalities and cancer survival: methodological guidelines and illustration with population-based data</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hadrien Charvat</w:t>
+                <w:t xml:space="preserve">Does community deprivation determine longevity after the age of 75? A cross-national analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Isabel Ribeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Teixeira Krainski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marilia Sá Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Pornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Epidemiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2147/CLEP.S150848⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 63 (4), pp.469-479. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00038-018-1081-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-01856003v1</w:t>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05509968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Socioeconomic environment and disparities in cancer survival for 19 solid tumor sites: An analysis of the French Network of Cancer Registries (FRANCIM) data</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nadine Bossard</w:t>
+                <w:t xml:space="preserve">Incidence and characteristics of chronic renal replacement therapy in patients with cancer data from kidney and cancer registries in Basse-Normandie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Béchade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simona Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Valérie Guizard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ijc.31951⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nephrology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 31 (1), pp.111-118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s40620-016-0356-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04385946v1</w:t>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02194324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[Participation to organized screening programs: Individual and collective stakes]</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Adolescent and young adult oncology patients in France Heterogeneity in pathways of care</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Desandes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Brugières</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Molinié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautier Defossez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Delafosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin du Cancer</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pediatric Blood and Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 65 (9), pp.e27235. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/pbc.27235⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bulcan.2018.04.008⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-01983530v1</w:t>
+                <w:t xml:space="preserve">hal-02194316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tobacco-attributable burden of cancer according to socioeconomic position in France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Daniel Eilstein</w:t>
+                <w:t xml:space="preserve">Socioeconomic status and site-specific cancer incidence, a Bayesian approach in a French Cancer Registries Network study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lubrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bachelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Paye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Patrice Le Treut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Chiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ijc.31328⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Cancer Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 27 (4), pp.391-398. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/CEJ.0000000000000326⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01845486v1</w:t>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05509960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Portuguese version of the European Deprivation Index: Development and association with all-cause mortality</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId214" w:history="1">
+                <w:t xml:space="preserve">Cost-Effectiveness Analysis of a Navigation Program for Colorectal Cancer Screening to Reduce Social Health Inequalities: A French Cluster Randomized Controlled Trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy de Mil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydia Guittet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Launoy</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Olivier Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0208320⟩</w:t>
+              <w:t xml:space="preserve">Value in Health : the journal of the International Society for Pharmacoeconomics and Outcomes Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 21 (6), pp.685-691. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jval.2017.09.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02107199v1</w:t>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02096495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Socioeconomic status impacts survival and access to resection in pancreatic adenocarcinoma: A high-resolution population-based cancer registry study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+                <w:t xml:space="preserve">Describing the association between socioeconomic inequalities and cancer survival: methodological guidelines and illustration with population-based data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Belot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Remontet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Rachet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadrien Charvat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surgical Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.suronc.2018.10.008⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Epidemiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 10, pp.561 - 573. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2147/CLEP.S150848⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">inserm-02103296v1</w:t>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01856003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Severe postoperative complications decrease overall and disease free survival in pancreatic ductal adenocarcinoma after pancreaticoduodenectomy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurence Chiche</w:t>
+                <w:t xml:space="preserve">Socioeconomic environment and disparities in cancer survival for 19 solid tumor sites: An analysis of the French Network of Cancer Registries (FRANCIM) data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Tron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Belot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Fauvernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Remontet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EJSO - European Journal of Surgical Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejso.2018.03.024⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 144 (6), pp.1262-1274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ijc.31951⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02095668v1</w:t>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04385946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Socioeconomic environment and disparities in cancer survival for 19 solid tumor sites: An analysis of the French Network of Cancer Registries (FRANCIM) data</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">[Participation to organized screening programs: Individual and collective stakes]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Duchange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylviane Darquy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Moutel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ijc.31951⟩</w:t>
+              <w:t xml:space="preserve">Bulletin du Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pii: S0007-4551 (18), pp.30137-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bulcan.2018.04.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-01961039v1</w:t>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01983530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renal transplantation outcome and social deprivation in the French healthcare system a cohort study using the European Deprivation Index</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Slovenian version of the european deprivation index at municipal level</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vesna Zadnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarina Lokar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tina Žagar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maja Primic Žakelj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplant International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tri.13161⟩</w:t>
+              <w:t xml:space="preserve">Slovenian Journal of Public Health : The Journal of National Institute of Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 57 (2), pp.47 - 54. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2478/sjph-2018-0007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01798650v1</w:t>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01856011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">No effect of comorbidities on the association between social deprivation and geographical access to the reference care center in the management of colon cancer</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Tobacco-attributable burden of cancer according to socioeconomic position in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenn Menvielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivana Kulhánová</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josephine Bryere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Eilstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digestive and Liver Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dld.2017.10.015⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 143 (3), pp.478-485. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ijc.31328⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId387" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">inserm-02093911v1</w:t>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01845486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId388" w:history="1">
+            <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Survival of patients with cancer starting chronic dialysis Data from kidney and cancer registries in lower Normandy</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Socioeconomic status impacts survival and access to resection in pancreatic adenocarcinoma: A high-resolution population-based cancer registry study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Thobie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Mulliri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Dolet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Eid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bouvier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne-Valérie Guizard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nephrology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/nep.13091⟩</w:t>
+              <w:t xml:space="preserve">Surgical Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 27 (4), pp.759-766. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.suronc.2018.10.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId388" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02194317v1</w:t>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02103296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId390" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Longterm Risk of Solid Organ De Novo Malignancies After Liver Transplantation: A French National Study on 11,226 Patients</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Thierry Lobbedez</w:t>
+                <w:t xml:space="preserve">Severe postoperative complications decrease overall and disease free survival in pancreatic ductal adenocarcinoma after pancreaticoduodenectomy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lubrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bachelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Paye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Patrice Le Treut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Chiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Liver Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/lt.25310⟩</w:t>
+              <w:t xml:space="preserve">EJSO - European Journal of Surgical Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 44 (7), pp.1078-1082. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejso.2018.03.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId390" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02000599v1</w:t>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02095668v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diagnosis and management of head and neck cancers in a high-incidence area in France</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+                <w:t xml:space="preserve">The Portuguese version of the European Deprivation Index: Development and association with all-cause mortality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Isabel Ribeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henrique Barros</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/MD.0000000000007285⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 13 (12), pp.e0208320. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0208320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05509995v1</w:t>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02107199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liver transplantation versus liver resection for hepatocellular carcinoma in intention to treat: An attempt to perform an ideal meta‐analysis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Alves</w:t>
+                <w:t xml:space="preserve">Socioeconomic environment and disparities in cancer survival for 19 solid tumor sites: An analysis of the French Network of Cancer Registries (FRANCIM) data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Tron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Belot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Fauvernier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Remontet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Bossard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Liver Transplantation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/lt.24758⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Epub ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ijc.31951⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05509997v1</w:t>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01961039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId398" w:history="1">
+            <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Could mobile mammography reduce social and geographic inequalities in breast cancer screening participation?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Renal transplantation outcome and social deprivation in the French healthcare system a cohort study using the European Deprivation Index</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Châtelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sahar Bayat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Vigneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lobbedez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Preventive Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ypmed.2017.04.006⟩</w:t>
+              <w:t xml:space="preserve">Transplant International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 31 (10), pp.1089-1098. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tri.13161⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">inserm-02091197v1</w:t>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01798650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patient navigation to reduce social inequalities in colorectal cancer screening participation: A cluster randomized controlled trial</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Célia Berchi</w:t>
+                <w:t xml:space="preserve">Liver transplantation versus liver resection for hepatocellular carcinoma in intention to treat: An attempt to perform an ideal meta‐analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Menahem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Lubrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Duvoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Mulliri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Preventive Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ypmed.2017.08.012⟩</w:t>
+              <w:t xml:space="preserve">Liver Transplantation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 23 (6), pp.836-844. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/lt.24758⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">inserm-02092471v1</w:t>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05509997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Focus on an unusual rise in pancreatic cancer incidence in France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Remontet</w:t>
+                <w:t xml:space="preserve">Diagnosis and management of head and neck cancers in a high-incidence area in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Valerie Guizard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simona Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Lapôtre-Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Epidemiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ije/dyx088⟩</w:t>
+              <w:t xml:space="preserve">Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 96 (26), pp.e7285. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/MD.0000000000007285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01541663v1</w:t>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05509995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId408" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preoperative Biliary Drainage in Patients with Resectable Perihilar Cholangiocarcinoma: Is Percutaneous Transhepatic Biliary Drainage Safer and More Effective than Endoscopic Biliary Drainage? A Meta-Analysis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Alves</w:t>
+                <w:t xml:space="preserve">Patient navigation to reduce social inequalities in colorectal cancer screening participation: A cluster randomized controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy de Mil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Berchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JVIR: Journal of Vascular and Interventional Radiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jvir.2016.12.1218⟩</w:t>
+              <w:t xml:space="preserve">Preventive Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 103, pp.76-83. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ypmed.2017.08.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId408" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02042680v1</w:t>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02092471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId411" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neighborhood deprivation and risk of head and neck cancer: A multilevel analysis from France</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Could mobile mammography reduce social and geographic inequalities in breast cancer screening participation?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dejardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Florence Molinie</w:t>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydia Guittet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oral Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.oraloncology.2017.06.014⟩</w:t>
+              <w:t xml:space="preserve">Preventive Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 100, pp.84-88. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ypmed.2017.04.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId411" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01578588v1</w:t>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02091197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">General practitioners’ preferences with regard to colorectal cancer screening organisation Colon cancer screening medico-legal aspects</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Focus on an unusual rise in pancreatic cancer incidence in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoé Uhry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Jooste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Drouillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Remontet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Health Policy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.healthpol.2017.08.013⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Epidemiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 46 (6), pp.1764-1772. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ije/dyx088⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05509990v1</w:t>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01541663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trends in net survival from esophageal cancer in six European Latin countries</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Neighborhood deprivation and risk of head and neck cancer: A multilevel analysis from France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joséphine Bryere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenn Menvielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Launoy</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Olivier Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Molinie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Cancer Prevention</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/CEJ.0000000000000308⟩</w:t>
+              <w:t xml:space="preserve">Oral Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 71, pp.144--149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.oraloncology.2017.06.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01535541v1</w:t>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01578588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a cross-cultural deprivation index in five European countries</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Roberto Lillini</w:t>
+                <w:t xml:space="preserve">Preoperative Biliary Drainage in Patients with Resectable Perihilar Cholangiocarcinoma: Is Percutaneous Transhepatic Biliary Drainage Safer and More Effective than Endoscopic Biliary Drainage? A Meta-Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aimen Al Mahjoub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Menahem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Fohlen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Alves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Epidemiology and Community Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/jech-2015-205729⟩</w:t>
+              <w:t xml:space="preserve">JVIR: Journal of Vascular and Interventional Radiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 28 (4), pp.576-582. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jvir.2016.12.1218⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02367141v1</w:t>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02042680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a cross-cultural deprivation index in five European countries</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId214" w:history="1">
+                <w:t xml:space="preserve">Could mobile mammography reduce social and geographic inequalities in breast cancer screening participation?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dejardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Roberto Lillini</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydia Guittet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Epidemiology and Community Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/jech-2015-205729⟩</w:t>
+              <w:t xml:space="preserve">Preventive Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 100, pp.84-88. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ypmed.2017.04.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01910096v1</w:t>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of a screening navigation program on social inequalities in health beliefs about colorectal cancer screening</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId214" w:history="1">
+                <w:t xml:space="preserve">General practitioners’ preferences with regard to colorectal cancer screening organisation Colon cancer screening medico-legal aspects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Papin-Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Moutel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Berchi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Health Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/1359105314564018⟩</w:t>
+              <w:t xml:space="preserve">Health Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 121 (10), pp.1079-1084. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.healthpol.2017.08.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId424" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01943527v1</w:t>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05509990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId427" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of the ecological bias of seven aggregate social deprivation indices</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Trends in net survival from esophageal cancer in six European Latin countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Bossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Castro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Manfredi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12889-016-4007-8⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Cancer Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 26 (Supplement 1), pp.S24 - S31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/CEJ.0000000000000308⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId427" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-01438556v1</w:t>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01535541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse des déterminants médico-sociaux du maintien en emploi des patients atteints d’une hémopathie maligne (protocole ADAMENTINE). Résultats de l’étude pilote</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ganghi-Laurent Damaj</w:t>
+                <w:t xml:space="preserve">What are the real waiting times for therapeutic management of head and neck cancer: a study in the general population in the north-west of France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Valerie Guizard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simona Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Lapôtre-Ledoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives des Maladies Professionnelles et de L'Environnement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.admp.2016.03.054⟩</w:t>
+              <w:t xml:space="preserve">European Archives of Oto-Rhino-Laryngology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 273 (11), pp.3951-3958. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00405-016-4056-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId431" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02359098v1</w:t>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05510015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId434" w:history="1">
+            <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pancreatic cancer: Wait times from presentation to treatment and survival in a population-based study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Socioeconomic status and site-specific cancer incidence, a Bayesian approach in a French Cancer Registries Network study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josephine Bryere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dejardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marc Maynadie</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Colonna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Grosclaude</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ijc.30166⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Cancer Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 00, pp.0 - 000. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/CEJ.0000000000000326⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId434" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01413391v1</w:t>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02363581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId438" w:history="1">
+            <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Small-area geographic and socioeconomic inequalities in colorectal tumour detection in France</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Health professionals and the early detection of head and neck cancers: a population-based study in a high incidence area</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Ligier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Babin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Cancer Prevention</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/CEJ.0000000000000175⟩</w:t>
+              <w:t xml:space="preserve">BMC Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 16 (1), pp.456. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12885-016-2531-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId438" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01413371v1</w:t>
+            <w:hyperlink r:id="rId444" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01344998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId444" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Health professionals and the early detection of head and neck cancers: a population-based study in a high incidence area</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Development of a cross-cultural deprivation index in five European countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Pornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dejardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId446" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Babin</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Lillini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12885-016-2531-7⟩</w:t>
+              <w:t xml:space="preserve">Journal of Epidemiology and Community Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 70 (5), pp.493-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/jech-2015-205729⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId444" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-01344998v1</w:t>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02367141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId449" w:history="1">
+            <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Socioeconomic status and site-specific cancer incidence, a Bayesian approach in a French Cancer Registries Network study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Influence of a screening navigation program on social inequalities in health beliefs about colorectal cancer screening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dejardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pascale Grosclaude</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydia Guittet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Cancer Prevention</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/CEJ.0000000000000326⟩</w:t>
+              <w:t xml:space="preserve">Journal of Health Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 21 (8), pp.1700-1710. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1359105314564018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId449" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02363581v1</w:t>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01943527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What are the real waiting times for therapeutic management of head and neck cancer: a study in the general population in the north-west of France</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Development of a cross-cultural deprivation index in five European countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Pornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dejardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Lapôtre-Ledoux</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Lillini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Archives of Oto-Rhino-Laryngology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00405-016-4056-8⟩</w:t>
+              <w:t xml:space="preserve">Journal of Epidemiology and Community Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, pp.493 - 499. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/jech-2015-205729⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId451" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05510015v1</w:t>
+            <w:hyperlink r:id="rId454" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01910096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Survival of patients with skin melanoma in Europe increases further: Results of the EUROCARE-5 study</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Assessment of the ecological bias of seven aggregate social deprivation indices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josephine Bryere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Pornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId456" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nane Copin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Gusto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Cancer</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BMC Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17 (1), pp.86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12889-016-4007-8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId453" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05510051v1</w:t>
+            <w:hyperlink r:id="rId455" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01438556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digestive cancers and occupational asbestos exposure: incidence study in a cohort of asbestos plant workers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId277" w:history="1">
+                <w:t xml:space="preserve">Analyse des déterminants médico-sociaux du maintien en emploi des patients atteints d’une hémopathie maligne (protocole ADAMENTINE). Résultats de l’étude pilote</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Clin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Heutte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Troussard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Lydia Guittet</w:t>
+            <w:hyperlink r:id="rId460" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ganghi-Laurent Damaj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Occupational and Environmental Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/oemed-2015-102871⟩</w:t>
+              <w:t xml:space="preserve">Archives des Maladies Professionnelles et de L'Environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 77 (3), pp.383. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId461" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.admp.2016.03.054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId455" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02456993v1</w:t>
+            <w:hyperlink r:id="rId459" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02359098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Age and case mix-standardised survival for all cancer patients in Europe 1999–2007: Results of EUROCARE-5, a population-based study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sandra Mallone</w:t>
+                <w:t xml:space="preserve">Pancreatic cancer: Wait times from presentation to treatment and survival in a population-based study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Jooste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId463" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Arveux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId464" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Maynadie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Cancer</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 139 (5), pp.1073 - 1080. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId465" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ijc.30166⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ejca.2015.07.025⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05510031v1</w:t>
+                <w:t xml:space="preserve">hal-01413391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Access to preemptive registration on the waiting list for renal transplantation: a hierarchical modeling approach</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Francois Westeel</w:t>
+                <w:t xml:space="preserve">Influence of a screening navigation program on social inequalities in health beliefs about colorectal cancer screening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Vallet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydia Guittet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transplant International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/tri.12592⟩</w:t>
+              <w:t xml:space="preserve">Journal of Health Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 21 (8), pp.1700-1710. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1359105314564018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId463" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02506384v1</w:t>
+            <w:hyperlink r:id="rId466" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Incidence and patterns of late recurrences in colon cancer patients</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne‐marie Bouvier</w:t>
+                <w:t xml:space="preserve">Small-area geographic and socioeconomic inequalities in colorectal tumour detection in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId468" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abderrahmane Bourredjem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik-André Sauleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Cottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Launoy</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Manfredi</w:t>
+                <w:t xml:space="preserve">Olivier Dejardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ijc.29578⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Cancer Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 25 (4), pp.269 - 274. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/CEJ.0000000000000175⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId468" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05510036v1</w:t>
+            <w:hyperlink r:id="rId467" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01413371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Socioeconomic environment and cancer incidence: a French population-based study in Normandy.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne-Valérie Guizard</w:t>
+                <w:t xml:space="preserve">Access to preemptive registration on the waiting list for renal transplantation: a hierarchical modeling approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Riffaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lobbedez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Hazzan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId475" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId476" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Francois Westeel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2407-14-87⟩</w:t>
+              <w:t xml:space="preserve">Transplant International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Transplant international, 28 (9), pp.1066-1073. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId477" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/tri.12592⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId471" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00950127v1</w:t>
+            <w:hyperlink r:id="rId473" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02506384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The influence of geographical access to health care and material deprivation on colorectal cancer survival: Evidence from France and England</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
+                <w:t xml:space="preserve">Incidence and patterns of late recurrences in colon cancer patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne‐marie Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId479" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Rollot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Manfredi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Health &amp; Place</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 137 (9), pp.2133-2138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId480" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ijc.29578⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.healthplace.2014.08.002⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-01870353v1</w:t>
+                <w:t xml:space="preserve">hal-05510036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Management of colorectal cancer explains differences in 1-year relative survival between France and England for patients diagnosed 1997–2004</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Survival of patients with skin melanoma in Europe increases further: Results of the EUROCARE-5 study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Launoy G</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Cancer</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId479" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-01895816v1</w:t>
+            <w:hyperlink r:id="rId481" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05510051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Population-based Comparison of Immunochemical Fecal Occult Blood Tests for Colorectal Cancer Screening</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thibaut Raginel</w:t>
+                <w:t xml:space="preserve">Digestive cancers and occupational asbestos exposure: incidence study in a cohort of asbestos plant workers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Morlais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Josette Puvinel</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Romuald Levillain</w:t>
+                <w:t xml:space="preserve">Françoise Galateau-Sallé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydia Guittet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gastroenterology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1053/j.gastro.2013.01.042⟩</w:t>
+              <w:t xml:space="preserve">Occupational and Environmental Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 72 (11), pp.792-797. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/oemed-2015-102871⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02465033v1</w:t>
+                <w:t xml:space="preserve">hal-02456993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volume of surgical activity and lymph node evaluation for patients with colorectal cancer in France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Dejardin</w:t>
+                <w:t xml:space="preserve">Age and case mix-standardised survival for all cancer patients in Europe 1999–2007: Results of EUROCARE-5, a population-based study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paolo Baili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Di Salvo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Marcos-Gragera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Siesling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edouard Ruault</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+                <w:t xml:space="preserve">Sandra Mallone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digestive and Liver Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 44 (3), pp.261-267. </w:t>
+              <w:t xml:space="preserve">European Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 51 (15), pp.2120-2129. </w:t>
             </w:r>
             <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dld.2011.10.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejca.2015.07.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId491" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05495609v1</w:t>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05510031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pulmonary nodules detected by thoracic computed tomography scan after exposure to asbestos: diagnostic significance.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Clin</w:t>
+                <w:t xml:space="preserve">The influence of geographical access to health care and material deprivation on colorectal cancer survival: Evidence from France and England</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Dejardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Luc</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Morlais</w:t>
+                <w:t xml:space="preserve">A.P. Jones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chrisophe Paris</w:t>
+                <w:t xml:space="preserve">B. Rachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Ameille</w:t>
+                <w:t xml:space="preserve">E. Morris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Tuberculosis and Lung Disease</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 15 (12), pp.1707-14. </w:t>
+              <w:t xml:space="preserve">Health &amp; Place</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 30, pp.36 - 44. </w:t>
             </w:r>
             <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5588/ijtld.11.0008⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.healthplace.2014.08.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId492" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00660128v1</w:t>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01870353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inégalités sociales, de santé du constat à l’action – Intérêt de la mise en place d’un accompagnement personnalisé pour la réduction des inégalités sociales en cancérologie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Socioeconomic environment and cancer incidence: a French population-based study in Normandy.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josephine Bryere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dejardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Elodie Guillaume</w:t>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Colonna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Valérie Guizard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidemiology and Public Health = Revue d'Epidémiologie et de Santé Publique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.respe.2010.10.008⟩</w:t>
+              <w:t xml:space="preserve">BMC Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 14 (1), pp.87. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2407-14-87⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01934292v2</w:t>
+                <w:t xml:space="preserve">inserm-00950127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId500" w:history="1">
+            <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Socio-geographical determinants of colonoscopy uptake after faecal occult blood test</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Management of colorectal cancer explains differences in 1-year relative survival between France and England for patients diagnosed 1997–2004</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Rachet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Morris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Dupont-Lucas</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Guy Launoy</w:t>
+                <w:t xml:space="preserve">Véronique Jooste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digestive and Liver Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dld.2011.03.003⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 108 (4), pp.775 - 783. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/bjc.2013.33⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId504" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-05495651v1</w:t>
+            <w:hyperlink r:id="rId499" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01895816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId505" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Health-related quality of life among long-term survivors of colorectal cancer: a population-based study.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Population-based Comparison of Immunochemical Fecal Occult Blood Tests for Colorectal Cancer Screening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Raginel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId504" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josette Puvinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ferrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agnès Caravati-Jouvenceaux</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Edwige Abeilard</w:t>
+                <w:t xml:space="preserve">Romuald Levillain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oncologist</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1634/theoncologist.2011-0036⟩</w:t>
+              <w:t xml:space="preserve">Gastroenterology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 144 (5), pp.918-925. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1053/j.gastro.2013.01.042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId505" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00682922v1</w:t>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02465033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId511" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nuclear morphology for the detection of alterations in bronchial cells from lung cancer: an attempt to improve sensitivity and specificity.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId304" w:history="1">
+                <w:t xml:space="preserve">Colorectal cancer screening: Why immunochemical faecal occult blood test performs as well with either one or two samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydia Guittet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Guy Launoy</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Levillain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical and Quantitative Cytology and Histology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Digestive and Liver Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 44 (8), pp.694-699. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId510" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dld.2012.03.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00765310v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Competing risk models to estimate the excess mortality and the first recurrent-event hazards.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Volume of surgical activity and lymph node evaluation for patients with colorectal cancer in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Launoy</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Olivier Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Ruault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Jooste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId514" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Pornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Medical Research Methodology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Digestive and Liver Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 44 (3), pp.261-267. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId514" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dld.2011.10.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId515" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1471-2288-11-78⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-00617207v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05495609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cost-effectiveness analysis of the optimal threshold of an automated immunochemical test for colorectal cancer screening: performances of immunochemical colorectal cancer screening</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pulmonary nodules detected by thoracic computed tomography scan after exposure to asbestos: diagnostic significance.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Clin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId517" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Luc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Morlais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId518" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chrisophe Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId519" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Ameille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Technology Assessment in Health Care</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Tuberculosis and Lung Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 15 (12), pp.1707-14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId520" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5588/ijtld.11.0008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00478493v1</w:t>
+                <w:t xml:space="preserve">inserm-00660128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId517" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of pleural cancers and malignant pleural mesothelioma incidence in France between 1980 and 2005.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Astoul</w:t>
+                <w:t xml:space="preserve">Socio-geographical determinants of colonoscopy uptake after faecal occult blood test</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Dupont-Lucas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId523" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dancourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ijc.24711⟩</w:t>
+              <w:t xml:space="preserve">Digestive and Liver Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 43 (9), pp.714-720. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId524" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dld.2011.03.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId517" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00421609v1</w:t>
+            <w:hyperlink r:id="rId525" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId521" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05495651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId523" w:history="1">
+            <w:hyperlink r:id="rId526" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eliciting population preferences for mass colorectal cancer screening organization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Inégalités sociales, de santé du constat à l’action – Intérêt de la mise en place d’un accompagnement personnalisé pour la réduction des inégalités sociales en cancérologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Berchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId524" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId527" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid Mignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Pornet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical Decision Making</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Epidemiology and Public Health = Revue d'Epidémiologie et de Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 59 (1), pp.45-51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.respe.2010.10.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId523" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00478487v1</w:t>
+            <w:hyperlink r:id="rId526" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01934292v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId525" w:history="1">
+            <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pancreatic cancer: Incidence, treatment and survival trends - 1175 cases in Calvados (France) from 1978 to 2002.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Reimund</w:t>
+                <w:t xml:space="preserve">Health-related quality of life among long-term survivors of colorectal cancer: a population-based study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId530" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Caravati-Jouvenceaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId531" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Klein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId532" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Henry-Amar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId533" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Abeilard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gastroentérologie Clinique et Biologique / Research and Clinics in Hepatology and Gastroenterology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gcb.2009.04.011⟩</w:t>
+              <w:t xml:space="preserve">Oncologist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 16 (11), pp.1626-1636. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId534" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1634/theoncologist.2011-0036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId525" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00421537v1</w:t>
+            <w:hyperlink r:id="rId529" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00682922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId531" w:history="1">
+            <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Occupational asbestos exposure and digestive cancers - a cohort study.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">N. Desoubeaux</w:t>
+                <w:t xml:space="preserve">Analytical Comparison of Three Quantitative Immunochemical Fecal Occult Blood Tests for Colorectal Cancer Screening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydia Guittet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Levillain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId536" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Beley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId537" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Tichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alimentary Pharmacology &amp; Therapeutics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2036.2009.04050.x⟩</w:t>
+              <w:t xml:space="preserve">Cancer Epidemiology, Biomarkers and Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 20 (7), pp.1492-1501. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1158/1055-9965.EPI-10-0594⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId531" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00421648v1</w:t>
+            <w:hyperlink r:id="rId535" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId535" w:history="1">
+            <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The French medico-legal concept of aptitude and fitness appraisal by occupational physicians: an ethical issue?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId275" w:history="1">
+                <w:t xml:space="preserve">Nuclear morphology for the detection of alterations in bronchial cells from lung cancer: an attempt to improve sensitivity and specificity.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Mélanie Fafin-Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Morlais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydia Guittet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Clin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId536" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Frédérique Papin</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medicine and Law</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 28 (2), pp.317-36</w:t>
+              <w:t xml:space="preserve">Analytical and Quantitative Cytology and Histology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 33 (4), pp.183-95</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId535" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00421601v1</w:t>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00765310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId540" w:history="1">
+            <w:hyperlink r:id="rId541" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance of immunochemical faecal occult blood test in colorectal cancer screening in average-risk population according to positivity threshold and number of samples.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId304" w:history="1">
+                <w:t xml:space="preserve">Seasonal variations of immunochemical and gaiac faecal occult blood tests: Table 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydia Guittet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId541" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Cancer</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Gut</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 60 (3), pp.423.3-424. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/gut.2010.224535⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId543" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ijc.24407⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-00421620v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId541" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Socioeconomic Determinants for Compliance to Colorectal Cancer Screening. A Multilevel Analysis.</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Competing risk models to estimate the excess mortality and the first recurrent-event hazards.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Belot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Remontet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Jooste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId545" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roch Giorgi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Epidemiology and Community Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/jech.2008.081117⟩</w:t>
+              <w:t xml:space="preserve">BMC Medical Research Methodology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 11 (1), pp.78. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2288-11-78⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId546" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00421598v1</w:t>
+                <w:t xml:space="preserve">inserm-00617207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eliciting Population Preferences for Mass Colorectal Cancer Screening Organization.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cost-effectiveness analysis of the optimal threshold of an automated immunochemical test for colorectal cancer screening: performances of immunochemical colorectal cancer screening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Berchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydia Guittet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Launoy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical Decision Making</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal of Technology Assessment in Health Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 26(1), pp.48-53</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId547" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00421606v1</w:t>
+                <w:t xml:space="preserve">halshs-00478493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId549" w:history="1">
+            <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance of chest radiograph and CT scan for lung cancer screening in asbestos-exposed workers.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lydia Guittet</w:t>
+                <w:t xml:space="preserve">Evolution of pleural cancers and malignant pleural mesothelioma incidence in France between 1980 and 2005.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId549" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nolwenn Le Stang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Belot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId550" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Gislard</w:t>
+                <w:t xml:space="preserve">Anabelle Gilg Soit Ilg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId551" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.-F. Marquignon</w:t>
+                <w:t xml:space="preserve">P. Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId552" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Astoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Occupational and Environmental Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/oem.2008.041525⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 126, pp.232-238. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId553" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ijc.24711⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId553" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">inserm-00421655v1</w:t>
+            <w:hyperlink r:id="rId548" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00421609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of a guaiac and an immunochemical faecal occult blood test for the detection of colonic lesions according to lesion type and location.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Eliciting population preferences for mass colorectal cancer screening organization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Berchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId555" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximilien Nayaradou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Cancer</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Medical Decision Making</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 30, pp.224-233</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00421621v1</w:t>
+                <w:t xml:space="preserve">halshs-00478487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cancer incidence and mortality in France over the period 1980-2005.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pancreatic cancer: Incidence, treatment and survival trends - 1175 cases in Calvados (France) from 1978 to 2002.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId557" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Jougla</w:t>
+                <w:t xml:space="preserve">Anne-Charlotte Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId558" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ellen Benhamou</w:t>
+                <w:t xml:space="preserve">Jean Maurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId559" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Boutreux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId560" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Reimund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidemiology and Public Health = Revue d'Epidémiologie et de Santé Publique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.respe.2008.03.117⟩</w:t>
+              <w:t xml:space="preserve">Gastroentérologie Clinique et Biologique / Research and Clinics in Hepatology and Gastroenterology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, epub ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId561" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gcb.2009.04.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId556" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00338335v1</w:t>
+                <w:t xml:space="preserve">inserm-00421537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId560" w:history="1">
+            <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trends in incidence of digestive cancers in France.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pascale Grosclaude</w:t>
+                <w:t xml:space="preserve">Occupational asbestos exposure and digestive cancers - a cohort study.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Clin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Morlais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId563" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Dubois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Valérie Guizard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId564" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Desoubeaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Cancer Prevention</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Alimentary Pharmacology &amp; Therapeutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 30 (4), pp.364-74. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId565" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2036.2009.04050.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId562" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1097/CEJ.0b013e32809b4cba⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-00332715v1</w:t>
+                <w:t xml:space="preserve">inserm-00421648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId563" w:history="1">
+            <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cancer prevalence in France: time trend, situation in 2002 and extrapolation to 2012.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Simona Bara</w:t>
+                <w:t xml:space="preserve">The French medico-legal concept of aptitude and fitness appraisal by occupational physicians: an ethical issue?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Clin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId567" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryvonne Gournay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId568" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Letourneux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId569" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-France Marquignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId570" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Papin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Cancer</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Medicine and Law</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 28 (2), pp.317-36</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ejca.2007.10.022⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">inserm-00332710v1</w:t>
+                <w:t xml:space="preserve">inserm-00421601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId568" w:history="1">
+            <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The performance of multiple imputation for missing covariate data within the context of regression relative survival analysis.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean Gaudart</w:t>
+                <w:t xml:space="preserve">Socioeconomic Determinants for Compliance to Colorectal Cancer Screening. A Multilevel Analysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Pornet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Olivier Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Morlais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Guy Launoy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Statistics in Medicine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Epidemiology and Community Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, epub ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId572" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/jech.2008.081117⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId573" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/sim.3476⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00492581v1</w:t>
+                <w:t xml:space="preserve">inserm-00421598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId573" w:history="1">
+            <w:hyperlink r:id="rId574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Survival of cancer patients in France: a population-based study from The Association of the French Cancer Registries (FRANCIM).</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Belot</w:t>
+                <w:t xml:space="preserve">Performance of immunochemical faecal occult blood test in colorectal cancer screening in average-risk population according to positivity threshold and number of samples.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydia Guittet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nabil Maarouf</w:t>
+                <w:t xml:space="preserve">Nicole Mariotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId576" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Vallee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Levillain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejca.2006.07.021⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 125 (5), pp.1127-33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId577" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ijc.24407⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId577" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">inserm-00346768v1</w:t>
+            <w:hyperlink r:id="rId574" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00421620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Place of multidisciplinary consulting meetings and clinical trials in the management of colorectal cancer in France in 2000.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Eliciting Population Preferences for Mass Colorectal Cancer Screening Organization.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId555" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximilien Nayaradou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Berchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Marie Bouvier</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gastroentérologie Clinique et Biologique / Research and Clinics in Hepatology and Gastroenterology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/s0399-8320(07)89375-4⟩</w:t>
+              <w:t xml:space="preserve">Medical Decision Making</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 30 (2), pp.224-33. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId579" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0272989X09342747⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00492899v1</w:t>
+                <w:t xml:space="preserve">inserm-00421606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId581" w:history="1">
+            <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social and geographic disparities in access to reference care site for patients with colorectal cancer in France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Performance of chest radiograph and CT scan for lung cancer screening in asbestos-exposed workers.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Clin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Morlais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydia Guittet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId581" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gislard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O Dejardin</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">A Buemi</w:t>
+                <w:t xml:space="preserve">M.-F. Marquignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/sj.bjc.6602571⟩</w:t>
+              <w:t xml:space="preserve">Occupational and Environmental Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 66 (8), pp.529-34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId583" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/oem.2008.041525⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId581" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05495598v1</w:t>
+            <w:hyperlink r:id="rId584" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId580" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00421655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId588" w:history="1">
+            <w:hyperlink r:id="rId585" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social and geographical factors influencing the delay in treatment for colorectal cancer</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F Ménégoz</w:t>
+                <w:t xml:space="preserve">Comparison of a guaiac and an immunochemical faecal occult blood test for the detection of colonic lesions according to lesion type and location.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydia Guittet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId575" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Mariotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId576" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Vallee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romuald Levillain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">British Journal of Cancer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, 91 (9), pp.1751-1752. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/sj.bjc.6602170⟩</w:t>
+              <w:t xml:space="preserve">, 2009, 100 (8), pp.1230-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId586" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/sj.bjc.6604996⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId588" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05495592v1</w:t>
+            <w:hyperlink r:id="rId585" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00421621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId591" w:history="1">
+            <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Cancer incidence and mortality in France over the period 1980-2005.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Belot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Grosclaude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Bossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId588" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Jougla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId589" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ellen Benhamou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Epidemiology and Public Health = Revue d'Epidémiologie et de Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 56 (3), pp.159-75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId590" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.respe.2008.03.117⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId587" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00338335v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId591" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trends in incidence of digestive cancers in France.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId592" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Côme Lepage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Remontet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Trétarre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Grosclaude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Cancer Prevention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 17 (1), pp.13-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId593" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/CEJ.0b013e32809b4cba⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId591" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00332715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId594" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cancer prevalence in France: time trend, situation in 2002 and extrapolation to 2012.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Colonna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId595" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlette Danzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Delafosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId596" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simona Bara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 44 (1), pp.115-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId597" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejca.2007.10.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId598" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId594" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00332710v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId599" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The performance of multiple imputation for missing covariate data within the context of regression relative survival analysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId545" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roch Giorgi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Belot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId600" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Gaudart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId601" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Non Renseigné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Statistics in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 27 (30), pp.6310-6331. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId602" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/sim.3476⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId603" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId599" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00492581v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId604" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Survival of cancer patients in France: a population-based study from The Association of the French Cancer Registries (FRANCIM).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Bossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId605" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Velten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Remontet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Belot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId606" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nabil Maarouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 43 (1), pp.149-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId607" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejca.2006.07.021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId608" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId604" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00346768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId609" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Place of multidisciplinary consulting meetings and clinical trials in the management of colorectal cancer in France in 2000.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId610" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId595" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arlette Danzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Grosclaude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Delafosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gastroentérologie Clinique et Biologique / Research and Clinics in Hepatology and Gastroenterology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 31 (3), pp.286-291. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId611" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s0399-8320(07)89375-4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId609" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00492899v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId612" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Social and geographic disparities in access to reference care site for patients with colorectal cancer in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId613" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A-M Bouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId614" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Herbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId615" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Velten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId616" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Buemi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">British Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 92 (10), pp.1842-1845. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId617" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/sj.bjc.6602571⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId612" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05495598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId618" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Social and geographical factors influencing the delay in treatment for colorectal cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId614" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Herbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId615" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Velten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId616" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Buemi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId619" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Ménégoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">British Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 91 (9), pp.1751-1752. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId620" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/sj.bjc.6602170⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId618" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05495592v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId621" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Reproductive factors and breast cancer risk. Effect of age at diagnosis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId592" w:history="1">
+            <w:hyperlink r:id="rId622" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Clavel-Chapelon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Launoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId593" w:history="1">
+            <w:hyperlink r:id="rId623" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Auquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId594" w:history="1">
+            <w:hyperlink r:id="rId624" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Gairard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId595" w:history="1">
+            <w:hyperlink r:id="rId625" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Brémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Epidemiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1995, 5 (4), pp.315-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId591" w:history="1">
+            <w:hyperlink r:id="rId621" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00176879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -20512,432 +21574,562 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId596" w:history="1">
+            <w:hyperlink r:id="rId626" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indice d'accessibilité (SCALe) aux soins en France métropolitaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohand Medjkane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dejardin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Société Française de Santé Publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Saint-Etienne (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId596" w:history="1">
+            <w:hyperlink r:id="rId626" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05043031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId597" w:history="1">
+            <w:hyperlink r:id="rId627" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de la perception du risque sur les conduites de dépistage de femmes jeunes asymptomatiques non porteuses d’une mutation familiale liée aux gènes BRCA1/2.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId598" w:history="1">
+            <w:hyperlink r:id="rId628" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Duprez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId599" w:history="1">
+            <w:hyperlink r:id="rId629" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId600" w:history="1">
+            <w:hyperlink r:id="rId630" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Milhabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astrid Mignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId601" w:history="1">
+            <w:hyperlink r:id="rId631" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Krzeminski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium « Sciences Sociales et Oncologie », Cancéropôle CLARA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2009, LYON, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId597" w:history="1">
+            <w:hyperlink r:id="rId627" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04482286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId602" w:history="1">
+            <w:hyperlink r:id="rId632" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The European Deprivation Index: A Tool to Help Build an Evidence-Based Cancer Policy for Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Launoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joséphine Bryère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Dejardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Social Environment and Cancer in Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer International Publishing, pp.13-19, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId633" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-69329-9_3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId632" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05558386v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId634" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Apport des profils de croyances en santé sur le dépistage du cancer colorectal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Guillaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Dejardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydia Guittet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Berchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Evolyutions sociales, innovations et politiques : Nouveaux enjeux en psychologie de la santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions des archives contemporaines, pp.75-78, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId602" w:history="1">
+            <w:hyperlink r:id="rId634" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02509701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -20947,154 +22139,154 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId603" w:history="1">
+            <w:hyperlink r:id="rId635" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact Of Risk Perception And Emotion Regulation Strategies on Cancer Screening Practices of Young Unaffected Non-carriers Women Within BRCA1/2 Mutation–Positive Families</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId598" w:history="1">
+            <w:hyperlink r:id="rId628" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Duprez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId599" w:history="1">
+            <w:hyperlink r:id="rId629" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Veronique Christophe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId600" w:history="1">
+            <w:hyperlink r:id="rId630" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Milhabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId498" w:history="1">
+            <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Astrid Mignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId601" w:history="1">
+            <w:hyperlink r:id="rId631" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelie Krzeminski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IPOS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Quebec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId603" w:history="1">
+            <w:hyperlink r:id="rId635" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04483892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -21104,287 +22296,287 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId604" w:history="1">
+            <w:hyperlink r:id="rId636" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cancer et environnement : expertise collective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId605" w:history="1">
+            <w:hyperlink r:id="rId637" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Baldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId606" w:history="1">
+            <w:hyperlink r:id="rId638" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId607" w:history="1">
+            <w:hyperlink r:id="rId639" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Barouki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId608" w:history="1">
+            <w:hyperlink r:id="rId640" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simone Benhamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId609" w:history="1">
+            <w:hyperlink r:id="rId641" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Bénichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Institut national de la santé et de la recherche médicale(INSERM). 2008, XVII - 889 p., illustrations, figures, tableaux, graphiques et cartes, références bibliographiques</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId604" w:history="1">
+            <w:hyperlink r:id="rId636" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01570675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId610" w:history="1">
+            <w:hyperlink r:id="rId642" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cancer : approche méthodologique du lien avec l'environnement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId606" w:history="1">
+            <w:hyperlink r:id="rId638" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId607" w:history="1">
+            <w:hyperlink r:id="rId639" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Barouki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId608" w:history="1">
+            <w:hyperlink r:id="rId640" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simone Benhamou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId609" w:history="1">
+            <w:hyperlink r:id="rId641" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Bénichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacqueline Clavel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Institut national de la santé et de la recherche médicale(INSERM). 2005, 96 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId610" w:history="1">
+            <w:hyperlink r:id="rId642" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01571691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId611"/>
+      <w:footerReference w:type="default" r:id="rId643"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -21452,51 +22644,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="15661455"/>
+    <w:nsid w:val="F48CC3F9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21600,51 +22792,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="EB43E8A2"/>
+    <w:nsid w:val="96AB7BB7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21834,51 +23026,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/guy-launoy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7052-0242" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533479v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Ad&#233;la&#239;de" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien G&#233;nard-Walton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Guilbert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Nakamura" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;r&#232;ne Wagner" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.5c10602" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419488v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chaigneau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dejardin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thu Nga Nguyen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Bouvier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Gardy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-025-15174-w" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008584v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Wilson" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ophelie Merville" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rollet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10654-024-01199-1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028764v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Vandentorren" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Stempfelet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00484-025-02895-7" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419503v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Jooste" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Nousbaum" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Alves" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Woronoff" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Launoy" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamanetworkopen.2025.41732" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419547v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Pouchin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Genin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Bara" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vigneron" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jech-2024-222704" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05381784v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05115102v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Desandes" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Clavel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Molini&#233;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Delafosse" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Tr&#233;tarre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/jayao.2024.0136" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419533v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419525v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419516v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00484-025-02923-6" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419496v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadidiatou Diallo" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Lepeule" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Launay" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2025.122434" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419510v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Botta" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Capocaccia" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Bernasconi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Rossi" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaume Galceran" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aje/kwaf148" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198590v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482807v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Guillot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Medjkane" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph21030276" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430572v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;marie Bouvier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Lillini" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Marcos-Gragera" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Katalinic" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.34944" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430554v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Delort" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Philip" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gallou" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anael Dumont" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Deshayes" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbspin.2024.105742" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419555v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Gardy" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;val&#233;rie Guizard" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bouvier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cncr.35519" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198631v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419541v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Merville" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bonnet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Giovanni Camarda" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Cambois" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12939-024-02310-4" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987353v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Sant" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Vener" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Bonfarnuzzo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1470-2045(24)00141-4" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04278144v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Grosclaude" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Defossez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Daubisse" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dld.2023.10.012" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444139v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Hough" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emie Seyve" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itai Kloog" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Fifre" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41370-024-00641-6" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430584v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta de Angelis" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Demuru" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Baili" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Troussard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1470-2045(23)00646-0" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198604v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430563v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788782v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430596v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jviscsurg.2023.04.009" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04142554v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Deshayes-Pin&#231;on" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Morlais" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Roth-Delgado" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Merckel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Lacour" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2023.116425" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430591v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Comoz" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ollivier-Hourmand" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Nousbaum" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/liv.15784" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430590v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Guillaume" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2023.1310315" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430593v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimilia Exarchakou" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Rubio" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ypmed.2023.107587" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198637v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Val&#233;rie Guizard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Tron" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers15051516" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385849v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Remontet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fauvernier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Rachet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Belot" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers15030659" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430599v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pouchucq" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lee Bion" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Savey" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm12062132" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430605v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Auge" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Menahem" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11216310" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430607v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Grancher" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Quertier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canep.2022.102240" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198644v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krystaelle Derette" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Bryere" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/cej.0000000000000732" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597864v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoewendtale Cyrille Compaore" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Monnet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Gerazime" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Molinie" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Valerie Guizard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10552-021-01536-9" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430052v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Poiseuil" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie Woronoff" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Tretarre" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dabakuyo-Yonli" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.33803" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495555v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Mulliri" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Cariou" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Robaszkiewicz" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers14071777" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430621v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Thomas" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dld.2021.06.029" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430619v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Le Roux" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11695-022-05937-w" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430623v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Charvin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Moutel" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Berchi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.221.0107" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430611v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Cardoso" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Guo" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Heisser" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harlinde de Schutter" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy van Damme" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2468-1253(22)00084-X" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056148v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198648v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Bry&#232;re" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph19042311" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430617v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430609v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Guillaume" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Beuriot" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-022-06480-w" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03589186v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers13174374" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05469593v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; Sanchez-Perez" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; Bento" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Rocha Rodrigues" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dld.2021.01.021" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03099607v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Dolladille" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe-Elie Salem" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Legallois" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aje/kwaa203" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05469590v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Reques" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rolland" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lallemand" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najat Lahmidi" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezequiel Aranda-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12905-021-01356-8" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03312736v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04215546v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers13205156" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430626v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Calvar" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel Boyer" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lobbedez" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TXD.0000000000001203" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370000v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Bignon" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-021-07022-x" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03589176v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my de Mil" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ypmed.2021.106692" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03244842v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lubrano" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0000000000003340" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671648v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Altieri" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier S&#233;r&#233;e" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Segol" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Abergel" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinre.2020.07.019" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469610v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Thobie" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/heq.2019.0099" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05469585v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05469582v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Hackl" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Ihle" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1470-2045(21)00199-6" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002988v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02469442v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Calocer" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Kwiatkowski" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bourre" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Vermersch" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msard.2020.101930" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852497v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Clin" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Heutte" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Boulanger" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Cornet" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13104-020-05149-4" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03099628v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03361966v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Raginel" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Grandazzi" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Trocm&#233;" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Christophe" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-020-05479-w" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469617v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tittarelli" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Bertoldi" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ritchie" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/398_2020_58" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02115700v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ch&#226;telet" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gatault" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hazzan" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Anglicheau" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tri.13429" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02450959v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Bryere" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenn Menvielle" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12939-019-1087-y" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469619v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Garnier" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Guittet" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CEJ.0000000000000557" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02110830v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bulcan.2019.01.011" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488165v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Eid" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Dolet" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surg.2019.04.007" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02110139v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/ijgc-2018-000097" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02271030v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gaillard" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Saint-G&#233;rand" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0221417" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02108977v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimen Al Mahjoub" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bazille" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Fohlen" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MEG.0000000000001337" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02448146v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jval.2019.06.001" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02100771v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00384-019-03272-8" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01856017v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Droulon" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Defer" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0191646" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509968v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Isabel Ribeiro" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Teixeira Krainski" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilia S&#225; Carvalho" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Pornet" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00038-018-1081-y" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02194324v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence B&#233;chade" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40620-016-0356-8" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02096495v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jval.2017.09.020" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509960v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bachelier" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Paye" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Patrice Le Treut" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Chiche" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CEJ.0000000000000326" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02194316v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Brugi&#232;res" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pbc.27235" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01856011v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vesna Zadnik" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarina Lokar" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina &#381;agar" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Primic &#381;akelj" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/sjph-2018-0007" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01856003v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Charvat" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/CLEP.S150848" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385946v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Bossard" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.31951" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01983530v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Duchange" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Darquy" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bulcan.2018.04.008" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01845486v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Kulh&#225;nov&#225;" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Eilstein" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.31328" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02107199v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique Barros" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0208320" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02103296v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.suronc.2018.10.008" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WR13Z79M-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02095668v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejso.2018.03.024" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01961039v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01798650v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Bayat" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vigneau" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tri.13161" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02093911v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Bouvier" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dld.2017.10.015" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G9SLNV9N-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02194317v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nep.13091" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02000599v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lt.25310" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509995v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lap&#244;tre-Ledoux" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MD.0000000000007285" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509997v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Duvoux" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lt.24758" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02091197v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ypmed.2017.04.006" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TMKQ54V1-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02092471v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ypmed.2017.08.012" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QDSBG2G6-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541663v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Uhry" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Drouillard" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ije/dyx088" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02042680v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dupont" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvir.2016.12.1218" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01578588v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oraloncology.2017.06.014" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509990v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Papin-Lefebvre" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.healthpol.2017.08.013" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GBDHP2HT-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535541v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Castro" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Manfredi" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CEJ.0000000000000308" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02367141v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jech-2015-205729" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910096v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01943527v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Vallet" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1359105314564018" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01438556v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nane Copin" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Gusto" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-016-4007-8" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359098v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ganghi-Laurent Damaj" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.admp.2016.03.054" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01413391v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Arveux" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Maynadie" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.30166" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01413371v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fournel" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Bourredjem" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik-Andr&#233; Sauleau" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Cottet" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CEJ.0000000000000175" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01344998v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Ligier" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Benoit" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Babin" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-016-2531-7" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363581v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Colonna" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510015v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00405-016-4056-8" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510051v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Launoy G" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02456993v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Galateau-Sall&#233;" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/oemed-2015-102871" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510031v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Salvo" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Siesling" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Mallone" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2015.07.025" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02506384v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Riffaut" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bertrand" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Francois Westeel" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tri.12592" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510036v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Rollot" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.29578" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00950127v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2407-14-87" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01870353v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dejardin" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.P. Jones" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rachet" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Morris" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.healthplace.2014.08.002" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01895816v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Morris" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Jooste" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/bjc.2013.33" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465033v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Puvinel" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ferrand" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Levillain" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.gastro.2013.01.042" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495609v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Ruault" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dld.2011.10.003" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1K9HK9T9-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00660128v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Luc" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrisophe Paris" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Ameille" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5588/ijtld.11.0008" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01934292v2" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Mignon" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2010.10.008" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495651v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dupont-Lucas" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dancourt" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dld.2011.03.003" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8QNMZW5Q-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682922v1" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Caravati-Jouvenceaux" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Klein" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Henry-Amar" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Abeilard" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1634/theoncologist.2011-0036" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00765310v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie M&#233;lanie Fafin-Lefevre" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00617207v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roch Giorgi" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2288-11-78" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00478493v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00421609v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Le Stang" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabelle Gilg Soit Ilg" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rolland" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Astoul" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.24711" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00478487v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Nayaradou" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00421537v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Charlotte Lefebvre" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Maurel" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boutreux" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Reimund" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gcb.2009.04.011" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00421648v1" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Dubois" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Desoubeaux" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2036.2009.04050.x" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00421601v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Gournay" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Letourneux" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Marquignon" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Papin" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00421620v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Mariotte" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Vallee" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.24407" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00421598v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jech.2008.081117" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NVC-1DR39JDF-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00421606v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0272989X09342747" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00421655v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gislard" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-F. Marquignon" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/oem.2008.041525" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NVC-Z7SDHTT0-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00421621v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.bjc.6604996" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00338335v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jougla" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Benhamou" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2008.03.117" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00332715v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#244;me Lepage" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CEJ.0b013e32809b4cba" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00332710v1" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlette Danzon" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mitton" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2007.10.022" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J4Q0FLDM-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00492581v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gaudart" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Non Renseign&#233;" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sim.3476" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BX8NBS9Z-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00346768v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Velten" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Maarouf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2006.07.021" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WN80KPGV-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00492899v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bauvin" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0399-8320(07)89375-4" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495598v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Dejardin" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-M Bouvier" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Herbert" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Velten" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Buemi" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.bjc.6602571" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495592v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F M&#233;n&#233;goz" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.bjc.6602170" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00176879v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Clavel-Chapelon" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Auquier" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gairard" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Br&#233;mond" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043031v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04482286v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Duprez" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Christophe" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Milhabet" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Krzeminski" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02509701v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04483892v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-01570675v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Baldi" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bard" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Barouki" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Benhamou" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques B&#233;nichou" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-01571691v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/guy-launoy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7052-0242" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533479v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Ad&#233;la&#239;de" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien G&#233;nard-Walton" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Guilbert" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Nakamura" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;r&#232;ne Wagner" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.5c10602" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509954v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gnir&#233; Kon&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Beuriot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Launay" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Launoy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Guillaume" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.breast.2025.104686" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419510v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Botta" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riccardo Capocaccia" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Bernasconi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Rossi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaume Galceran" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aje/kwaf148" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198590v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadidiatou Diallo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Pouchin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Lepeule" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2025.122434" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419488v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chaigneau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dejardin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thu Nga Nguyen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Bouvier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Gardy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-025-15174-w" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05028764v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Vandentorren" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Stempfelet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00484-025-02895-7" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419503v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Jooste" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Nousbaum" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Alves" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Woronoff" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1001/jamanetworkopen.2025.41732" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008584v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Wilson" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ophelie Merville" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Rollet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10654-024-01199-1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419547v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Genin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Bara" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vigneron" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jech-2024-222704" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05115102v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Desandes" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Clavel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Molini&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Delafosse" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Tr&#233;tarre" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/jayao.2024.0136" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419525v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419516v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00484-025-02923-6" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419496v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788782v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Merville" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bonnet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlo Giovanni Camarda" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Cambois" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12939-024-02310-4" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430563v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milena Sant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Vener" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Lillini" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Bonfarnuzzo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1470-2045(24)00141-4" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430572v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;marie Bouvier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Marcos-Gragera" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Katalinic" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.34944" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482807v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Guillot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohand Medjkane" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph21030276" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430554v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Delort" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Philip" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gallou" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anael Dumont" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Deshayes" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbspin.2024.105742" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419555v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Gardy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;val&#233;rie Guizard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bouvier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cncr.35519" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198631v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04987353v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419541v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04278144v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Grosclaude" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Defossez" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Daubisse" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dld.2023.10.012" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444139v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Hough" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emie Seyve" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itai Kloog" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Fifre" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41370-024-00641-6" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430584v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta de Angelis" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Demuru" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Baili" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Troussard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1470-2045(23)00646-0" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198604v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430599v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pouchucq" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lee Bion" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Savey" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm12062132" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430596v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jviscsurg.2023.04.009" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430591v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertille Comoz" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ollivier-Hourmand" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;baptiste Nousbaum" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/liv.15784" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04142554v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Deshayes-Pin&#231;on" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Morlais" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Roth-Delgado" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Merckel" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Lacour" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2023.116425" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430590v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Guillaume" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2023.1310315" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430593v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimilia Exarchakou" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Rubio" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ypmed.2023.107587" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198637v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Val&#233;rie Guizard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Tron" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers15051516" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385849v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Remontet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fauvernier" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Rachet" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Belot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers15030659" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430605v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Auge" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Menahem" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11216310" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198644v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krystaelle Derette" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Bryere" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/cej.0000000000000732" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430607v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Grancher" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Quertier" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.canep.2022.102240" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03597864v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoewendtale Cyrille Compaore" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Monnet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Gerazime" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Molinie" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Valerie Guizard" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10552-021-01536-9" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03430052v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Poiseuil" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sophie Woronoff" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Tretarre" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dabakuyo-Yonli" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.33803" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495555v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Mulliri" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Cariou" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Robaszkiewicz" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers14071777" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430621v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavie Thomas" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dld.2021.06.029" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056148v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Charvin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Moutel" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Berchi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430623v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.221.0107" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430619v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Le Roux" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11695-022-05937-w" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430611v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Cardoso" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng Guo" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Heisser" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harlinde de Schutter" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy van Damme" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2468-1253(22)00084-X" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430617v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430609v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-022-06480-w" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05198648v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Bry&#232;re" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph19042311" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469610v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Thobie" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/heq.2019.0099" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05469582v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Hackl" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petra Ihle" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1470-2045(21)00199-6" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04002988v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Dolladille" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe-Elie Salem" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Legallois" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aje/kwaa203" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05469585v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my de Mil" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ypmed.2021.106692" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03589186v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers13174374" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03099607v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05469593v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; Sanchez-Perez" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Jos&#233; Bento" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Rocha Rodrigues" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dld.2021.01.021" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05469590v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Reques" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Rolland" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lallemand" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najat Lahmidi" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ezequiel Aranda-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12905-021-01356-8" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03312736v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04215546v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers13205156" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430626v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Calvar" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel Boyer" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lobbedez" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TXD.0000000000001203" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03370000v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Bignon" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-021-07022-x" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05558239v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-03244842v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Lubrano" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TP.0000000000003340" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03589176v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03671648v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Altieri" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier S&#233;r&#233;e" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Segol" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Abergel" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinre.2020.07.019" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05558255v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Vercelli" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Stracci" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerio Brunori" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessio Gili" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11205-020-02396-7" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02469442v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Calocer" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Kwiatkowski" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Bourre" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Vermersch" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msard.2020.101930" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05558254v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Christine Quertier" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Notari" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/spub.197.0059" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852497v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Clin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Heutte" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Boulanger" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Cornet" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13104-020-05149-4" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03099628v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03361966v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Raginel" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Grandazzi" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Trocm&#233;" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Christophe" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-020-05479-w" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469617v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tittarelli" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Bertoldi" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ritchie" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/398_2020_58" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02108977v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aimen Al Mahjoub" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bazille" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Fohlen" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MEG.0000000000001337" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02271030v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gaillard" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Saint-G&#233;rand" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0221417" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02100771v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Dolet" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Eid" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00384-019-03272-8" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02448146v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Guittet" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jval.2019.06.001" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02115700v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ch&#226;telet" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gatault" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hazzan" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Anglicheau" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tri.13429" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02450959v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Bryere" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenn Menvielle" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12939-019-1087-y" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05469619v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Garnier" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CEJ.0000000000000557" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02110830v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bulcan.2019.01.011" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03488165v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surg.2019.04.007" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02110139v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/ijgc-2018-000097" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02194317v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence B&#233;chade" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nep.13091" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02093911v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Bouvier" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dld.2017.10.015" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G9SLNV9N-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02000599v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lt.25310" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05558267v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Launoy" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Launay" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Dejardin" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Bry&#232;re" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/cky213.625" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01856017v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Droulon" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Defer" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0191646" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509968v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Isabel Ribeiro" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Teixeira Krainski" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilia S&#225; Carvalho" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Pornet" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00038-018-1081-y" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02194324v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40620-016-0356-8" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02194316v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Brugi&#232;res" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pbc.27235" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509960v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bachelier" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Paye" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Patrice Le Treut" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Chiche" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CEJ.0000000000000326" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02096495v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jval.2017.09.020" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01856003v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Charvat" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/CLEP.S150848" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04385946v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Bossard" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.31951" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01983530v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Duchange" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Darquy" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bulcan.2018.04.008" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01856011v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vesna Zadnik" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarina Lokar" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tina &#381;agar" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maja Primic &#381;akelj" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/sjph-2018-0007" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01845486v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivana Kulh&#225;nov&#225;" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Eilstein" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.31328" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02103296v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.suronc.2018.10.008" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WR13Z79M-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02095668v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejso.2018.03.024" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02107199v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique Barros" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0208320" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01961039v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01798650v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Bayat" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Vigneau" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tri.13161" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509997v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Duvoux" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/lt.24758" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509995v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lap&#244;tre-Ledoux" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/MD.0000000000007285" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02092471v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ypmed.2017.08.012" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QDSBG2G6-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02091197v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ypmed.2017.04.006" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TMKQ54V1-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01541663v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Uhry" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Drouillard" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ije/dyx088" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01578588v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oraloncology.2017.06.014" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02042680v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Dupont" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvir.2016.12.1218" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05558273v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05509990v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Papin-Lefebvre" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.healthpol.2017.08.013" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GBDHP2HT-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535541v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Castro" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Manfredi" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CEJ.0000000000000308" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510015v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00405-016-4056-8" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02363581v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Colonna" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01344998v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Ligier" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Benoit" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Babin" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12885-016-2531-7" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02367141v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jech-2015-205729" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01943527v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Vallet" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1359105314564018" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910096v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01438556v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nane Copin" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Gusto" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-016-4007-8" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02359098v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ganghi-Laurent Damaj" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.admp.2016.03.054" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01413391v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Arveux" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Maynadie" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.30166" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05558276v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01413371v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fournel" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahmane Bourredjem" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik-Andr&#233; Sauleau" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Cottet" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CEJ.0000000000000175" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02506384v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Riffaut" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Bertrand" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Francois Westeel" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tri.12592" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510036v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Rollot" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.29578" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510051v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Launoy G" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02456993v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Galateau-Sall&#233;" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/oemed-2015-102871" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05510031v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Salvo" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Siesling" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Mallone" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2015.07.025" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01870353v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Dejardin" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.P. Jones" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rachet" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Morris" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.healthplace.2014.08.002" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00950127v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2407-14-87" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01895816v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Morris" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Jooste" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/bjc.2013.33" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465033v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Puvinel" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ferrand" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romuald Levillain" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1053/j.gastro.2013.01.042" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05558280v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Ruiz" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dld.2012.03.005" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C2QV0NZX-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495609v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Ruault" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dld.2011.10.003" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1K9HK9T9-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00660128v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Luc" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrisophe Paris" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Ameille" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5588/ijtld.11.0008" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495651v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dupont-Lucas" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dancourt" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dld.2011.03.003" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8QNMZW5Q-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01934292v2" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Mignon" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2010.10.008" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00682922v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Caravati-Jouvenceaux" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Klein" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Henry-Amar" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Abeilard" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1634/theoncologist.2011-0036" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05558282v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Beley" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Tichet" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/1055-9965.EPI-10-0594" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00765310v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie M&#233;lanie Fafin-Lefevre" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05558284v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/gut.2010.224535" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NVC-43QG0N86-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00617207v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roch Giorgi" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2288-11-78" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00478493v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00421609v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Le Stang" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anabelle Gilg Soit Ilg" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rolland" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Astoul" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.24711" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00478487v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Nayaradou" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00421537v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Charlotte Lefebvre" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Maurel" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boutreux" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Reimund" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gcb.2009.04.011" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00421648v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Dubois" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Desoubeaux" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2036.2009.04050.x" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00421601v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryvonne Gournay" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Letourneux" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Marquignon" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Papin" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00421598v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jech.2008.081117" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NVC-1DR39JDF-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00421620v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Mariotte" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Vallee" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.24407" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00421606v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0272989X09342747" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00421655v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gislard" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-F. Marquignon" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/oem.2008.041525" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NVC-Z7SDHTT0-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00421621v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.bjc.6604996" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00338335v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Jougla" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Benhamou" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2008.03.117" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00332715v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#244;me Lepage" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CEJ.0b013e32809b4cba" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00332710v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlette Danzon" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mitton" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2007.10.022" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J4Q0FLDM-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00492581v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gaudart" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Non Renseign&#233;" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sim.3476" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BX8NBS9Z-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00346768v1" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Velten" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Maarouf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2006.07.021" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WN80KPGV-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00492899v1" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bauvin" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0399-8320(07)89375-4" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495598v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-M Bouvier" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Herbert" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Velten" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Buemi" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.bjc.6602571" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05495592v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F M&#233;n&#233;goz" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.bjc.6602170" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00176879v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Clavel-Chapelon" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Auquier" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Gairard" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Br&#233;mond" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043031v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04482286v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Duprez" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Christophe" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Milhabet" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Krzeminski" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05558386v1" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-69329-9_3" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02509701v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04483892v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-01570675v1" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Baldi" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bard" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Barouki" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Benhamou" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques B&#233;nichou" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-01571691v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>