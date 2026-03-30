--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -1740,263 +1740,263 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mer, Les Angellières et Les Cent Planches : Un habitat médiéval groupé aux origines anciennes : Centre-Val de Loire, Loir-et-Cher, 41 : rapport de fouilles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La Chaussée-Saint-Victor, Saint-Victor : Occupations en bord de Loire de l'Antiquité à la fin de la période moderne : Centre-Val de Loire, Loir-et-Cher : rapport de fouille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaël Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Salé</w:t>
+                <w:t xml:space="preserve">Céline Aunay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Cherdo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Denise Dalayeun</w:t>
+                <w:t xml:space="preserve">Cécile Bebien-Dabek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joël Mortreau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Grégory Poitevin</w:t>
+                <w:t xml:space="preserve">Jérôme Bouillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Braguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2023</w:t>
+              <w:t xml:space="preserve">Inrap CIF. 2023, 2 vol. (382, 461 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05070512v1</w:t>
+                <w:t xml:space="preserve">hal-04346743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Chaussée-Saint-Victor, Saint-Victor : Occupations en bord de Loire de l'Antiquité à la fin de la période moderne : Centre-Val de Loire, Loir-et-Cher : rapport de fouille</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mer, Les Angellières et Les Cent Planches : Un habitat médiéval groupé aux origines anciennes : Centre-Val de Loire, Loir-et-Cher, 41 : rapport de fouilles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Salé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Cherdo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Denise Dalayeun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Mortreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Poitevin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Aunay</w:t>
-[...68 lines deleted...]
-                <w:t xml:space="preserve">hal-04346743v1</w:t>
+                <w:t xml:space="preserve">halshs-05070512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Betz-le-Château, Château</w:t>
               </w:r>
@@ -2152,51 +2152,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaël Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Braguier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2019, 1 vol. (494 p.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -2513,51 +2513,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985898v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Roy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Yvernault" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947757v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ch&#233;roux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Del&#233;mont" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Fourr&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Pradat" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947844v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756921v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Couvin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Linger-Riquier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Robert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985498v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Holzem" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985944v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Dolbois" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tardy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364117v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Chimier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Denise Dalayeun" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Poitevin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Roubaud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03160769v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jesset" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Joly" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Josset" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01418245v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Loeuil" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01890433v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Marot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Capron" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01211565v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680019v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/racf/6888" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04658107v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211288v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985862v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05070512v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sal&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cherdo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Mortreau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346743v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Aunay" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bebien-Dabek" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bouillon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Braguier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04504999v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gard&#232;re" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Millet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Lusson" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201590v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Couderc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bartholome" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160079v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Badey" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Liard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Tr&#233;buchet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985898v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Roy" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Yvernault" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947757v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Ch&#233;roux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Del&#233;mont" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Fourr&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Pradat" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01947844v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01756921v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Couvin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Linger-Riquier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Robert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985498v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Holzem" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985944v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Dolbois" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tardy" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364117v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Chimier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Denise Dalayeun" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Poitevin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Roubaud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03160769v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jesset" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Joly" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Josset" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01418245v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Loeuil" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01890433v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Marot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Capron" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01211565v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680019v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://journals.openedition.org/racf/6888" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04658107v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04211288v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985862v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04346743v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Aunay" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bebien-Dabek" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bouillon" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Braguier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05070512v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sal&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cherdo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Mortreau" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04504999v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gard&#232;re" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Millet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Lusson" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04201590v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Couderc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bartholome" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160079v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Badey" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Liard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Tr&#233;buchet" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>