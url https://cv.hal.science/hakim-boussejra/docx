--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -386,258 +386,258 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Video Game Accessibility in the Elementary School Classroom</w:t>
+                <w:t xml:space="preserve">Using intralingual translation to create accessible serious video games for children.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Boussejra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fun for All. 7th International conference on game translation and accessibility</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Universitat Autònoma de Barcelona, Jan 2025, Barcelona, Spain</w:t>
+              <w:t xml:space="preserve">11th EST Congress: The Changing Faces of Translation and Interpreting Studies.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Leeds, Jun 2025, Leeds (UK), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05448482v1</w:t>
+                <w:t xml:space="preserve">hal-05447971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using intralingual translation to create accessible serious video games for children.</w:t>
+                <w:t xml:space="preserve">Lire des classiques à l’école, dans des jeux vidéo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Boussejra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th EST Congress: The Changing Faces of Translation and Interpreting Studies.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University of Leeds, Jun 2025, Leeds (UK), United Kingdom</w:t>
+              <w:t xml:space="preserve">Colloque : Lire le texte, lire l’image : Regards Pluridisciplinaires.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universidad de Las Palmas de Gran Canaria, Feb 2025, Las Palmas (Canaria), Espagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05447971v1</w:t>
+                <w:t xml:space="preserve">hal-05448474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lire des classiques à l’école, dans des jeux vidéo</w:t>
+                <w:t xml:space="preserve">Video Game Accessibility in the Elementary School Classroom</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Boussejra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque : Lire le texte, lire l’image : Regards Pluridisciplinaires.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Universidad de Las Palmas de Gran Canaria, Feb 2025, Las Palmas (Canaria), Espagne</w:t>
+              <w:t xml:space="preserve">Fun for All. 7th International conference on game translation and accessibility</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universitat Autònoma de Barcelona, Jan 2025, Barcelona, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05448474v1</w:t>
+                <w:t xml:space="preserve">hal-05448482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Passer du livre au jeu vidéo.</w:t>
+                <w:t xml:space="preserve">Passer du livre au jeu vidéo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Boussejra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’étude : Les mille vies du livre.</w:t>
             </w:r>
             <w:r>
@@ -826,178 +826,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05447990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’échec dans les jeux vidéo die and retry à génération procédurale</w:t>
+                <w:t xml:space="preserve">Le jeu vidéo et les enfants : un loisir contemplatif au coeur des pratiques contemporaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Boussejra</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain Becker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Failure : L’échec dans la culture visuelle anglophone</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université Côte-d'Azur, Campus Méliès, Jun 2024, Cannes, France</w:t>
+              <w:t xml:space="preserve">Journées Jeunes Chercheurs de l’association Janua : « Les loisirs au service du plaisir : entre oisiveté, distraction et contemplation »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Poitiers, Apr 2024, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05448498v1</w:t>
+                <w:t xml:space="preserve">hal-05448510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le jeu vidéo et les enfants : un loisir contemplatif au coeur des pratiques contemporaines</w:t>
+                <w:t xml:space="preserve">L’échec dans les jeux vidéo die and retry à génération procédurale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Boussejra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Becker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Jeunes Chercheurs de l’association Janua : « Les loisirs au service du plaisir : entre oisiveté, distraction et contemplation »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Poitiers, Apr 2024, Poitiers, France</w:t>
+              <w:t xml:space="preserve">Failure : L’échec dans la culture visuelle anglophone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Côte-d'Azur, Campus Méliès, Jun 2024, Cannes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05448510v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05448498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Framework for the Creation of a Reading Video Game for Children</w:t>
               </w:r>
@@ -1642,51 +1642,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="231559D6"/>
+    <w:nsid w:val="25A1C0E4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1873,51 +1873,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/hakim-boussejra" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-2744-1774" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532481v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Boussejra" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938736v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46793/childhood24.4.06b" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448482v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447971v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448474v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448461v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167081v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447990v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Will Noonan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Isabel Rivas Ginel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448498v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Becker" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448510v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449068v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448490v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449120v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449130v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449106v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938770v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-51452-4_13" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05458723v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2025UBEUH009" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/hakim-boussejra" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-2744-1774" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532481v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Boussejra" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938736v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46793/childhood24.4.06b" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447971v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448474v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448482v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448461v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167081v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447990v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Will Noonan" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Isabel Rivas Ginel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448510v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448498v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Becker" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449068v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448490v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449120v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449130v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449106v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938770v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-51452-4_13" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-05458723v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2025UBEUH009" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>