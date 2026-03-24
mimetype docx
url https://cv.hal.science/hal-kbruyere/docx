--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1632,304 +1632,304 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01281786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical behaviour of the in vivo paediatric and adult trunk during respiratory physiotherapy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Photobleaching as a tool to measure the local strain field in fibrous membranes of connective tissues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Jayyosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yumin Zhu</w:t>
+                <w:t xml:space="preserve">Guillaume Fargier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Coret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part H: Journal of Engineering in Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0954411913512282⟩</w:t>
+              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 10 (6), pp.2591-2601. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.actbio.2014.02.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01431751v1</w:t>
+                <w:t xml:space="preserve">hal-01546501v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photobleaching as a tool to measure the local strain field in fibrous membranes of connective tissues</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charles Jayyosi</w:t>
+                <w:t xml:space="preserve">Mechanical behaviour of the in vivo paediatric and adult trunk during respiratory physiotherapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yumin Zhu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Vajda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Fargier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
+                <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Biomaterialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 10 (6), pp.2591-2601. </w:t>
+              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part H: Journal of Engineering in Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 228 (1), pp. 27-36. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actbio.2014.02.031⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/0954411913512282⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01546501v2</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01431751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-destructive assessment of human ribs mechanical properties using quantitative ultrasound</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Mitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Gabriel Minonzio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2159,291 +2159,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01420191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imaging of the human Glisson's capsule by two-photon excitation microscopy and mechanical characterisation by uniaxial tensile tests</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charles Jayyosi</w:t>
+                <w:t xml:space="preserve">Comparaison of two homogenization methods using a damage model for a fibrous membrane, based on the fibers' fracture process at the microscale.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Brunon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Coret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Karine Bruyère-Garnier</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Combescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10255842.2013.815869⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 39, pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2012.10.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05273584v1</w:t>
+                <w:t xml:space="preserve">hal-00789316v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison of two homogenization methods using a damage model for a fibrous membrane, based on the fibers' fracture process at the microscale.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aline Brunon</w:t>
+                <w:t xml:space="preserve">Imaging of the human Glisson's capsule by two-photon excitation microscopy and mechanical characterisation by uniaxial tensile tests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Jayyosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Coret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alain Combescure</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bruyère-Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Mechanics - A/Solids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 39, pp.1-10. </w:t>
+              <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 16 (sup1), pp.282-283. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.euromechsol.2012.10.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2013.815869⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00789316v2</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05273584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vivo analysis of thoracic mechanical response variability under belt loading: Specific behavior and relationship to age, gender and BMI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Poulard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2520,51 +2520,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Coret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Combescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the mechanical behavior of biomedical materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 27, pp. 262-272. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2611,51 +2611,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-vivo analysis of thoracic mechanical response under belt loading: the role of Body Mass Index in thorax stiffness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Poulard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Compigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3113,51 +3113,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of the nonlinear behaviour and the failure of human liver capsule through inflation tests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Brunon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyère-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3281,51 +3281,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Alonzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Biomechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 26 (6), pp. 535-542. </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3365,303 +3365,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00989777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clavicle Fracture Prediction: Simulation of Shoulder Lateral impacts With Geometrically Personalized Finite Elements Models</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sonia Duprey</w:t>
+                <w:t xml:space="preserve">Mechanical characterization of liver capsule through uniaxial quasi-static tensile tests until failure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Brunon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Verriest</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Coret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Trauma Injury Infection and Critical Care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1097/TA.0b013e318190bf5b⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 43 (11), pp.2221-2227. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2010.03.038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00990378v1</w:t>
+                <w:t xml:space="preserve">hal-04614339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical characterization of liver capsule through uniaxial quasi-static tensile tests until failure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aline Brunon</w:t>
+                <w:t xml:space="preserve">Clavicle Fracture Prediction: Simulation of Shoulder Lateral impacts With Geometrically Personalized Finite Elements Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Duprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michel Coret</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Verriest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biomechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jbiomech.2010.03.038⟩</w:t>
+              <w:t xml:space="preserve">Journal of Trauma Injury Infection and Critical Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 68 (1), pp. 177-182. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1097/TA.0b013e318190bf5b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04614339v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00990378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of geometrical personalization on the simulation of clavicle fractures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Duprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Verriest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biomechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 41 (1), pp.200-207. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3707,77 +3707,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human shoulder response to side impacts: a finite element study.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Duprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Verriest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 10 (5), pp.361-370. </w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3915,77 +3915,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and simulated flexion tests of humerus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Duprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Verriest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Crashworthiness</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 12 (2), pp.153-158. </w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4313,51 +4313,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Autuori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Verriest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RTS. Recherche, transports, sécurité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 86, p65-76</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4663,64 +4663,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vezin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Verriest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Stapp Car Crash Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 46, pp. 1-26. </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4987,51 +4987,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human Maxilla Bone Response to 30° oriented Impacts and Comparison with Frontal Bone Impacts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5470,381 +5470,381 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05169728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimension measurements from pictures of tensile test samples: guidelines to improve reproducibility</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Perineal tissue deformation under bicycle saddle pressure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanette Chassagne</w:t>
+                <w:t xml:space="preserve">Mehdi Zhirzadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Pierrat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
+                <w:t xml:space="preserve">Xuguang Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bruyère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Dubuis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th Congress of the European Society of Biomechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Maastricht, Netherlands. 1p</w:t>
+              <w:t xml:space="preserve">48e Congrès de la Société de Biomécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Grenoble (France), France. pp.S223-S225</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04177349v1</w:t>
+                <w:t xml:space="preserve">hal-04295018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perineal tissue deformation under bicycle saddle pressure</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mechanical and microstructural characterization of the tunica albuginea: a preliminary study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xuguang Wang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Karine Bruyère</w:t>
+                <w:t xml:space="preserve">Carole Luet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Neuville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Carnicelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Dubuis</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C. Parat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Morel-Journel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">48e Congrès de la Société de Biomécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2023, Grenoble (France), France. pp.S223-S225</w:t>
+              <w:t xml:space="preserve">, Oct 2023, Grenoble, France. pp.S66-S68</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04295018v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04289605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical and microstructural characterization of the tunica albuginea: a preliminary study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dimension measurements from pictures of tensile test samples: guidelines to improve reproducibility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Lafon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bermond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Luet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Damien Carnicelli</w:t>
+                <w:t xml:space="preserve">Fanette Chassagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Parat</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Baptiste Pierrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">48e Congrès de la Société de Biomécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Grenoble, France. pp.S66-S68</w:t>
+              <w:t xml:space="preserve">28th Congress of the European Society of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Maastricht, Netherlands. 1p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04289605v1</w:t>
+                <w:t xml:space="preserve">hal-04177349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C4Bio: Community challenge towards consensus on characterization of biological tissue</w:t>
               </w:r>
@@ -6343,890 +6343,890 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03000810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental protocol to evaluate lung parenchyma properties under inflation</w:t>
+                <w:t xml:space="preserve">Assessment of the thigh skin and fascia strains during knee flexion-extension: an ex-vivo study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Pallière</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">A. Bel-Brunon</w:t>
+                <w:t xml:space="preserve">Yuliia Sednieva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Naaim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Viste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure-Lise Gras</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44ème Congrès de la Société de Biomécanique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">44e Congrès de la Société de Biomécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Poitiers, France. pp 172-174, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10255842.2020.1714229⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02525866v1</w:t>
+                <w:t xml:space="preserve">hal-02873690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of the thigh skin and fascia strains during knee flexion-extension: an ex-vivo study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental protocol to evaluate lung parenchyma properties under inflation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Pallière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Lanel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuliia Sednieva</w:t>
+                <w:t xml:space="preserve">A. Bel-Brunon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nans Biboulet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44e Congrès de la Société de Biomécanique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">44ème Congrès de la Société de Biomécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Poitiers, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02873690v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02525866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elasticity of fresh, frozen or embalmed human iliotobial tract</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laure-Lise Gras</w:t>
+                <w:t xml:space="preserve">Influence of boundary conditions on the mechanical testing of orthopaedic devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Greenfield</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Roger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Rongieras</w:t>
+                <w:t xml:space="preserve">Dorothea Mehler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philipp Appelmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Mertens</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Mitton</w:t>
+                <w:t xml:space="preserve">Sebastian Kuhn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pol Rommens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fifth international fascia research congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Berlin, Germany. 1 p</w:t>
+              <w:t xml:space="preserve">8th World Congress of Biomechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, DUBLIN, France. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02155475v1</w:t>
+                <w:t xml:space="preserve">hal-02109156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of boundary conditions on the mechanical testing of orthopaedic devices</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A preliminary study to assess saddle induced discomfort and non-traumatic perineal injuries for male cyclists</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastian Kuhn</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mehdi Shirzadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuguang Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Dubuis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th World Congress of Biomechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2018, DUBLIN, France. 2 p</w:t>
+              <w:t xml:space="preserve">, Jul 2016, DUBLIN, France. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02109156v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02155504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A preliminary study to assess saddle induced discomfort and non-traumatic perineal injuries for male cyclists</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Elasticity of fresh, frozen or embalmed human iliotobial tract</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure-Lise Gras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Rongieras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mehdi Shirzadi</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Patrick Mertens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mitton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th World Congress of Biomechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, DUBLIN, France. 2 p</w:t>
+              <w:t xml:space="preserve">Fifth international fascia research congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Berlin, Germany. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02155504v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02155475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of boundary conditions on the mechanical testing of orthopaedic devices</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pol Rommens</w:t>
+                <w:t xml:space="preserve">Influence of a new preservation solution on the mechanical properties of human iliotibial tract</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure-Lise Gras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Rongieras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Mertens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th World Congress of Biomechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2018, DUBLIN, France. 1 p</w:t>
+              <w:t xml:space="preserve">, Jul 2018, DUBLIN, France. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02414601v1</w:t>
+                <w:t xml:space="preserve">hal-02109249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of a new preservation solution on the mechanical properties of human iliotibial tract</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laure-Lise Gras</w:t>
+                <w:t xml:space="preserve">Influence of boundary conditions on the mechanical testing of orthopaedic devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Greenfield</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Roger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Rongieras</w:t>
+                <w:t xml:space="preserve">Dorothea Mehler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philipp Appelmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Mertens</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Mitton</w:t>
+                <w:t xml:space="preserve">Sebastian Kuhn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pol Rommens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th World Congress of Biomechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2018, DUBLIN, France. 2 p</w:t>
+              <w:t xml:space="preserve">, Jul 2018, DUBLIN, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02109249v1</w:t>
+                <w:t xml:space="preserve">hal-02414601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morphotypes and typical locations of the liver and relationship with anthropometry</w:t>
               </w:r>
@@ -7659,752 +7659,752 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04246656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digital image correlation : Applications in biomechanics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
+                <w:t xml:space="preserve">Caractérisation mécanique a rupture des tissus hépatiques pour la prédiction des lacérations superficielles du foie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bruyère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Jayyosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Bel-Brunon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Coret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CeLyA - OILTEBIA summer School - OPtical and US imaging "Innovative Multiphysic coupling for biomedical imaging"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, LYON, France. 28 p</w:t>
+              <w:t xml:space="preserve">MECAMAT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01857947v1</w:t>
+                <w:t xml:space="preserve">hal-04250184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation mécanique a rupture des tissus hépatiques pour la prédiction des lacérations superficielles du foie</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Michel Coret</w:t>
+                <w:t xml:space="preserve">Digital image correlation : Applications in biomechanics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MECAMAT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2016, Aussois, France</w:t>
+              <w:t xml:space="preserve">CeLyA - OILTEBIA summer School - OPtical and US imaging "Innovative Multiphysic coupling for biomedical imaging"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, LYON, France. 28 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04250184v1</w:t>
+                <w:t xml:space="preserve">hal-01857947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liver capsule microstructure reorganization induced by biaxial loading assessed by multiphoton microscopy</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mouvements thoraco-abdominaux et capacités respiratoires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyère-Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
+              <w:t xml:space="preserve">Séminaire scientifique LBMC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Bron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03444883v1</w:t>
+                <w:t xml:space="preserve">hal-03434814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mouvements thoraco-abdominaux et capacités respiratoires</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">Automatisation de véhicules et situation d'urgence : études expérimentales des effets sur les occupants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bruyere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xuguang Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Beillas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire scientifique LBMC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2015, Bron, France</w:t>
+              <w:t xml:space="preserve">Les Innovatives, Voiture du futur, CNRS - Ifsttar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, PARIS, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03434814v1</w:t>
+                <w:t xml:space="preserve">hal-01320345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatisation de véhicules et situation d'urgence : études expérimentales des effets sur les occupants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Expérimentations in vivo pour l'analyse biomécanique de situations d'urgence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bruyere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Philippe Beillas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Thomas Robert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anurag Soni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Innovatives, Voiture du futur, CNRS - Ifsttar</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, PARIS, France. 1 p</w:t>
+              <w:t xml:space="preserve">CFMT, Journée scientifique du Collège Français de Médecine du Trafic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Paris, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01320345v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01316737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expérimentations in vivo pour l'analyse biomécanique de situations d'urgence</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anurag Soni</w:t>
+                <w:t xml:space="preserve">Assessment of the ultimate strain of the hepatic capsule for the prediction of liver surface laceration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Brunon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Jayyosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Chenel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Coret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFMT, Journée scientifique du Collège Français de Médecine du Trafic</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Paris, France. 1 p</w:t>
+              <w:t xml:space="preserve">IRCOBI conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Lyon, France. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01316737v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01858697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of the ultimate strain of the hepatic capsule for the prediction of liver surface laceration</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Liver capsule microstructure reorganization induced by biaxial loading assessed by multiphoton microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Jayyosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Coret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bruyère-Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IRCOBI conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Lyon, France. 2 p</w:t>
+              <w:t xml:space="preserve">CFM 2015 - 22ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01858697v1</w:t>
+                <w:t xml:space="preserve">hal-03444883v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strain rate effects on the failure characteristics of excised human skin</w:t>
               </w:r>
@@ -8511,90 +8511,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comportement du thorax in vivo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Alonzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyère-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Mitton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire scientifique LBMC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Bron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8619,77 +8619,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationship between human rib mechanical properties and cortical bone density measured by high-resolution quantitative computed tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yumin Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuan Fang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8793,51 +8793,51 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38ième congrès de la Société de Biomécanique francophone</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, MARSEILLE, France. pp. 282-283, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/10255842.2013.815869⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01859748v1</w:t>
@@ -8861,51 +8861,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vivo analysis of thoracic mechanical response variability under belt loading: Specific behavior and relationship to age, gender and BMI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Poulard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8956,51 +8956,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geometrical personalization of human FE model using palpable markers on volunteers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Poulard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Dumas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9064,90 +9064,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison between the mechanics of the in vivo child and adult trunk during chest physiotherapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yumin Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Mitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Integrated Safety Network, ISN Workshop on Biomechanical experiments with human subjects</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, DUBLIN, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9172,51 +9172,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subject-specific bone mechanical properties: is there an alternative to X-rays modalities?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Mitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Delimoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9297,51 +9297,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thorax vulnerability of elderly car users – elderly 2009-2012</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyère-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9349,51 +9349,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Poulard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baraton Georges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Vajda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire du groupe d’échanges et de recherches Ifsttar (Geri) Situation de handicap</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Bron, France</w:t>
@@ -9422,51 +9422,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the biological origin of the liver on the constitutive and failure properties of the hepatic parenchyma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Brunon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9511,151 +9511,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01864292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesure in vivo des volumes respiratoires au cours d’un chargement dynamique frontal du thorax pour la validation d’un modèle en éléments finis avancé</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">In vivo test protocol for analysis of thorax response under belt loading</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Poulard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Compigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel Behr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire du Groupe de Recherche en Biomécanique des Chocs (GRBC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, Bron, France</w:t>
+              <w:t xml:space="preserve">2011 International IRCOBI Conference on the Biomechanics of Injury</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, KRAKOW, Poland. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03434976v1</w:t>
+                <w:t xml:space="preserve">hal-01324027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vivo test protocol for analysis of thorax response under belt loading</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Poulard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -9664,198 +9664,198 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Compigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IRCOBI 2011 - International Research Council on Biomechanics of Injury</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, KRAKOW, Poland. pp. 232-235</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01321028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vivo test protocol for analysis of thorax response under belt loading</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">Mesure in vivo des volumes respiratoires au cours d’un chargement dynamique frontal du thorax pour la validation d’un modèle en éléments finis avancé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Birien Mélanie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bruyère-Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Behr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2011 International IRCOBI Conference on the Biomechanics of Injury</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2011, KRAKOW, Poland. 1 p</w:t>
+              <w:t xml:space="preserve">Séminaire du Groupe de Recherche en Biomécanique des Chocs (GRBC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Bron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01324027v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03434976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analytical description of biological fibrous tissue failure</w:t>
               </w:r>
@@ -9880,51 +9880,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Coret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Combescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Virtual Physiological Human </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Bruxelles, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9975,77 +9975,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vit Novacek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Sandoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Mitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th Congress of the European Society of Biomechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, EDIMBOURG, France. 1 p</w:t>
@@ -10074,90 +10074,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analytical modeling of biological fibrous tissue failure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Brunon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Coret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyère-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Combescure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10195,90 +10195,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical properties assessment of child trunk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Sandoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Vajda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Alonzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22nd Congress of the International Society of Biomechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2009, CAPE TOWN, South Africa. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10303,51 +10303,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preliminary results of the thoracic and abdominal compliance in children on different ventilatory programs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10431,329 +10431,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01738739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of thoracic compliance in children on different ventilatory programs using digital video cameras : Preliminary results</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">Les traumatismes du segment lombo pelvi femoral et leurs conséquences dans l'accidentologie routière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Mitton</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Conference on Home Mechanical Ventilation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2009, BARCELONE, Spain. 3 p</w:t>
+              <w:t xml:space="preserve">AHREK 10e journée nationale de rééducation d&amp;apos;Hauteville : le complexe lombo - pelvi - femoral et rééducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, HAUTEVILLE-LOMPNES, France. pp. 1-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01328180v1</w:t>
+                <w:t xml:space="preserve">hal-02461270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les traumatismes du segment lombo pelvi femoral et leurs conséquences dans l'accidentologie routière</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">Study of thoracic compliance in children on different ventilatory programs using digital video cameras : Preliminary results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Stagnara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déborah Poirot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Alonzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bruyere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AHREK 10e journée nationale de rééducation d&amp;apos;Hauteville : le complexe lombo - pelvi - femoral et rééducation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2009, HAUTEVILLE-LOMPNES, France. pp. 1-5</w:t>
+              <w:t xml:space="preserve">12th International Conference on Home Mechanical Ventilation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, BARCELONE, Spain. 3 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02461270v1</w:t>
+                <w:t xml:space="preserve">hal-01328180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical Properties assessment of child trunk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Sandoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Vajda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Alonzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyère-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Réunion équipe biomécanique – LBMC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, Bron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10772,450 +10772,450 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03615300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison Between Porcine And Human Liver Tissues Microstructure And Failure Properties</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Etude de la compliance thoracique des enfants sous différents programmes ventilatoires, résultats préliminaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bermond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Alonzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Stagnara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déborah Poirot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICMOBT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2009, Clearwater Beach (Floride), United States</w:t>
+              <w:t xml:space="preserve">34e Congrès de la Société de Biomécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2009, TOULON, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00577085v1</w:t>
+                <w:t xml:space="preserve">hal-01738729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de la compliance thoracique des enfants sous différents programmes ventilatoires, résultats préliminaires</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparison Between Porcine And Human Liver Tissues Microstructure And Failure Properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Brunon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bruyère-Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Coret</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34e Congrès de la Société de Biomécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2009, TOULON, France. 1 p</w:t>
+              <w:t xml:space="preserve">ICMOBT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2009, Clearwater Beach (Floride), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01738729v1</w:t>
+                <w:t xml:space="preserve">hal-00577085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les traumatismes du rachis cervical et leurs conséquences dans l'accidentologie routière</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">Safety review of wheelchair users in road passenger vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Dolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vezin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème Journée Nationale de Réeducation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2008, HAUTEVILLE-LOMPNES, France. pp. 20-35</w:t>
+              <w:t xml:space="preserve">33e Congrès de la Société de Biomécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, COMPIEGNE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02461282v1</w:t>
+                <w:t xml:space="preserve">hal-01347867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Safety review of wheelchair users in road passenger vehicles</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">Les traumatismes du rachis cervical et leurs conséquences dans l'accidentologie routière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claude Dolivet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vezin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33e Congrès de la Société de Biomécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, COMPIEGNE, France</w:t>
+              <w:t xml:space="preserve">9ème Journée Nationale de Réeducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, HAUTEVILLE-LOMPNES, France. pp. 20-35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01347867v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02461282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation mécanique et modélisation du comportement jusqu'à rupture d'un tissu biologique mou fibreux: la peau humaine</w:t>
               </w:r>
@@ -11309,77 +11309,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical simulation of clavicle compression tests with HUMOS clavicle models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Duprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyère-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Verriest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Société de Biomécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Lyon, France. pp.37-38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11512,51 +11512,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compliance thoracique et abdominale de l'enfant par observation de traitements physiothérapiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Bergeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11637,90 +11637,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of clavicle geometry influence during dynamic compression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Duprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cotton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Verriest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Congress of Biomechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Munich, Germany. pp.4341, </w:t>
             </w:r>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11766,51 +11766,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhanced method and tools for child thoracic and abdominal compliance assessment by clinical treatments observation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Bergeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12146,90 +12146,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical simulation of shoulder lateral impact with the humos model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Duprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Thollon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Verriest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXIXeme congrès de la société de biomécanique,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2004, Créteil (France), France. p124</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12254,90 +12254,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical simulation of shoulder lateral impact</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Duprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyère-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Thollon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Verriest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de la Société de Biomécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, Paris, France. pp.124</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12362,90 +12362,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Post mortem human subject and dummy response in frontal deceleration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vezin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Verriest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28ème congrès de la société de biomécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2003, POITIERS, France. 1 p, </w:t>
             </w:r>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
@@ -12531,51 +12531,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Morestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Verriest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CD2003 ; 2nd International crashworthiness and design symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2003, Lille (France), France. p1197-1206</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12626,51 +12626,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vezin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IRCOBI Conference on the Biomechanics of Impact</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2002, MUNICH, Germany. pp. 323-337</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12747,51 +12747,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Morestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Verriest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27e congrès de la société de biomécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2002, Valenciennes, France, France. p36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12810,290 +12810,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04256650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of head and thorax cadaver and hybrid III responses to a frontal sled deceleration for the validation of a car occupant mathematical model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Human body tests for the validation of a car occupant mathematical model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bermond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vezin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Ramet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Bouquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Caire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th International Technical Conference on the Enhanced Safety of Vehicles (ESV)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2001, AMSTERDAM, France. 10 p</w:t>
+              <w:t xml:space="preserve">26e Congrès de la Société de Biomécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2001, MARSEILLE, France. p 45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02447564v1</w:t>
+                <w:t xml:space="preserve">hal-02121446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human body tests for the validation of a car occupant mathematical model</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">Comparison of head and thorax cadaver and hybrid III responses to a frontal sled deceleration for the validation of a car occupant mathematical model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Vezin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bruyere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26e Congrès de la Société de Biomécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2001, MARSEILLE, France. p 45</w:t>
+              <w:t xml:space="preserve">17th International Technical Conference on the Enhanced Safety of Vehicles (ESV)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2001, AMSTERDAM, France. 10 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02121446v1</w:t>
+                <w:t xml:space="preserve">hal-02447564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Human face response to 30° degree oriented impacts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Bouquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13394,51 +13394,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison de la réponse de la face humaine et de celle du mannequin lors d'impacts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13551,77 +13551,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical simulation of shoulder response to a lateral impact with the HUMOS model – Preliminary results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Duprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bruyere-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Verriest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gilchrist M. D. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IUTAM Symposium on Impact Biomechanics: From Fundamental Insights to Applications Solid Mechanics and Its Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 124, 2005, Solid Mechanics and Its Applications, 978-1-4020-3795-5. </w:t>
@@ -13918,51 +13918,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de la compliance thoracique des enfants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Bermond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Alonzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14366,51 +14366,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408493v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Hugo Minster" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Parat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Neuville" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Carnicelli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Morel-Journel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2025.107280" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342926v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nele Famaey" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heleen Fehervary" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Lafon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Akyildiz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke Dreesen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2025.113021" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737971v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bruyere-Garnier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14494" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04358508v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Preiss" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lise Chopard Lallier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Reveron" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bruy&#232;re-Garnier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Adolfsson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2023.100528" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec-lyon.hal.science/hal-04061700v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Marchal-Chaud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Rieger" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Than Mai" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin-Joffrey Courtial" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Ottenio" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioadv.2023.213401" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376031v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Greenfield" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Appelmann" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol Maria Rommens" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-97968-z" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345266v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulila Sednieva" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Viste" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Naaim" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Lise Gras" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2021.732609" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912992v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2020.00750" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738654v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Jayyosi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Coret" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2017.06.020" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529263v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Affagard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ducourthial" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Bonod-Bidaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Lynch" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10237-017-0899-1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546500v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2015.09.031" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281786v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doris Tran" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aisling Ni Annaidh" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael D Gilchrist" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bruyere" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2014.10.006" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431751v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yumin Zhu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mitton" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Vajda" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bermond" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954411913512282" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546501v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fargier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2014.02.031" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417512v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Gabriel Minonzio" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Talmant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafaa Ellouz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rongieras" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2014.01.052" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420191v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Auperrin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Delille" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lesueur" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Masson" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2013.10.060" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DH8N2GSD-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273584v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2013.815869" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00789316v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Brunon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Combescure" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2012.10.006" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00938308v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Poulard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919691v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bel-Brunon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2013.05.019" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919874v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Compigne" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2012.12.021" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04254309v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Autuori" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Delille" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bruy&#232;re" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/reef.14.379-395" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963542v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aisling Ni' Annaidh" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Destrade" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael D. Gilchrist" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corrado Maurini" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10439-012-0542-3" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974586v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Ott&#233;nio" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2011.08.016" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005855v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2010.12.016" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-231X0P4X-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989777v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Sandoz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Vajda" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Alonzo" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiomech.2011.02.005" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BWZPWG63-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990378v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Duprey" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Verriest" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TA.0b013e318190bf5b" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614339v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2010.03.038" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FQ9FRH8H-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128980v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2007.06.020" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F6GMP8DQ-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128990v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255840701463986" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007035v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Jacquemoud" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2005.12.010" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128995v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13588260701433446" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378114v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Morestin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Brunet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Verriest" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TBME.2006.872812" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255517v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255505v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00557240v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Follet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Peyrin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Roux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique E. Arlot" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bone.2004.10.011" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454919v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Antuori" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Veniest" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412190v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vezin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2002-22-0001" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450324v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Batail" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Rumelhart" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450333v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Carrillon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Monnier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Peyrin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093198v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bouquet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Caire" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Ramet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448834v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Duguey" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448907v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bruna-Rosso" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05169728v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177349v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanette Chassagne" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Pierrat" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295018v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Zhirzadi" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuguang Wang" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Dubuis" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289605v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Luet" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Parat" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315929v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596921v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Julien Saint Amand" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Fegni Ndam" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2021.1978758" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611318v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf-Joachim Kohal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Chopard-Lallier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Furderer" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/clr.88_13644" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000810v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1816291" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02525866v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Palli&#232;re" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lanel" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bel-Brunon" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nans Biboulet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873690v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliia Sednieva" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1714229" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155475v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Roger" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mertens" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109156v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothea Mehler" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Kuhn" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol Rommens" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155504v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Shirzadi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414601v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109249v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764628v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Chenel" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Kahn" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bege" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Chaumoitre" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857965v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844438v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril J.F. Kahn" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246656v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Affagard" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bancelin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857947v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250184v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444883v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434814v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320345v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Robert" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Beillas" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316737v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anurag Soni" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858697v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916691v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434878v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315919v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Fang" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859748v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01309423v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315901v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Dumas" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320336v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841073v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Delimoge" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Laugier" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435042v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baraton Georges" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864292v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434976v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birien M&#233;lanie" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Behr" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321028v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01324027v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864300v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323091v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vit Novacek" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00577078v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01469153v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738739v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Stagnara" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Poirot" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255840903065167" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01328180v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461270v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615300v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00577085v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738729v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461282v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347867v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Dolivet" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360343v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131871v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517267v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465240v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bergeau" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Joffrin" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131539v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cotton" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0021-9290(06)83555-4" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-754G7TNT-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103865v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Goubel" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0021-9290(06)83528-1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255545v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Serre" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Allimant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Bekkour" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thollon" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254685v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Quesnel" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ben Regaya" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254656v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131532v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110799v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1076/apab.111.2.5.1.17497" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256150v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114241v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256650v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447564v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121446v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447652v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508147v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Comtet" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508148v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461572v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Bouallegue" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130433v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/1-4020-3796-1_46" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/22D9EF87396D26B72F4D4EA7F27C64FD99318806/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02019816v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773351v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Sango Solanas" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Tse-Ve-Koon" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Beuf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205621v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402848v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanae Afquir" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Arnoux" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rj Bianco" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Chatta" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Cherla Ballester" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408493v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Hugo Minster" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Parat" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Neuville" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Carnicelli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Morel-Journel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2025.107280" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05342926v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nele Famaey" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heleen Fehervary" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Lafon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Akyildiz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke Dreesen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2025.113021" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04737971v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bruyere-Garnier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46298/mbj.14494" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04358508v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Preiss" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lise Chopard Lallier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Reveron" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bruy&#232;re-Garnier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Adolfsson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2023.100528" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ec-lyon.hal.science/hal-04061700v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Marchal-Chaud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Rieger" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Than Mai" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin-Joffrey Courtial" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Ottenio" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bioadv.2023.213401" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03376031v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Greenfield" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp Appelmann" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol Maria Rommens" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-97968-z" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03345266v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulila Sednieva" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Viste" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Naaim" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Lise Gras" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2021.732609" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02912992v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2020.00750" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738654v2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Jayyosi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Coret" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2017.06.020" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529263v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Affagard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ducourthial" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Bonod-Bidaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Lynch" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10237-017-0899-1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546500v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2015.09.031" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281786v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doris Tran" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aisling Ni Annaidh" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael D Gilchrist" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bruyere" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2014.10.006" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546501v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fargier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2014.02.031" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431751v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yumin Zhu" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mitton" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Vajda" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bermond" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954411913512282" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01417512v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Gabriel Minonzio" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Talmant" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafaa Ellouz" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rongieras" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2014.01.052" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01420191v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Auperrin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Delille" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lesueur" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Masson" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2013.10.060" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DH8N2GSD-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00789316v2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Brunon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Combescure" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechsol.2012.10.006" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273584v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2013.815869" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00938308v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Poulard" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919691v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Bel-Brunon" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2013.05.019" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919874v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Compigne" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2012.12.021" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04254309v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Autuori" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Delille" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bruy&#232;re" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/reef.14.379-395" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00963542v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aisling Ni' Annaidh" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Destrade" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael D. Gilchrist" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corrado Maurini" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10439-012-0542-3" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974586v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Ott&#233;nio" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2011.08.016" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005855v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmbbm.2010.12.016" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-231X0P4X-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00989777v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Sandoz" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Vajda" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Alonzo" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clinbiomech.2011.02.005" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BWZPWG63-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04614339v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2010.03.038" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FQ9FRH8H-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990378v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Duprey" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Verriest" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/TA.0b013e318190bf5b" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128980v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2007.06.020" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F6GMP8DQ-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128990v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255840701463986" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01007035v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Jacquemoud" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbiomech.2005.12.010" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128995v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13588260701433446" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378114v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Morestin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Brunet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Verriest" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TBME.2006.872812" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255517v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255505v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00557240v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Follet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Peyrin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Roux" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique E. Arlot" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bone.2004.10.011" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454919v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Antuori" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Veniest" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412190v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vezin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4271/2002-22-0001" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450324v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Batail" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Rumelhart" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450333v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Carrillon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Monnier" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Peyrin" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093198v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bouquet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Caire" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Ramet" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448834v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Duguey" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448907v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bruna-Rosso" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05169728v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04295018v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Zhirzadi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuguang Wang" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Dubuis" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289605v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Luet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Parat" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04177349v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanette Chassagne" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Pierrat" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315929v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03596921v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Julien Saint Amand" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Fegni Ndam" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2021.1978758" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03611318v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf-Joachim Kohal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Chopard-Lallier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Furderer" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/clr.88_13644" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03000810v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1816291" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02873690v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuliia Sednieva" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2020.1714229" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02525866v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Palli&#232;re" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Lanel" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bel-Brunon" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nans Biboulet" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109156v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothea Mehler" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Kuhn" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol Rommens" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155504v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Shirzadi" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155475v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Roger" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mertens" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109249v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414601v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764628v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Chenel" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Kahn" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bege" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Chaumoitre" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857965v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01844438v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril J.F. Kahn" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246656v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Affagard" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bancelin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250184v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01857947v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434814v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320345v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Robert" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Beillas" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01316737v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anurag Soni" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858697v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03444883v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916691v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434878v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315919v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Fang" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01859748v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01309423v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01315901v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Dumas" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320336v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841073v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Delimoge" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Laugier" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435042v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baraton Georges" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864292v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01324027v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321028v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03434976v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Birien M&#233;lanie" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Behr" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864300v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01323091v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vit Novacek" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00577078v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01469153v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738739v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Stagnara" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Poirot" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255840903065167" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461270v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01328180v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03615300v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738729v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00577085v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347867v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Dolivet" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461282v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03360343v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131871v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517267v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465240v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bergeau" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Joffrin" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131539v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cotton" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0021-9290(06)83555-4" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-754G7TNT-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103865v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Goubel" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0021-9290(06)83528-1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04255545v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Serre" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Allimant" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Bekkour" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Thollon" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254685v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Quesnel" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ben Regaya" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254656v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131532v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02110799v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1076/apab.111.2.5.1.17497" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256150v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114241v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04256650v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02121446v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447564v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447652v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508147v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Comtet" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508148v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461572v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Bouallegue" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01130433v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/1-4020-3796-1_46" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/22D9EF87396D26B72F4D4EA7F27C64FD99318806/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02019816v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773351v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pilar Sango Solanas" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Tse-Ve-Koon" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Beuf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03205621v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03402848v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanae Afquir" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Arnoux" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rj Bianco" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Chatta" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Cherla Ballester" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>