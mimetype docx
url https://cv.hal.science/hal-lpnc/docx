--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -373,222 +373,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01193311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comportements inciviques des élèves : éclairage théorique sur le développement de l’enfant (1/2).</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Testing New Identity Models and Processes in French-speaking Adolescents and Emerging Adults Students.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lyda Lannegrand-Willems</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Safont-Mottay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Cannard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Revue de Santé Scolaire et Universitaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 6, pp.26-30. </w:t>
+              <w:t xml:space="preserve">Journal of Youth and Adolescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 44, pp.127-141. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.revssu.2015.03.010⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10964-013-0005-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01193305v1</w:t>
+                <w:t xml:space="preserve">hal-00861920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Testing New Identity Models and Processes in French-speaking Adolescents and Emerging Adults Students.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comportements inciviques des élèves : éclairage théorique sur le développement de l’enfant (1/2).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Cannard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Youth and Adolescence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 44, pp.127-141. </w:t>
+              <w:t xml:space="preserve">La Revue de Santé Scolaire et Universitaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6, pp.26-30. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10964-013-0005-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.revssu.2015.03.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00861920v1</w:t>
+                <w:t xml:space="preserve">hal-01193305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobilisation et réussite des étudiants tutorés en Licence de psychologie</w:t>
               </w:r>
@@ -2576,165 +2576,165 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Communiquer. De l’éducation thérapeutique à l’alliance thérapeutique</w:t>
+                <w:t xml:space="preserve">Compliance, motivation et conduites à risques à l’adolescence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Cannard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">in Neurologie de l'adolescence (sous la dir de Roubertie, A. &amp; Vercueil, L.)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Elsevier Masson, pp.197-210, 2022, Isbn : 9782294774362</w:t>
+              <w:t xml:space="preserve">in Neurologie de l'adolescence (sous la dir de Roubertie, A. &amp; Vercueil, L)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Elsevier Masson, pp.187-196, 2022, isbn: 9782294774362</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03928414v1</w:t>
+                <w:t xml:space="preserve">hal-03928410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compliance, motivation et conduites à risques à l’adolescence</w:t>
+                <w:t xml:space="preserve">Communiquer. De l’éducation thérapeutique à l’alliance thérapeutique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Cannard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">in Neurologie de l'adolescence (sous la dir de Roubertie, A. &amp; Vercueil, L)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Elsevier Masson, pp.187-196, 2022, isbn: 9782294774362</w:t>
+              <w:t xml:space="preserve">in Neurologie de l'adolescence (sous la dir de Roubertie, A. &amp; Vercueil, L.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Elsevier Masson, pp.197-210, 2022, Isbn : 9782294774362</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03928410v1</w:t>
+                <w:t xml:space="preserve">hal-03928414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction identitaire et autonomisation</w:t>
               </w:r>
@@ -2958,51 +2958,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02362998v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Cannard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212445v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyda Lannegrand-Willems" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Safont-Mottay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Zimmermann" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adolescence.2015.10.002" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193311v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revssu.2015.06.008" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193305v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revssu.2015.03.010" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861920v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10964-013-0005-7" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817860v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Entenmann" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Paris" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Delmas" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Graff" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ripes.631" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801803v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdlc.2389" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397399v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Kandel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/BRM.40.4.1055" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00153698v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bonthoux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Blaye" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Scheuner" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Caroline Schreiber" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/s0003503306003034" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00829448v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/bf03192710" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00829464v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207590344000394" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00829458v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Louis" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bastuji" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Josephe Challamel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/20.5.323" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00829461v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maire-Josephe Challamel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. E. Mazzola" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nevsimalova" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/17.suppl_8.s17" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02362964v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Baeyens" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02362987v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine d'Aubigny" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02362974v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Drouet d'Aubigny" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01022941v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02364012v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02364015v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861921v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02364027v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651906v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193315v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.deboecksuperieur.com/search/1/?q=cannard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00827517v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03928414v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03928410v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03928405v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02362998v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Cannard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212445v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyda Lannegrand-Willems" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Safont-Mottay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Zimmermann" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adolescence.2015.10.002" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193311v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revssu.2015.06.008" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861920v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10964-013-0005-7" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193305v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revssu.2015.03.010" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817860v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Entenmann" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Paris" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Delmas" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Graff" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ripes.631" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801803v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdlc.2389" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00397399v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Kandel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/BRM.40.4.1055" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00153698v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Bonthoux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Blaye" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Scheuner" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Caroline Schreiber" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/s0003503306003034" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00829448v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/bf03192710" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00829464v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207590344000394" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00829458v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Louis" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bastuji" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Josephe Challamel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/20.5.323" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00829461v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maire-Josephe Challamel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. E. Mazzola" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Nevsimalova" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/sleep/17.suppl_8.s17" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02362964v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Baeyens" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02362987v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine d'Aubigny" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02362974v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Drouet d'Aubigny" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01022941v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02364012v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02364015v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00861921v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02364027v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03651906v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01193315v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.deboecksuperieur.com/search/1/?q=cannard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00827517v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03928410v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03928414v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03928405v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>