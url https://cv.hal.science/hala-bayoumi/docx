--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -593,178 +593,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04824272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un portail web de cartographie interactive des recensements égyptiens sur deux siècles (1882-2017)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Démonstration de puissance ou aveu d’impuissance ? La nouvelle capitale administrative de l’Égypte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bennafla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Bayoumi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sources. Material &amp; Fieldwork in African Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 5, pp.75-90</w:t>
+              <w:t xml:space="preserve">Géoconfluences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, http://geoconfluences.ens-lyon.fr/informations-scientifiques/dossiers-thematiques/de-villes-en-metropoles/articles-scientifiques/nca-nouvelle-capitale-egypte</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03979588v1</w:t>
+                <w:t xml:space="preserve">hal-04052864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Démonstration de puissance ou aveu d’impuissance ? La nouvelle capitale administrative de l’Égypte</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Un portail web de cartographie interactive des recensements égyptiens sur deux siècles (1882-2017)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Bayoumi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géoconfluences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, http://geoconfluences.ens-lyon.fr/informations-scientifiques/dossiers-thematiques/de-villes-en-metropoles/articles-scientifiques/nca-nouvelle-capitale-egypte</w:t>
+              <w:t xml:space="preserve">Sources. Material &amp; Fieldwork in African Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5, pp.75-90</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04052864v1</w:t>
+                <w:t xml:space="preserve">halshs-03979588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une nouvelle capitale pour l’Égypte : le reflet de la crise ?</w:t>
               </w:r>
@@ -826,304 +826,304 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04937122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Egyptian press archive of CEDEJ. A challenging case study of Arabic OCR</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Ahmed Ellotf</w:t>
+                <w:t xml:space="preserve">Dossier Egypte : la renaissance d'une grande ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bennafla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Bayoumi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Égypte Soudan mondes arabes</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Carto, le monde en cartes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n°59, p.12-23</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04947422v1</w:t>
+                <w:t xml:space="preserve">halshs-04937125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dossier Egypte : la renaissance d'une grande ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Karine Bennafla</w:t>
+                <w:t xml:space="preserve">Digital archiving in the Arab world: Assessment and challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hala Bayoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hala Bayoumi</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carto, le monde en cartes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Égypte Soudan mondes arabes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 22, pp.13-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ema.13141⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04937125v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03083920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digital archiving in the Arab world: Assessment and challenges</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Egyptian press archive of CEDEJ. A challenging case study of Arabic OCR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rami Khalil Rouchdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Ahmed Ellotf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Bayoumi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Égypte Soudan mondes arabes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 22, pp.13-20. </w:t>
+              <w:t xml:space="preserve">, 2020, 22, pp.41-55. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/ema.13141⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/ema.13156⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03083920v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04947422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (22)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1204,165 +1204,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05532120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cartes en ligne : un outil de science ouverte</w:t>
+                <w:t xml:space="preserve">العلوم المفتوحة ودور أمناء المكتبات وخبراء المعلومات في العالم العربي</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Bayoumi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Exposition de données visuelles, spatiales, sérielles enrichies » du consortium DISTAM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupe de travail 3 DISTAM, May 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">Séminaire de l'Union arabe des bibliothèques et de l'information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, المنظّم: لجنة إدارة المعلومات والمعرفة التابعة للاتحاد العربي للمكتبات والمعلومات, Feb 2025, Le Caire (Egypte), Egypt</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04950685v1</w:t>
+                <w:t xml:space="preserve">hal-04973353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">العلوم المفتوحة ودور أمناء المكتبات وخبراء المعلومات في العالم العربي</w:t>
+                <w:t xml:space="preserve">Cartes en ligne : un outil de science ouverte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Bayoumi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire de l'Union arabe des bibliothèques et de l'information</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, المنظّم: لجنة إدارة المعلومات والمعرفة التابعة للاتحاد العربي للمكتبات والمعلومات, Feb 2025, Le Caire (Egypte), Egypt</w:t>
+              <w:t xml:space="preserve">Exposition de données visuelles, spatiales, sérielles enrichies » du consortium DISTAM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe de travail 3 DISTAM, May 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04973353v1</w:t>
+                <w:t xml:space="preserve">hal-04950685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Portails Web dynamiques et interactifs d’accès aux archives, cartes et données. Outils de science ouverte.</w:t>
               </w:r>
@@ -1549,247 +1549,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04950692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la collecte à l'exploitation des données en Egypte : retour d'expériences du CEDEJ autour du recensement et du Covid</w:t>
+                <w:t xml:space="preserve">Does the lack of access to water have an effect on poverty? Analysing the correlation between poverty and access to water in Egypt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Bayoumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Francoise Courel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée autour de l'Egypte et des statistiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, La Plateforme Universitaire de Données d’Aix-Marseille Université, Dec 2022, Aix (Aix-Marseille Université), France</w:t>
+              <w:t xml:space="preserve">Water megacities and global change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UNESCO, Jan 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04972430v1</w:t>
+                <w:t xml:space="preserve">hal-04972413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cartes en ligne : Un outil de science ouverte – Système d’archivage dynamique et interactif de la cartothèque du CEDEJ*. http://cedejcarto.org</w:t>
+                <w:t xml:space="preserve">De la collecte à l'exploitation des données en Egypte : retour d'expériences du CEDEJ autour du recensement et du Covid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Bayoumi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">43e Colloque annuel MELCOM 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Middle East Librarians Committee, May 2022, Marburg, Germany</w:t>
+              <w:t xml:space="preserve">Journée autour de l'Egypte et des statistiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, La Plateforme Universitaire de Données d’Aix-Marseille Université, Dec 2022, Aix (Aix-Marseille Université), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04972416v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04972430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does the lack of access to water have an effect on poverty? Analysing the correlation between poverty and access to water in Egypt</w:t>
+                <w:t xml:space="preserve">Cartes en ligne : Un outil de science ouverte – Système d’archivage dynamique et interactif de la cartothèque du CEDEJ*. http://cedejcarto.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Bayoumi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Francoise Courel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water megacities and global change</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UNESCO, Jan 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">43e Colloque annuel MELCOM 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Middle East Librarians Committee, May 2022, Marburg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04972413v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04972416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two centuries of Egyptian census: creation of a web portal of interactive maps and demographic data</w:t>
               </w:r>
@@ -2045,165 +2045,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04972438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les humanités numériques un domaine de recherche multi-disciplinaires – modélisation des dynamiques spatiales, Programme virtuel pour l’année 2020</w:t>
+                <w:t xml:space="preserve">« Press Archive Assessment and challenges : Implementation of an online system of Documentary research from the CEDEJ’S press archives »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Bayoumi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Passer au numérique… transforme nos vies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, BAIFA - Bibliotheca Alexandrina, Oct 2020, Alexandrie (Egypte), Egypt</w:t>
+              <w:t xml:space="preserve">Digital Humanities and Learning Technologies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American University, Jun 2020, Le Caire (Egypt), Egypt</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04972445v1</w:t>
+                <w:t xml:space="preserve">hal-04972447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Press Archive Assessment and challenges : Implementation of an online system of Documentary research from the CEDEJ’S press archives »</w:t>
+                <w:t xml:space="preserve">Les humanités numériques un domaine de recherche multi-disciplinaires – modélisation des dynamiques spatiales, Programme virtuel pour l’année 2020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Bayoumi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital Humanities and Learning Technologies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, American University, Jun 2020, Le Caire (Egypt), Egypt</w:t>
+              <w:t xml:space="preserve">Passer au numérique… transforme nos vies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, BAIFA - Bibliotheca Alexandrina, Oct 2020, Alexandrie (Egypte), Egypt</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04972447v1</w:t>
+                <w:t xml:space="preserve">hal-04972445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digital Humanities and Modelling the Spatial Dynamics:</w:t>
               </w:r>
@@ -2953,165 +2953,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04939535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BIG DATA PROJECT : de la numérisation d’1 MILLION de coupures de presse à la création d’un outil de recherche en ligne cedej.bibalex.org</w:t>
+                <w:t xml:space="preserve">CARTE MONDIALE INTERACTIVE DES ZONES ARIDES ET SEMI-ARIDES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Bayoumi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Humanités Numériques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04949301v1</w:t>
+                <w:t xml:space="preserve">hal-04949302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CARTE MONDIALE INTERACTIVE DES ZONES ARIDES ET SEMI-ARIDES</w:t>
+                <w:t xml:space="preserve">BIG DATA PROJECT : de la numérisation d’1 MILLION de coupures de presse à la création d’un outil de recherche en ligne cedej.bibalex.org</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Bayoumi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Humanités Numériques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04949302v1</w:t>
+                <w:t xml:space="preserve">hal-04949301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3142,51 +3142,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digital archiving in the Arab World</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Bayoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Oliveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Égypte Soudan mondes arabes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 22, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3529,131 +3529,122 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le pari des zones franches</w:t>
+                <w:t xml:space="preserve">Bibliotheca Alexandrina : le mythe renaissant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Bayoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Bost</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ahmed Samir Habib</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hala Bayoumi et Karine Bennafla. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de l'Égypte contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, CNRS Éditions, pp.106-107, 2020, </w:t>
+              <w:t xml:space="preserve">, CNRS Éditions, pp.130-131, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.editionscnrs.37587⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/books.editionscnrs.37647⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04948948v1</w:t>
+                <w:t xml:space="preserve">hal-04948934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction de l'Atlas de l’Égypte contemporaine. CNRS Éditions</w:t>
               </w:r>
@@ -3728,481 +3719,490 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04949286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Caire : comment composer avec la démesure</w:t>
+                <w:t xml:space="preserve">Le pari des zones franches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Bayoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bennafla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Bost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de l'Égypte contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, CNRS Éditions, pp.68-69, 2020, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/books.editionscnrs.37492⟩</w:t>
+              <w:t xml:space="preserve">, CNRS Éditions, pp.106-107, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.editionscnrs.37587⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04949283v1</w:t>
+                <w:t xml:space="preserve">halshs-04948948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fécondité, nuptialité et sexualité</w:t>
+                <w:t xml:space="preserve">Le Caire : comment composer avec la démesure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Bayoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bennafla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de l'Égypte contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, CNRS Éditions, pp.54-55, 2020, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, CNRS Éditions, pp.68-69, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.editionscnrs.37492⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.editionscnrs.37457⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04949284v1</w:t>
+                <w:t xml:space="preserve">hal-04949283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Nouvelle Capitale administrative : un projet ambitieux</w:t>
+                <w:t xml:space="preserve">Fécondité, nuptialité et sexualité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Bayoumi</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bennafla</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de l'Égypte contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, CNRS Éditions, pp.80-81, 2020, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, CNRS Éditions, pp.54-55, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.editionscnrs.37457⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.editionscnrs.37522⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-04948871v1</w:t>
+                <w:t xml:space="preserve">hal-04949284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Villes et filles du Canal : Port Saïd, Ismaïlia, Suez</w:t>
+                <w:t xml:space="preserve">La Nouvelle Capitale administrative : un projet ambitieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Bayoumi</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Hala Bayoumi et Karine Bennafla. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hala Bayoumi et Karine BENNAFLA. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de l'Égypte contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, CNRS Éditions, pp.98-99, 2020, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, CNRS Éditions, pp.80-81, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.editionscnrs.37522⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.editionscnrs.37567⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04949282v1</w:t>
+                <w:t xml:space="preserve">halshs-04948871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bibliotheca Alexandrina : le mythe renaissant</w:t>
+                <w:t xml:space="preserve">Villes et filles du Canal : Port Saïd, Ismaïlia, Suez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Bayoumi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Samir Habib</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bennafla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hala Bayoumi et Karine Bennafla. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de l'Égypte contemporaine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, CNRS Éditions, pp.130-131, 2020, </w:t>
+              <w:t xml:space="preserve">, CNRS Éditions, pp.98-99, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.editionscnrs.37647⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/books.editionscnrs.37567⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04948934v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04949282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Electoral Sociology of the Egyptian Vote in the 2011-2013 Sequence</w:t>
               </w:r>
@@ -4574,151 +4574,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05185830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Dynamic and Interactive Atlas of Egypt i</w:t>
+                <w:t xml:space="preserve">Portail web cartographique et dynamique des recensements égyptiens 1882-2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Bayoumi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2025, https://egyptatlas.org/#c=home</w:t>
+              <w:t xml:space="preserve">2025, https://www.cedejcapmas.org/adws/app/4d5b52dc-669d-11e9-b6a6-975656a88994/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04949303v1</w:t>
+                <w:t xml:space="preserve">hal-04949310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Portail web cartographique et dynamique des recensements égyptiens 1882-2017</w:t>
+                <w:t xml:space="preserve">The Dynamic and Interactive Atlas of Egypt i</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Bayoumi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2025, https://www.cedejcapmas.org/adws/app/4d5b52dc-669d-11e9-b6a6-975656a88994/</w:t>
+              <w:t xml:space="preserve">2025, https://egyptatlas.org/#c=home</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04949310v1</w:t>
+                <w:t xml:space="preserve">hal-04949303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Web Portal for the Management of the CEDEJ Map Library https://cedejcarto.org</w:t>
               </w:r>
@@ -5502,51 +5502,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3BFFC261"/>
+    <w:nsid w:val="071A7997"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5733,51 +5733,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/hala-bayoumi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3634-0253" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05201173v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Bayoumi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bennafla" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pliez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05438704v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Choplin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melina Macouin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15f9j" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824272v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12qn2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03979588v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052864v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937122v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947422v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Khalil Rouchdi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ahmed Ellotf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ema.13156" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937125v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03083920v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Oliveau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ema.13141" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532120v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950685v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973353v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949288v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949289v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950692v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972430v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972416v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972413v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Francoise Courel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972419v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972427v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972443v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972438v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972445v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972447v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972503v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975146v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Courel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342860v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Levorato" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977144v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977145v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fran&#231;oise Courel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977147v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977150v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926169v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Macouin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Bouzidi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939535v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949301v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949302v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03083913v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ema.13136" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469736v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832271v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehab El-Khatib" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ola Abaza" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neemet Sharaf El-Din" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832293v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Moriconi Ebrard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04948948v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bost" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.37587" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949286v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.37362" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949283v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.37492" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949284v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.37457" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04948871v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.37522" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949282v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.37567" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948934v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Samir Habib" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.37647" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519625v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Rougier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-137-56322-4_8" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977141v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Courel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977143v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05185830v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949303v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949310v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950651v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04943680v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832259v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950668v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01343096v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342873v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832296v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04973283v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04973338v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/hala-bayoumi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3634-0253" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05201173v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Bayoumi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bennafla" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pliez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05438704v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Choplin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melina Macouin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15f9j" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824272v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12qn2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04052864v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03979588v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937122v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04937125v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03083920v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Oliveau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ema.13141" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947422v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rami Khalil Rouchdi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Ahmed Ellotf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ema.13156" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05532120v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04973353v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950685v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949288v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949289v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950692v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972413v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Francoise Courel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972430v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972416v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972419v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972427v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972443v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972438v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972447v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972445v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04972503v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975146v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Courel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342860v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Levorato" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977144v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977145v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fran&#231;oise Courel" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977147v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977150v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926169v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Macouin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Bouzidi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939535v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949302v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949301v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03083913v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ema.13136" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02469736v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832271v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehab El-Khatib" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ola Abaza" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neemet Sharaf El-Din" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832293v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Moriconi Ebrard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948934v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Samir Habib" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.37647" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949286v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.37362" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04948948v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bost" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.37587" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949283v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.37492" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949284v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.37457" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04948871v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.37522" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949282v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.editionscnrs.37567" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01519625v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Rougier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-137-56322-4_8" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977141v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Courel" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977143v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05185830v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949310v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949303v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950651v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04943680v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832259v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950668v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01343096v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342873v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832296v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04973283v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04973338v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>