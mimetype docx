--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -72,51 +72,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (38)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (39)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -240,2564 +240,2551 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04889555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and characterization of advanced paraffin plaster composite for building energy storage</w:t>
+                <w:t xml:space="preserve">Thermal Characterization of Paraffin-Based Phase Change Materials for Thermal Energy Storage and Improved Thermal Comfort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Najoua Mekaddem</w:t>
+                <w:t xml:space="preserve">Lydia Ferdjallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samia Ben-Ali</w:t>
+                <w:t xml:space="preserve">Magali Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Fois</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Hannachi</w:t>
+                <w:t xml:space="preserve">Laurent Ibos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jobe.2024.108603⟩</w:t>
+              <w:t xml:space="preserve">Energies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 18 (23), pp.6331. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/en18236331⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04707813v1</w:t>
+                <w:t xml:space="preserve">hal-05564807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward the Development of Graphene/Chitosan Biocomposite Aerogels with Enhanced Mechanical and Thermal Insulation Performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dang-Thi Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dang-Thi Le</w:t>
+                <w:t xml:space="preserve">Benjamin Carbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Carbonnier</w:t>
+                <w:t xml:space="preserve">Séna Hamadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séna Hamadi</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Daniel Grande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Applied Polymer Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 6 (21), pp.13132-13146. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acsapm.4c02301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04781870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of quenching temperature on the sandblasting erosion behavior of poly(methyl methacrylate) glass</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Development and characterization of advanced paraffin plaster composite for building energy storage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najoua Mekaddem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samia Ben-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Messaoud Fatmi</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Hannachi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sadhana</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12046-023-02261-6⟩</w:t>
+              <w:t xml:space="preserve">Journal of Building Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 84, pp.108603. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jobe.2024.108603⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04314846v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04707813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of cellulose acetate/low density polyethylene fibre reinforced composite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Oualid Ammar Mouhoub</w:t>
+                <w:t xml:space="preserve">The effect of quenching temperature on the sandblasting erosion behavior of poly(methyl methacrylate) glass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Barka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Rouabah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nacereddine Haddaoui</w:t>
+                <w:t xml:space="preserve">Messaoud Fatmi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Adhesion Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.1-21. </w:t>
+              <w:t xml:space="preserve">Sadhana</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 48 (4), pp.198. </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/01694243.2023.2192851⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12046-023-02261-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04306180v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04314846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermophysical Characterization of Paraffins versus Temperature for Thermal Energy Storage</w:t>
+                <w:t xml:space="preserve">Characterization of cellulose acetate/low density polyethylene fibre reinforced composite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manel Kraiem</w:t>
+                <w:t xml:space="preserve">Oualid Ammar Mouhoub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Rouabah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mustapha Karkri</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Patrik Sobolciak</w:t>
+                <w:t xml:space="preserve">Nacereddine Haddaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Buildings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/buildings13040877⟩</w:t>
+              <w:t xml:space="preserve">Journal of Adhesion Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/01694243.2023.2192851⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04303298v1</w:t>
+                <w:t xml:space="preserve">hal-04306180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preparation and Characterization of Pcm Plaster Composite for Thermal Energy Storage in Building Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Najoua Mekaddem</w:t>
+                <w:t xml:space="preserve">Thermophysical Characterization of Paraffins versus Temperature for Thermal Energy Storage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manel Kraiem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samia Ben Ali</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Mustapha Karkri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Hannachi</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrik Sobolciak</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SSRN Electronic Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2139/ssrn.4161330⟩</w:t>
+              <w:t xml:space="preserve">Buildings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (4), pp.877. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/buildings13040877⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04273169v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04303298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermophysical Behavior of Polycarbonate: Effect of Free Quenching above and below the Glass Transition Temperature</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Preparation and Characterization of Pcm Plaster Composite for Thermal Energy Storage in Building Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najoua Mekaddem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samia Ben Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Hannachi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Materials Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 1174, pp.123-136. </w:t>
+              <w:t xml:space="preserve">SSRN Electronic Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4028/p-a258c5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2139/ssrn.4161330⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04273160v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04273169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Addition of Organo-Modified Nanoclay for Tuning the Microstructure, Thermal Stability, and Biodegradability of Poly(lactic acid)/Polycarbonate Immiscible Blends</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thermophysical Behavior of Polycarbonate: Effect of Free Quenching above and below the Glass Transition Temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Barka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Rouabah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imane Mayouf</w:t>
+                <w:t xml:space="preserve">Fairouz Zouaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ali Larous</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Yacine Nouar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Science Series A / Vysokomolekulyarnye Soedineniya, Ser. A.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1134/S0965545X22700225⟩</w:t>
+              <w:t xml:space="preserve">Advanced Materials Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1174, pp.123-136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/p-a258c5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04273157v1</w:t>
+                <w:t xml:space="preserve">hal-04273160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel Biocomposites Based on El Retma Natural Fiber and PLA/PC Mixture Compatibilized Using Samarium Acetylacetonate Catalyzed Interchange Reactions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">Addition of Organo-Modified Nanoclay for Tuning the Microstructure, Thermal Stability, and Biodegradability of Poly(lactic acid)/Polycarbonate Immiscible Blends</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imane Mayouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Larous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melia Guessoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacerddine Haddaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer Science Series B / Vysokomolekulyarnye Soedineniya, Ser. B.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1134/S1560090422200052⟩</w:t>
+              <w:t xml:space="preserve">Polymer Science Series A / Vysokomolekulyarnye Soedineniya, Ser. A.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 64 (5), pp.519-531. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1134/S0965545X22700225⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04273152v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04273157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the optical and dielectric properties of bifunctional and trifunctional epoxy polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Haythem Jdidi</w:t>
+                <w:t xml:space="preserve">Novel Biocomposites Based on El Retma Natural Fiber and PLA/PC Mixture Compatibilized Using Samarium Acetylacetonate Catalyzed Interchange Reactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melia Guessoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Najla Fourati</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Sorya Nekkaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Fois</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.polymer.2021.123882⟩</w:t>
+              <w:t xml:space="preserve">Polymer Science Series B / Vysokomolekulyarnye Soedineniya, Ser. B.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 64 (3), pp.313-325. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1134/S1560090422200052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03262899v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04273152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of chemical treatment on thermophysical behavior of Spanish broom flour-reinforced polypropylene biocomposite</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Farid Rouabah</w:t>
+                <w:t xml:space="preserve">Exploring the optical and dielectric properties of bifunctional and trifunctional epoxy polymers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haythem Jdidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najla Fourati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marta Fernández-García</w:t>
+                <w:t xml:space="preserve">Chouki Zerrouki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Ibos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Polymer Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 41 (1), pp.9-18. </w:t>
+              <w:t xml:space="preserve">Polymer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 228, pp.123882. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/polyeng-2020-0073⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.polymer.2021.123882⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04273138v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03262899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement of pore size distribution of building materials by thermal method</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of chemical treatment on thermophysical behavior of Spanish broom flour-reinforced polypropylene biocomposite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacine Nouar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fairouz Zouaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sorya Nekkaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Rouabah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Dujardin</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Laurent Ibos</w:t>
+                <w:t xml:space="preserve">Marta Fernández-García</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2020.118417⟩</w:t>
+              <w:t xml:space="preserve">Journal of Polymer Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 41 (1), pp.9-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/polyeng-2020-0073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03348177v1</w:t>
+                <w:t xml:space="preserve">hal-04273138v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal and mechanical performances of cement-based mortars reinforced with vegetable synthetic sponge wastes and silica fume</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Measurement of pore size distribution of building materials by thermal method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dujardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thouraya Salem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salem Touraya</w:t>
+                <w:t xml:space="preserve">Vincent Feuillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Fois</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Laurent Ibos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Construction and Building Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 264, 11 p. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2020.120213⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 245, pp.118417. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2020.118417⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03146697v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03348177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermophysical characterization and numerical investigation of three paraffin waxes as Latent Heat Storage Materials,</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mustapha Karkri</w:t>
+                <w:t xml:space="preserve">Thermal and mechanical performances of cement-based mortars reinforced with vegetable synthetic sponge wastes and silica fume</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salem Touraya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Othman Omikrine-Metalssi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Manuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sassi Ben Nasrallah</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Teddy Fen Chong</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Energy Storage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20944/preprints201903.0034.v1⟩</w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 264, 11 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2020.120213⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04315458v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03146697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of heat treatment on the thermophysical properties of copper-powder-filled polycarbonate and polycarbonate containing paraffin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fairouz Zouaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Rouabah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Nouar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Fois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Polymer Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 39 (8), pp.729-735. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1515/polyeng-2019-0055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04273141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paraffin/ Expanded Perlite/Plaster as Thermal Energy Storage Composite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Najoua Mekaddem</w:t>
+                <w:t xml:space="preserve">Thermophysical characterization and numerical investigation of three paraffin waxes as Latent Heat Storage Materials,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manel Kraiem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samia Ben Ali</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Mustapha Karkri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sassi Ben Nasrallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sobolciak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy Procedia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.egypro.2018.11.279⟩</w:t>
+              <w:t xml:space="preserve">Journal of Energy Storage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 26, pp.100985. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20944/preprints201903.0034.v1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04118368v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04315458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of Fiber Surface Treatment Effect on Thermal, Mechanical and Acoustical Properties of Date Palm Fiber-Reinforced Cementitious Composites</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Paraffin/ Expanded Perlite/Plaster as Thermal Energy Storage Composite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najoua Mekaddem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samia Ben Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Achraf Ghorbal</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Hannachi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Waste and Biomass Valorization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12649-019-00745-3⟩</w:t>
+              <w:t xml:space="preserve">Energy Procedia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 157, pp.1118-1129. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.egypro.2018.11.279⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04306195v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04118368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat treatment of isotactic polypropylene: the effect of free quenching from the melt state</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigation of Fiber Surface Treatment Effect on Thermal, Mechanical and Acoustical Properties of Date Palm Fiber-Reinforced Cementitious Composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marwa Lahouioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Ben Arfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Ibos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Merabet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">M. Fois</w:t>
+                <w:t xml:space="preserve">Achraf Ghorbal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Polymer Analysis and Characterization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/1023666X.2019.1594619⟩</w:t>
+              <w:t xml:space="preserve">Waste and Biomass Valorization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (8), pp.4441-4455. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12649-019-00745-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04306207v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04306195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of Catalytic Transesterification Reactions to the Compatibilization of Poly(lactic acid)/Polycarbonate Blends: Thermal, Morphological and Viscoelastic Characterization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Heat treatment of isotactic polypropylene: the effect of free quenching from the melt state</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Merabet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rouabah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadjat Chelghoum</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nacerddine Haddaoui</w:t>
+                <w:t xml:space="preserve">M. Fois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Polymers and the Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 26 (1), pp.342-354. </w:t>
+              <w:t xml:space="preserve">International Journal of Polymer Analysis and Characterization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 24 (4), pp.313-325. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10924-017-0950-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/1023666X.2019.1594619⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04273121v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04306207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the Free Quenching on Mechanical and Thermomechanical Properties of ABS</w:t>
+                <w:t xml:space="preserve">Effects of Free Quenching on Mechanical, Thermomechanical and Thermophysical Properties of Titanium Dioxide-Pigmented Polystyrene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Bencid</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+                <w:t xml:space="preserve">D. Dadache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Rouabah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Djidjelli</w:t>
+                <w:t xml:space="preserve">M. Guellal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Russian Journal of Applied Chemistry / Zhurnal Prikladnoi Khimii</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 90 (12), pp.2009-2015. </w:t>
+              <w:t xml:space="preserve">, 2018, 91 (12), pp.1974-1983. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1134/S1070427217120175⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1134/S1070427218120091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04306238v1</w:t>
+                <w:t xml:space="preserve">hal-04273135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermophysical characterization of polymers according to the temperature using a periodic method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ibos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Radhouan Tlili</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrahim Boudenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dujardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer Testing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 66, pp.235-243. </w:t>
@@ -2848,64 +2835,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative study in the identification of liquid to solid transition phase with DSC, Raman spectra analysis and chemiometrics methods applied to phase change materials used for icing-delay in civil engineering infrastructures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Marchetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ibos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Dumoulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2963,460 +2950,460 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01629608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Free Quenching on Mechanical, Thermomechanical and Thermophysical Properties of Titanium Dioxide-Pigmented Polystyrene</w:t>
+                <w:t xml:space="preserve">Contribution of Catalytic Transesterification Reactions to the Compatibilization of Poly(lactic acid)/Polycarbonate Blends: Thermal, Morphological and Viscoelastic Characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Dadache</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">M. Guellal</w:t>
+                <w:t xml:space="preserve">Nadjat Chelghoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melia Guessoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacerddine Haddaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Russian Journal of Applied Chemistry / Zhurnal Prikladnoi Khimii</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1134/S1070427218120091⟩</w:t>
+              <w:t xml:space="preserve">Journal of Polymers and the Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 26 (1), pp.342-354. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10924-017-0950-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04273135v1</w:t>
+                <w:t xml:space="preserve">hal-04273121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soft interface dynamics in flax-fabrics/epoxy composites</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of the Free Quenching on Mechanical and Thermomechanical Properties of ABS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bencid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rouabah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Dujardin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">C. Poilane</w:t>
+                <w:t xml:space="preserve">H. Djidjelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composite Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compstruct.2018.02.038⟩</w:t>
+              <w:t xml:space="preserve">Russian Journal of Applied Chemistry / Zhurnal Prikladnoi Khimii</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 90 (12), pp.2009-2015. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1134/S1070427217120175⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02339730v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04306238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viscoelastic, thermo-mechanical and environmental properties of composites based on polypropylene/poly(lactic acid) blend and copper modified nanoclay</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Soft interface dynamics in flax-fabrics/epoxy composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Dujardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Grimau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Farida Bouzidi</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nacerddine Haddaoui</w:t>
+                <w:t xml:space="preserve">C. Poilane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Adhesion Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 32 (5), pp.496-515. </w:t>
+              <w:t xml:space="preserve">Composite Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 202, pp.389-396. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/01694243.2017.1365422⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.compstruct.2018.02.038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04273133v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02339730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical prediction of paraffin composite thermal behavior for thermal energy storage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Najoua Mekaddem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samia Ben-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samia Ben-Ali</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Magali Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atef Mazioud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Hannachi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PONTE International Scientific Researchs Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 73 (8), </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3444,6229 +3431,6450 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04306219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viscoelastic, thermal and environmental characteristics of poly(lactic acid), linear low-density polyethylene and low-density polyethylene ternary blends and composites</w:t>
+                <w:t xml:space="preserve">Viscoelastic, thermo-mechanical and environmental properties of composites based on polypropylene/poly(lactic acid) blend and copper modified nanoclay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noreddine Medjdoub</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId48" w:history="1">
+                <w:t xml:space="preserve">Farida Bouzidi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melia Guessoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacerddine Haddaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Adhesion Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 31 (7), pp.787-805. </w:t>
+              <w:t xml:space="preserve">, 2017, 32 (5), pp.496-515. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/01694243.2016.1232547⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/01694243.2017.1365422⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04306247v1</w:t>
+                <w:t xml:space="preserve">hal-04273133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unconventional experimental technologies available for phase change materials (PCM) characterization. Part 1. Thermophysical properties</w:t>
+                <w:t xml:space="preserve">Viscoelastic, thermal and environmental characteristics of poly(lactic acid), linear low-density polyethylene and low-density polyethylene ternary blends and composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luisa Cabeza</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Noreddine Medjdoub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melia Guessoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.rser.2014.07.191⟩</w:t>
+              <w:t xml:space="preserve">Journal of Adhesion Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 31 (7), pp.787-805. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/01694243.2016.1232547⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04332467v1</w:t>
+                <w:t xml:space="preserve">hal-04306247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Defect detection and characterization in composite materials using square pulse thermography coupled with singular value decomposition analysis and thermal quadrupole modeling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unconventional experimental technologies available for phase change materials (PCM) characterization. Part 1. Thermophysical properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luisa Cabeza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camila Barreneche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Martorell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laia Miró</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Feuillet</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sana Sari-Bey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NDT &amp; E International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ndteint.2012.06.003⟩</w:t>
+              <w:t xml:space="preserve">Renewable and Sustainable Energy Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 43, pp.1399-1414. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.rser.2014.07.191⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04119903v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04332467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the Polymer Surface Layer on the Adhesion of Polymer Matrix Composites</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Defect detection and characterization in composite materials using square pulse thermography coupled with singular value decomposition analysis and thermal quadrupole modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Feuillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Ibos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Dumoulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Candau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Thermoplastic Composite Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0892705708091606⟩</w:t>
+              <w:t xml:space="preserve">NDT &amp; E International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 51, pp.58-67. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ndteint.2012.06.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02562279v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04119903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tool Preparation in Autoclave Manufacturing of Thermoset Matrix Composites and its Relevance to Adhesion</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Influence of the Polymer Surface Layer on the Adhesion of Polymer Matrix Composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Secouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Tapie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Hucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Jouquand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Aguni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of Adhesion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00218460701751889⟩</w:t>
+              <w:t xml:space="preserve">Journal of Thermoplastic Composite Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 22 (1), pp.51-61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0892705708091606⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02562273v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02562279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roughness and fibre reinforcement effect onto wettability of composite surfaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tool Preparation in Autoclave Manufacturing of Thermoset Matrix Composites and its Relevance to Adhesion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q. Bénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 253 (10), pp.4753-4758. </w:t>
+              <w:t xml:space="preserve">The Journal of Adhesion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 83 (11), pp.987-1001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2006.10.049⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/00218460701751889⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02562265v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02562273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Influence of Polymer Surface Layer Thickness on the Adhesion of Composite Assembly. Differences between Initial State and Thermal Ageing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Roughness and fibre reinforcement effect onto wettability of composite surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Bénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Bénard</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Celine Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Macromolecular Symposia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 253 (10), pp.4753-4758. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2006.10.049⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/masy.200750448⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02562272v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02562265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface treatment of carbon/epoxy and glass/epoxy composites with an excimer laser beam</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
+                <w:t xml:space="preserve">On the Influence of Polymer Surface Layer Thickness on the Adhesion of Composite Assembly. Differences between Initial State and Thermal Ageing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Bénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Adhesion and Adhesives</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Macromolecular Symposia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 249-250 (1), pp.635-640. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/masy.200750448⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijadhadh.2005.07.008⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02562249v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02562272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of fibre reinforcement and peel ply surface treatment towards adhesion of composite surfaces</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId149" w:history="1">
+                <w:t xml:space="preserve">Surface treatment of carbon/epoxy and glass/epoxy composites with an excimer laser beam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q. Bénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Laurens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Adhesion and Adhesives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 25 (5), pp.404-409. </w:t>
+              <w:t xml:space="preserve">, 2006, 26 (7), pp.543-549. </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijadhadh.2004.11.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijadhadh.2005.07.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02562232v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02562249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peel ply surface treatment for composite assemblies: Chemistry and morphology effects</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId149" w:history="1">
+                <w:t xml:space="preserve">Influence of fibre reinforcement and peel ply surface treatment towards adhesion of composite surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q. Bénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 36 (11), pp.1562-1568. </w:t>
+              <w:t xml:space="preserve">International Journal of Adhesion and Adhesives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 25 (5), pp.404-409. </w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.compositesa.2005.02.012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijadhadh.2004.11.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02562236v1</w:t>
+                <w:t xml:space="preserve">hal-02562232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Peel ply surface treatment for composite assemblies: Chemistry and morphology effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q. Bénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Grisel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Composites Part A: Applied Science and Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 36 (11), pp.1562-1568. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compositesa.2005.02.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02562236v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Intumescent polypropylene/flax blends: a preliminary study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Le Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Duquesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Poutch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer Degradation and Stability</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 88 (1), pp.80-84. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.polymdegradstab.2004.04.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02562223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (36)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (37)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation des matériaux à changement de phase dans les infrastructures d'ingénierie civile</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId177" w:history="1">
+                <w:t xml:space="preserve">Comparaison des performances d'une DSC à flux de chaleur et d'une DSC à compensation de puissance pour l'étude des changements de phase de paraffines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydia Ferdjallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ibos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès National de la Recherche des IUT</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Congrès Français de thermique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Strasbourg, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25855/SFT2024-044⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04619759v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05564862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Titre : Etude de matériaux à changement de phase par analyse thermique</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId177" w:history="1">
+                <w:t xml:space="preserve">Utilisation des matériaux à changement de phase dans les infrastructures d'ingénierie civile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydia Ferdjallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ibos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée scientifique des doctorants 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ecole doctorale SIE UPEC, Jun 2023, Créteil (94), France</w:t>
+              <w:t xml:space="preserve">Congrès National de la Recherche des IUT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Haute-Alsace (UHA) Mulhouse - Colmar [Université de Haute-Alsace (UHA)], Mar 2024, Mulhouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04384845v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04619759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation de matériaux à changement de phase pour lutter contre les îlots de chaleur urbains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydia Ferdjallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ibos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Dumoulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SFT 2023 - 31e Congrès Français de Thermique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04302837v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of phase change materials for frost protection applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId177" w:history="1">
+                <w:t xml:space="preserve">Titre : Etude de matériaux à changement de phase par analyse thermique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydia Ferdjallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ibos</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean Dumoulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HEIBS - 2nd International Workshop on Health, Energy Efficiency &amp; Intelligent Building Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Creteil, France. pp.1-3</w:t>
+              <w:t xml:space="preserve">Journée scientifique des doctorants 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole doctorale SIE UPEC, Jun 2023, Créteil (94), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04302803v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04384845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aérogels hybrides pour la construction durable : Élaboration, caractérisation et modélisation</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Use of phase change materials for frost protection applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydia Ferdjallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Ibos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Dumoulin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30e Congrès Français de Thermique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Valenciennes, France</w:t>
+              <w:t xml:space="preserve">HEIBS - 2nd International Workshop on Health, Energy Efficiency &amp; Intelligent Building Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Creteil, France. pp.1-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04355788v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04302803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence du traitement textile sur la dynamique d'interface de composites lin/epoxy</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Aérogels hybrides pour la construction durable : Élaboration, caractérisation et modélisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dang-Thi Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Carbonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salah Naili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Grande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vu-Hieu Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Scientifiques Franco-Maghrébines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Thiais, France</w:t>
+              <w:t xml:space="preserve">30e Congrès Français de Thermique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04288536v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04355788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de la porosité par méthode thermique de composites incorporant des fibres végétales destinés à la construction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Influence du traitement textile sur la dynamique d'interface de composites lin/epoxy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dujardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Poilâne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Scientifiques Franco-Maghrébines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Thiais, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04288516v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04288536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of thermal and mechanical properties of cement-based composites reinforced with vegetal sponge wastes and silica fume</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude de la porosité par méthode thermique de composites incorporant des fibres végétales destinés à la construction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dujardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thouraya Salem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Feuillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Laurent Ibos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Magali Fois</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Laurent Ibos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28ème congrès français de thermique</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées Scientifiques Franco-Maghrébines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Thiais, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04312806v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04288516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de la porosité de composites incorporant des fibres végétales déstinés à la construction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+                <w:t xml:space="preserve">Study of thermal and mechanical properties of cement-based composites reinforced with vegetal sponge wastes and silica fume</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thouraya Salem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Vincent Feuillet</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Manuel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Fois</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laurent Ibos</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Société Française de Thermique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">28ème congrès français de thermique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Belfort, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25855/SFT2020-143⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04281523v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04312806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La porosité : Une question de taille !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thouraya Salem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dujardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Feuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ibos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Fois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CNR IUT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IUT Toulon, Jun 2019, Toulon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04288498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison de deux méthodes de mesure de conductivité thermique sur des matériaux isolants ou conducteurs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+                <w:t xml:space="preserve">Etude de la porosité de composites incorporant des fibres végétales déstinés à la construction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thouraya Salem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Dujardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Feuillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Fois</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laurent Ibos</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Société Française de Thermique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04281542v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04281523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel lignin-reinforced composites: Thermal conductivity, mechanical behavior, and water absorption</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rim Ben Arfi</w:t>
+                <w:t xml:space="preserve">Comparaison de deux méthodes de mesure de conductivité thermique sur des matériaux isolants ou conducteurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thouraya Salem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dujardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Feuillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Fois</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laurent Ibos</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Achraf Ghorbal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Euro-Mediterranean Conference for Environmental Integration (EMCEI-19)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Société Française de Thermique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Nantes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04322325v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04281542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet de la trempe libre sur les propriétés mécaniques, thermophysiques et thermomécaniques de l'ABS</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Farid Rouabah</w:t>
+                <w:t xml:space="preserve">Novel lignin-reinforced composites: Thermal conductivity, mechanical behavior, and water absorption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marwa Lahouioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Ben Arfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Fois</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laurent Ibos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hocine Djidjelli</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achraf Ghorbal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26ème congrès Français de Thermique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2nd Euro-Mediterranean Conference for Environmental Integration (EMCEI-19)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Sousse (Tunisie), Tunisia. pp.245-250, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-51210-1_41⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04312831v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04322325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Appreciation of the delay in the benefits of the thermal energy released by PCM in civil engineering structures</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effet de la trempe libre sur les propriétés mécaniques, thermophysiques et thermomécaniques de l'ABS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Peiffer</w:t>
+                <w:t xml:space="preserve">Abdeslam Bencid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Rouabah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Ibos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Escal</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Hocine Djidjelli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QIRT 2018, 14th Quantitative InfraRed Thermography Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Berlin, Germany. pp.9 P</w:t>
+              <w:t xml:space="preserve">26ème congrès Français de Thermique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Pau (FRA), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01891265v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04312831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude de la porosité par méthode thermique</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Appreciation of the delay in the benefits of the thermal energy released by PCM in civil engineering structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Le Touz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Marchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Dumoulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Peiffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Escal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français de Thermique, SFT 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Pau, France</w:t>
+              <w:t xml:space="preserve">QIRT 2018, 14th Quantitative InfraRed Thermography Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Berlin, Germany. pp.9 P</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04281750v1</w:t>
+                <w:t xml:space="preserve">hal-01891265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation thermophysique d’un matériau à changement de phase solide-liquide destiné à l’utilisation dans des bâtiments</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Mustapha Karkri</w:t>
+                <w:t xml:space="preserve">Étude de la porosité par méthode thermique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dujardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thouraya Salem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Feuillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Fois</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Laurent Ibos</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès français de thermique, SFT</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Pau (FRA), France</w:t>
+              <w:t xml:space="preserve">Congrès Français de Thermique, SFT 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04326286v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04281750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation thermophysique de composites perlite expansée/ paraffine/ plâtre destinés au stockage d'énergie dans le bâtiment</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Caractérisation thermophysique d’un matériau à changement de phase solide-liquide destiné à l’utilisation dans des bâtiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manel Kraiem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sassi S. Bennasrallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Karkri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Laurent Ibos</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrik Sobolciak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25ème congrès Français de Thermique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFT, May 2017, Marseille (13), France</w:t>
+              <w:t xml:space="preserve">Congrès français de thermique, SFT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Pau (FRA), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04322222v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04326286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermographic monitoring of asphalt concrete surface with phase change materials inclusions for icing delays purposes</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">Caractérisation thermophysique de composites perlite expansée/ paraffine/ plâtre destinés au stockage d'énergie dans le bâtiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Najoua Mekaddem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samia Ben Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Atef Mazioud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ibos</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">N Le Touz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QIRT 2016</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">25ème congrès Français de Thermique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFT, May 2017, Marseille (13), France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01388166v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04322222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude des performances thermiques et mécaniques de matériaux à matrice cimentaire renforcés par des fibres de bois de palmier</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marwa Lahouioui</w:t>
+                <w:t xml:space="preserve">Les matériaux à changement de phase en génie civil.Contexte spécifique de la viabilité hivernale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Dumoulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Marchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Le Touz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Michel Piau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Fois</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laurent Ibos</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rim Ben Arfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français de Thermique 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Journée d’étude co-organisée par la Société Française de Thermique (SFT) et French Interpore Chapter sur « Réactions, échanges et stockage dans les mousses solides : Modèles et caractérisations expérimentales.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Thermique (SFT), Mar 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04312852v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01377106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les matériaux à changement de phase en génie civil.Contexte spécifique de la viabilité hivernale</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thermographic monitoring of asphalt concrete surface with phase change materials inclusions for icing delays purposes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Michel Piau</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">M Marchetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Dumoulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ibos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Le Touz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’étude co-organisée par la Société Française de Thermique (SFT) et French Interpore Chapter sur « Réactions, échanges et stockage dans les mousses solides : Modèles et caractérisations expérimentales.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">QIRT 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Gdańsk Poland. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21611/qirt.2016.078⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01377106v1</w:t>
+                <w:t xml:space="preserve">hal-01388166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude des performances thermiques de matériaux à matrice cimentaire renforcés par des fibres de bois de palmier traitées</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+                <w:t xml:space="preserve">Etude des performances thermiques et mécaniques de matériaux à matrice cimentaire renforcés par des fibres de bois de palmier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marwa Lahouioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achraf Ghorbal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Fois</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laurent Ibos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Ben Arfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25ème congrès Français de Thermique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Marseille (13), France</w:t>
+              <w:t xml:space="preserve">Congrès Français de Thermique 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04312793v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04312852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de la durabilité d'assemblages composites collés carbone/epoxyde, lors de vieillissement thermique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Quentin Bénard</w:t>
+                <w:t xml:space="preserve">Etude des performances thermiques de matériaux à matrice cimentaire renforcés par des fibres de bois de palmier traitées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marwa Lahouioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Fois</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Celine Picard</w:t>
+                <w:t xml:space="preserve">Laurent Ibos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achraf Ghorbal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matériaux 2006</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2006, Dijon, France</w:t>
+              <w:t xml:space="preserve">25ème congrès Français de Thermique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Marseille (13), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02565937v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04312793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the influence of polymer surface layer thickness on the adhesion of composite assembly</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude de la durabilité d'assemblages composites collés carbone/epoxyde, lors de vieillissement thermique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Bénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Bénard</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30th Anniversary of the Polymer Society of Korea</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2006, Busan, South Korea</w:t>
+              <w:t xml:space="preserve">Matériaux 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2006, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02565679v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02565937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the Polymer Surface Layer on the Adhesion of Polymer Matrix composites</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the influence of polymer surface layer thickness on the adhesion of composite assembly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Bénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Bénard</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Joubert F</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Picard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th International Conference Composite Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2005, Durban, South Africa</w:t>
+              <w:t xml:space="preserve">30th Anniversary of the Polymer Society of Korea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2006, Busan, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02565704v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02565679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical Modification Induced by peel ply treatment of composites: Adhesion behaviour at the initial state and after ageing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of the Polymer Surface Layer on the Adhesion of Polymer Matrix composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Bénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Bénard</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Laurens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joubert F</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Structural Adhesives in Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2005, Bristol, United Kingdom</w:t>
+              <w:t xml:space="preserve">15th International Conference Composite Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2005, Durban, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02565720v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02565704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of release agents on composite adhesion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chemical Modification Induced by peel ply treatment of composites: Adhesion behaviour at the initial state and after ageing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Bénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IUPAC 2004</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2004, Paris, France</w:t>
+              <w:t xml:space="preserve">Structural Adhesives in Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2005, Bristol, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02565740v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02565720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compréhension des phénomènes d’adhésions d’assemblages composites collés</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Excimer LASER and composite surface treatment to improve adhesion performances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Bénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Bénard</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Laurens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de l’école doctorale 2004</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2004, Caen, France</w:t>
+              <w:t xml:space="preserve">Euradh04</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2004, Freiburg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02566394v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02565759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Excimer LASER and composite surface treatment to improve adhesion performances</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of release agents on composite adhesion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Bénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Bénard</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascale Laurens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Euradh04</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2004, Freiburg, Germany</w:t>
+              <w:t xml:space="preserve">IUPAC 2004</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2004, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02565759v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02565740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traitement de surface de matériaux composites par tissus à délaminer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Compréhension des phénomènes d’adhésions d’assemblages composites collés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Bénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Premières Journées FFM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2004, Limoges, France</w:t>
+              <w:t xml:space="preserve">Journée de l’école doctorale 2004</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2004, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02566396v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02566394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intumescent polypropylene-flax blends</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Traitement de surface de matériaux composites par tissus à délaminer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Bénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Franck Poutch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th European Meeting on Fire Retardancy and Protection of Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2003, Lille, France</w:t>
+              <w:t xml:space="preserve">Premières Journées FFM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2004, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02567274v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02566396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rôle de la rugosité de surface sur la tenue mécanique d’assemblages composites collés</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intumescent polypropylene-flax blends</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lebras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Duquesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Bénard</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">C. Zoller</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Poutch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès national du GFP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2003, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">9th European Meeting on Fire Retardancy and Protection of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2003, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02566397v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02567274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de la nature du renfort et de la rugosité de surface dans les assemblages composites collés</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rôle de la rugosité de surface sur la tenue mécanique d’assemblages composites collés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Bénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Bénard</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">C Perrot</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Zoller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12ième Journées d'Etude sur l'Adhésion (JADH'2003)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2003, Oleron, France</w:t>
+              <w:t xml:space="preserve">Congrès national du GFP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2003, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02567083v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02566397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rugosité et microrugosité dans les assemblages composites collés.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence de la nature du renfort et de la rugosité de surface dans les assemblages composites collés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Bénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Bénard</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Marchant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Perrot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque GFP 2003</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2003, Clermont Ferrand, France</w:t>
+              <w:t xml:space="preserve">12ième Journées d'Etude sur l'Adhésion (JADH'2003)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2003, Oleron, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02567087v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02567083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de la nature du renfort et de la rugosité de surface dans les assemblages composites</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Rugosité et microrugosité dans les assemblages composites collés.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Bénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Bénard</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Marchant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JADH’03</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2002, Oléron, France</w:t>
+              <w:t xml:space="preserve">Colloque GFP 2003</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2003, Clermont Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02566400v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02567087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesures d’énergies de surfaces de composites verre/époxyde et carbone/époxyde</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Caractérisation de surfaces composites. Applications au collage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Bénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matériaux2002</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2002, Tours, France</w:t>
+              <w:t xml:space="preserve">JEPO 30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2002, Guethary, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02566403v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02566398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de surfaces composites. Applications au collage</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mesures d’énergies de surfaces de composites verre/époxyde et carbone/époxyde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Bénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JEPO 30</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2002, Guethary, France</w:t>
+              <w:t xml:space="preserve">Matériaux2002</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2002, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02566398v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02566403v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence de la nature du renfort et de la rugosité de surface dans les assemblages composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Bénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Grisel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JADH’03</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2002, Oléron, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02566400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Novel Lignin-Reinforced Composites: Thermal Conductivity, Mechanical Behavior, and Water Absorption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marwa Lahouioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rim Ben Arfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Fois</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laurent Ibos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achraf Ghorbal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recent Advances in Environmental Science from the Euro-Mediterranean and Surrounding Regions (2nd Edition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.245-250, 2021, Environmental Science and Engineering, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-51210-1_41⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04305143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental Investigation of Palm Fiber Surface Treatment Effect on Thermal, Acoustical, and Mechanical Properties of a New Bio-Composite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marwa Lahouioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rim Ben Arfi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magali Fois</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laurent Ibos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achraf Ghorbal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recent Advances in Environmental Science from the Euro-Mediterranean and Surrounding Regions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer International Publishing, pp.1577-1579, 2018, Advances in Science, Technology &amp; Innovation, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-319-70548-4_458⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04306164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ageing and Degradation of Multiphase Polymer Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilbert Teyssedre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Fois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Abderrahim Boudenne; Laurent Ibos; Yves Candau; Sabu Thomas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Handbook of Multiphase Polymer Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wiley, pp.797-841, 2011, 978-0-4707-1420-1. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781119972020.ch21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02618425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laser Surface Treatment of Composite Materials to Enhance Adhesion Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q. Bénard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Laurens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adhesion</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Wiley-VCH Verlag GmbH &amp; Co. KGaA, pp.305-318, 2006, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/3527607307.ch20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02562248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adhesion - Current Research and Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Bénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magali Fois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Bénard</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Laurens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1st Edition Wiley-VCH, Weinheim</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Possart, Wulff (ed.), 2005, 3-527-31263-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02569375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fire Retardant Polypropylene / flax blends – Use of hydroxides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Fois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Grisel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lebras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Duquesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Poutch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">in New trends in using halogen-free mineral additives and fillers, Royal Chemical Society, Cambridge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.291-301, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02569340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId249"/>
+      <w:footerReference w:type="default" r:id="rId253"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9813,51 +10021,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889555v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Kharchi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Barka" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Rouabah" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel-Hamid Mourad" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deradji Dadache" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2024.120143" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707813v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najoua Mekaddem" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Ben-Ali" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Fois" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Hannachi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2024.108603" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781870v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dang-Thi Le" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Carbonnier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;na Hamadi" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Grande" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsapm.4c02301" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314846v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messaoud Fatmi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12046-023-02261-6" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306180v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oualid Ammar Mouhoub" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacereddine Haddaoui" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01694243.2023.2192851" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303298v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Kraiem" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Karkri" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrik Sobolciak" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings13040877" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04273169v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Ben Ali" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.4161330" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04273160v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fairouz Zouaoui" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Nouar" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/p-a258c5" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04273157v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Mayouf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Larous" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melia Guessoum" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacerddine Haddaoui" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S0965545X22700225" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04273152v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorya Nekkaa" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1560090422200052" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262899v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haythem Jdidi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najla Fourati" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chouki Zerrouki" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ibos" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2021.123882" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04273138v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Fern&#225;ndez-Garc&#237;a" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/polyeng-2020-0073" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348177v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dujardin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thouraya Salem" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Feuillet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2020.118417" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146697v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Touraya" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Othman Omikrine-Metalssi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Manuel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Fen Chong" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2020.120213" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04315458v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sassi Ben Nasrallah" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sobolciak" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20944/preprints201903.0034.v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04273141v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/polyeng-2019-0055" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04118368v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2018.11.279" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306195v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Lahouioui" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Ben Arfi" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Ghorbal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-019-00745-3" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306207v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Merabet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rouabah" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fois" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1023666X.2019.1594619" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04273121v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjat Chelghoum" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10924-017-0950-4" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306238v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bencid" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Djidjelli" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1070427217120175" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330059v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhouan Tlili" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Boudenne" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2018.01.023" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01629608v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Marchetti" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dumoulin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bourson" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2017.11.002" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04273135v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dadache" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guellal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1070427218120091" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02339730v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dujardin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grimau" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Poilane" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2018.02.038" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04273133v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Bouzidi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01694243.2017.1365422" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306219v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atef Mazioud" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21506/j.ponte.2017.8.40" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306247v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noreddine Medjdoub" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01694243.2016.1232547" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332467v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Cabeza" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Barreneche" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Martorell" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laia Mir&#243;" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Sari-Bey" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2014.07.191" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04119903v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Feuillet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ibos" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dumoulin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Candau" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2012.06.003" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G5Z369C9-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02562279v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Secouard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tapie" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hucher" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jouquand" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Aguni" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0892705708091606" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6760B7FB8A9F337D4499C04D27A782442E34C545/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02562273v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. B&#233;nard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Grisel" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218460701751889" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02562265v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin B&#233;nard" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2006.10.049" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MT5R0VL4-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02562272v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Picard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/masy.200750448" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5512E383BAD7FEB8183E529CBEF87D2D1A185B13/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02562249v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Laurens" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2005.07.008" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8C28397T-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02562232v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2004.11.006" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R6WDHQD1-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02562236v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2005.02.012" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RZ5JSBH7-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02562223v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Le Bras" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Duquesne" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Poutch" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2004.04.028" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TKHJHGBL-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619759v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Ferdjallah" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384845v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04302837v2" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04302803v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Fois" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355788v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Naili" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vu-Hieu Nguyen" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04288536v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Poil&#226;ne" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04288516v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312806v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2020-143" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04281523v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04288498v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04281542v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322325v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-51210-1_41" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312831v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeslam Bencid" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Djidjelli" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01891265v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Touz" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Peiffer" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Escal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04281750v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04326286v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sassi S. Bennasrallah" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322222v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01388166v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Marchetti" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Dumoulin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Le Touz" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21611/qirt.2016.078" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312852v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01377106v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Piau" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312793v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02565937v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02565679v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02565704v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Laurens" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joubert F" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02565720v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02565740v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02566394v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02565759v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02566396v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02567274v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lebras" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Duquesne" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02566397v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zoller" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02567083v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Marchant" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Perrot" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02567087v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02566400v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02566403v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02566398v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305143v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306164v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-70548-4_458" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618425v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Colin" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Teyssedre" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119972020.ch21" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02562248v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/3527607307.ch20" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02569375v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02569340v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Poutch" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04889555v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Kharchi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Barka" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Rouabah" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel-Hamid Mourad" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deradji Dadache" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2024.120143" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564807v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Ferdjallah" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Fois" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ibos" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en18236331" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04781870v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dang-Thi Le" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Carbonnier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;na Hamadi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Grande" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsapm.4c02301" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707813v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najoua Mekaddem" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Ben-Ali" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Hannachi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jobe.2024.108603" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04314846v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messaoud Fatmi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12046-023-02261-6" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306180v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oualid Ammar Mouhoub" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacereddine Haddaoui" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01694243.2023.2192851" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303298v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manel Kraiem" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Karkri" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrik Sobolciak" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/buildings13040877" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04273169v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Ben Ali" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.4161330" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04273160v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fairouz Zouaoui" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Nouar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/p-a258c5" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04273157v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Mayouf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Larous" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melia Guessoum" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacerddine Haddaoui" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S0965545X22700225" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04273152v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorya Nekkaa" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1560090422200052" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262899v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haythem Jdidi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najla Fourati" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chouki Zerrouki" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2021.123882" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04273138v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Fern&#225;ndez-Garc&#237;a" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/polyeng-2020-0073" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348177v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dujardin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thouraya Salem" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Feuillet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2020.118417" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146697v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salem Touraya" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Othman Omikrine-Metalssi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Manuel" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Fen Chong" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2020.120213" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04273141v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/polyeng-2019-0055" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04315458v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sassi Ben Nasrallah" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sobolciak" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20944/preprints201903.0034.v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04118368v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.egypro.2018.11.279" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306195v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Lahouioui" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rim Ben Arfi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Ghorbal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12649-019-00745-3" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306207v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Merabet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rouabah" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fois" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1023666X.2019.1594619" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04273135v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dadache" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guellal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1070427218120091" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330059v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radhouan Tlili" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrahim Boudenne" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymertesting.2018.01.023" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01629608v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Marchetti" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Dumoulin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bourson" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2017.11.002" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04273121v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjat Chelghoum" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10924-017-0950-4" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306238v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bencid" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Djidjelli" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1134/S1070427217120175" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02339730v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Dujardin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grimau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Poilane" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruct.2018.02.038" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306219v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atef Mazioud" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21506/j.ponte.2017.8.40" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04273133v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Bouzidi" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01694243.2017.1365422" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306247v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noreddine Medjdoub" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01694243.2016.1232547" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332467v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Cabeza" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Barreneche" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Martorell" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laia Mir&#243;" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Sari-Bey" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rser.2014.07.191" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04119903v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Feuillet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ibos" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dumoulin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Candau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ndteint.2012.06.003" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G5Z369C9-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02562279v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Secouard" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tapie" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hucher" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jouquand" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Aguni" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0892705708091606" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6760B7FB8A9F337D4499C04D27A782442E34C545/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02562273v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. B&#233;nard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Grisel" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00218460701751889" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02562265v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin B&#233;nard" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2006.10.049" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MT5R0VL4-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02562272v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Picard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/masy.200750448" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5512E383BAD7FEB8183E529CBEF87D2D1A185B13/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02562249v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Laurens" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2005.07.008" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8C28397T-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02562232v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijadhadh.2004.11.006" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R6WDHQD1-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02562236v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compositesa.2005.02.012" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RZ5JSBH7-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02562223v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Le Bras" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Duquesne" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Poutch" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymdegradstab.2004.04.028" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TKHJHGBL-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564862v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2024-044" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619759v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04302837v2" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04384845v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04302803v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Fois" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04355788v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Naili" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vu-Hieu Nguyen" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04288536v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Poil&#226;ne" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04288516v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312806v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2020-143" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04288498v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04281523v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04281542v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322325v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-51210-1_41" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312831v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeslam Bencid" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hocine Djidjelli" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01891265v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Touz" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Peiffer" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Escal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04281750v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.u-pec.fr/hal-04326286v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sassi S. Bennasrallah" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04322222v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01377106v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Piau" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01388166v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Marchetti" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Dumoulin" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Le Touz" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21611/qirt.2016.078" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312852v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04312793v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02565937v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02565679v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02565704v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Laurens" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joubert F" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02565720v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02565759v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02565740v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02566394v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02566396v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02567274v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lebras" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Duquesne" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02566397v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Zoller" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02567083v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Marchant" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Perrot" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02567087v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02566398v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02566403v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02566400v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305143v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306164v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-70548-4_458" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02618425v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Colin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Teyssedre" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119972020.ch21" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02562248v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/3527607307.ch20" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02569375v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02569340v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Poutch" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>