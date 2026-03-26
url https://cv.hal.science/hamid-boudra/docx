--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -735,511 +735,511 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02949602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction to exploration of biological markers of feed efficiency in young bulls</w:t>
+                <w:t xml:space="preserve">Effectiveness of interventions to modulate the rumen microbiota composition and function in pre-ruminant and ruminant lambs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Jade Meale</w:t>
+                <w:t xml:space="preserve">Cristina Saro-Higuera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulli Hohenester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diego Morgavi</w:t>
+                <w:t xml:space="preserve">Mickaël Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Cassar-Malek</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Ortigues Marty</w:t>
+                <w:t xml:space="preserve">Marie Lagrée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.8b01910⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (1273), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.01273⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01901455v1</w:t>
+                <w:t xml:space="preserve">hal-02629107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effectiveness of interventions to modulate the rumen microbiota composition and function in pre-ruminant and ruminant lambs</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marie Lagrée</w:t>
+                <w:t xml:space="preserve">Evaluation of sample preparation methods for NMR-based metabolomics of cow milk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédict Yanibada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid Boudra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Debrauwer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.01273⟩</w:t>
+              <w:t xml:space="preserve">Heliyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 4 (10), pp.e00856. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2018.e00856⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02629107v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02620738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of sample preparation methods for NMR-based metabolomics of cow milk</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hamid Boudra</w:t>
+                <w:t xml:space="preserve">Correction to exploration of biological markers of feed efficiency in young bulls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Jade Meale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Morgavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Cassar-Malek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donato Andueza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Debrauwer</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Diego Morgavi</w:t>
+                <w:t xml:space="preserve">Isabelle Ortigues Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heliyon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 4 (10), pp.e00856. </w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 66 (17), pp.4580. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.heliyon.2018.e00856⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.8b01910⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02620738v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration of biological markers of feed efficiency in young bulls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Jade Meale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cassar-Malek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donato Andueza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Ortigues Marty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 65 (45), pp.9817-9827. </w:t>
@@ -1290,51 +1290,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bioavailability of aflatoxin B1 and ochratoxin A, but not fumonisin B1 or deoxynivalenol, is increased in starch-induced low ruminal pH in nonlactating dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dadik Pantaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Silberberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1411,51 +1411,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rumen microbial communities influence metabolic phenotypes in lambs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Rathahao-Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1539,542 +1539,542 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01269366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presence of mycotoxins in sugar beet pulp silage collected in France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Presence of aflatoxin M1 in raw, reconstituted and powdered milk samples collected in Algeria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Redouane-Salah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Morgavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabah Arhab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Messai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal Feed Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.anifeedsci.2015.04.010⟩</w:t>
+              <w:t xml:space="preserve">Environmental Monitoring and Assessment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 187 (6), pp.375-378. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10661-015-4627-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01901484v1</w:t>
+                <w:t xml:space="preserve">hal-02636038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presence of aflatoxin M1 in raw, reconstituted and powdered milk samples collected in Algeria</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Presence of mycotoxins in sugar beet pulp silage collected in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid Boudra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Rouillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Lyan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Monitoring and Assessment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 187 (6), pp.375-378. </w:t>
+              <w:t xml:space="preserve">Animal Feed Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 205, pp.131-135. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10661-015-4627-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.anifeedsci.2015.04.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02636038v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01901484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dietary carbohydrate composition modifies the milk N efficiency in late lactation cows fed low crude protein diets</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gonzalo Cantalapiedra-Hijar</w:t>
+                <w:t xml:space="preserve">Low pH enhances rumen absorption of aflatoxin B1 and ochratoxin A in sheep</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dadik Pantaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Morgavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Silberberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Louis Peyraud</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Hamid Boudra</w:t>
+                <w:t xml:space="preserve">S. Suryahadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Animal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S1751731113002012⟩</w:t>
+              <w:t xml:space="preserve">Global Veterinaria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 13 (2), pp.227-232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5829/idosi.gv.2014.13.02.84118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01210485v1</w:t>
+                <w:t xml:space="preserve">hal-02635860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low pH enhances rumen absorption of aflatoxin B1 and ochratoxin A in sheep</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Cécile Martin</w:t>
+                <w:t xml:space="preserve">Dietary carbohydrate composition modifies the milk N efficiency in late lactation cows fed low crude protein diets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gonzalo Cantalapiedra-Hijar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Peyraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Lemosquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Suryahadi</w:t>
+                <w:t xml:space="preserve">E Molina-Alcaide</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Veterinaria</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 13 (2), pp.227-232. </w:t>
+              <w:t xml:space="preserve">Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 8 (2), pp.275-285. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5829/idosi.gv.2014.13.02.84118⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S1751731113002012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02635860v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01210485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short communication: Toxicokinetics of ochratoxin A in dairy ewes and carryover to milk following a single or long-term ingestion of contaminated feed</w:t>
               </w:r>
@@ -2099,51 +2099,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Saivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Buffière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Dairy Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 96 (10), pp.6690 - 6696. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2177,51 +2177,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fungal secondary metabolites from Monascus spp. reduce rumen methane production in vitro and in vivo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2333,51 +2333,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Noziere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pujos-Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Chromatography A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 1256, pp.169-176. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2449,51 +2449,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. El Marnissi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rajae Belkhou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laila Bennani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2566,51 +2566,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effectiveness of modified yeast cell wall extracts to reduce aflatoxin B1 absorption in dairy ewes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Firmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandros Yiannikouris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2696,51 +2696,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Firmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peggy Gandia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Houin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2798,355 +2798,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00604043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perspectives offertes par les approches en «omique» pour l’amélioration de la durabilité de l’élevage des herbivores</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les mycotoxines dans les fourrages : un facteur limitant insidieusement la qualité des fourrages et les performances des ruminants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INRA Productions Animales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 22 (5), pp.385-396</w:t>
+              <w:t xml:space="preserve">Fourrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 199, pp.265-280</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02662984v1</w:t>
+                <w:t xml:space="preserve">hal-02655830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cell wall component and mycotoxin moieties involved in binding of fumonisin B1 and B2 by lactic acid bacteria.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marielle Lemaire</w:t>
+                <w:t xml:space="preserve">Perspectives offertes par les approches en «omique» pour l’amélioration de la durabilité de l’élevage des herbivores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Hocquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Cassar-Malek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte B. Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">INRA Productions Animales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 22 (5), pp.385-396</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-00360818v2</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02662984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les mycotoxines dans les fourrages : un facteur limitant insidieusement la qualité des fourrages et les performances des ruminants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cell wall component and mycotoxin moieties involved in binding of fumonisin B1 and B2 by lactic acid bacteria.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Niderkorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Morgavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bettina Aboab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Lemaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fourrages</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 106, pp.977-985. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2672.2008.04065.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02655830v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00360818v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le risque mycotoxique : danger et impact sanitaire en productions animales</w:t>
               </w:r>
@@ -3171,51 +3171,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle P. Oswald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Guerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3255,359 +3255,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02665476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'ensilage est-il un moyen d'éliminer la contamination des ensilages de maïs par certaines fusariotoxines ?</w:t>
+                <w:t xml:space="preserve">Reduction in fusarium toxin levels in corn silage with low dry matter and storage time</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 56 (12), pp.4523-4528. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jf800267k⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02661589v1</w:t>
+                <w:t xml:space="preserve">hal-02667123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduction in fusarium toxin levels in corn silage with low dry matter and storage time</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stability of the bacteria-bound zearalenone complex in ruminal fluid and in simulated gastrointestinal environment in vitro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Niderkorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/jf800267k⟩</w:t>
+              <w:t xml:space="preserve">World Mycotoxin Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 1 (4), pp.463-467. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3920/WMJ2007.1010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-02667123v1</w:t>
+                <w:t xml:space="preserve">hal-02662775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability of the bacteria-bound zearalenone complex in ruminal fluid and in simulated gastrointestinal environment in vitro</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L'ensilage est-il un moyen d'éliminer la contamination des ensilages de maïs par certaines fusariotoxines ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Mycotoxin Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Phytoma la Défense des Végétaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 618, pp.20-22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3920/WMJ2007.1010⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02662775v1</w:t>
+                <w:t xml:space="preserve">hal-02661589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les fusariotoxines : comment limiter leur présence dans les ensilages et leur impact chez les ruminants ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Niderkorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fourrages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 189, pp.111-123</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3632,64 +3632,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Screening of fermentative bacteria for their ability to bind and biotransform deoxynivalenol, zearalenone and fumonisins in an in vitro simulated corn silage model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Niderkorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pujos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3792,51 +3792,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Barnouin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Dragacci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Dairy Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 90 (7), pp.3197-3201. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3969,64 +3969,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Screening of fermentative bacteria for their ability to bind and biotransform deoxynivalenol, zearalenone and fumonisins in an &amp;lt;i&amp;gt;in vitro&amp;lt;/i&amp;gt; model simulating corn silage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Niderkorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Pujos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4093,429 +4093,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00577523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and validation of a HPLC method for the quantitation of ochratoxins in plasma and raw milk</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le risque mycotoxique dans la chaîne alimentaire en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Pierre Jouany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Morgavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chromatography B - Analytical Technologies in the Biomedical and Life Sciences</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 41 (3), pp.151-158</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02656629v1</w:t>
+                <w:t xml:space="preserve">hal-02661990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le risque mycotoxique dans la chaîne alimentaire en France</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Binding of Fusarium mycotoxins by fermentative bacteria in vitro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Niderkorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid Boudra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 101 (4), pp.849-856. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2672.2006.02958.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02661990v1</w:t>
+                <w:t xml:space="preserve">hal-02653340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Binding of Fusarium mycotoxins by fermentative bacteria in vitro</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Prévenir au mieux les moisissures et mycotoxines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Cultivar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 599, pp.36-37</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02653340v1</w:t>
+                <w:t xml:space="preserve">hal-02653809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prévenir au mieux les moisissures et mycotoxines</w:t>
+                <w:t xml:space="preserve">Development and validation of a HPLC method for the quantitation of ochratoxins in plasma and raw milk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cultivar</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Chromatography B - Analytical Technologies in the Biomedical and Life Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 843, pp.295-301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jchromb.2006.06.018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02653809v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02656629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mycotoxin risk evaluation in feeds contamined by Aspergillus fumigatus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Animal Feed Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 120 (1-2), pp.113-123. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4561,77 +4561,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect and stability of glioxin, an Aspergillus fulmigatus toxin, on in vitro rumen fermentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Pierre Jouany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Michalet-Doreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4669,51 +4669,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prevention of patulin toxicity on rumen microbial fermentation by SH-containing reducing agents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4837,51 +4837,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerôme Mezui Me Ndong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Debrauwer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Dubreuil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6016,320 +6016,320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05116318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An early life methane inhibitor treatment reduced methane emissions in dairy calves</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Bernard</w:t>
+                <w:t xml:space="preserve">Inhibition of enteric methanogenesis in cows induces changes in plasma metabolome highlighting potential emission markers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédict Yanibada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulli Hohenester</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Pétéra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Canlet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Greenhouse Gas and Animal Agriculture Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Foz do Iguassu, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02737343v1</w:t>
+                <w:t xml:space="preserve">hal-02788492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inhibition of enteric methanogenesis in cows induces changes in plasma metabolome highlighting potential emission markers</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Durand</w:t>
+                <w:t xml:space="preserve">An early life methane inhibitor treatment reduced methane emissions in dairy calves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Jade Meale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Saro-Higuera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milka Popova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. Greenhouse Gas and Animal Agriculture Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Foz do Iguassu, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02788492v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02737343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changes in rumen metabolites from lambs fed a feed additive containing linseed oil and garlic essential oil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ulli Hohenester</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Saro-Higuera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6522,64 +6522,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of a lipid-garlic treatment on archaeal community establishment and rumen function in lambs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Saro-Higuera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Graviou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6641,221 +6641,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02741702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complementarity of NMR and MS methods in metabolome analysis of dairy cows’ urine</w:t>
+                <w:t xml:space="preserve">Résultats d’une enquête sur la contamination par les mycotoxines des pulpes de betterave surpressées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7. Journées scientifiques du Réseau Français de Métabolomique et de Fluxomique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Réseau Francophone de Métabolomique et Fluxomique (RFMF). FRA., May 2013, Amiens, France. 1 p</w:t>
+              <w:t xml:space="preserve">Commission Nationale des Co-produits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02749632v1</w:t>
+                <w:t xml:space="preserve">hal-02807070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résultats d’une enquête sur la contamination par les mycotoxines des pulpes de betterave surpressées</w:t>
+                <w:t xml:space="preserve">Complementarity of NMR and MS methods in metabolome analysis of dairy cows’ urine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Thibaudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mounir Traïkia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Jousse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Commission Nationale des Co-produits</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">7. Journées scientifiques du Réseau Français de Métabolomique et de Fluxomique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Réseau Francophone de Métabolomique et Fluxomique (RFMF). FRA., May 2013, Amiens, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02807070v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02749632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lessons learnt from SMEthane : detection of active compounds and their stability in feeds</w:t>
               </w:r>
@@ -6923,51 +6923,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fungal secondary metabolites reduce rumen methane production in vitro and in vivo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7176,989 +7176,989 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02820775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution des approches en « omique » à l’élevage durable des herbivores</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Hocquette</w:t>
+                <w:t xml:space="preserve">Nouvelles pratiques d'élevage d'herbivores en zone herbagère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Agabriel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Garel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Brigitte B. Picard</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Bonnefoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel M. Doreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15. Rencontres Recherches Ruminants (3R)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2008, Paris, France</w:t>
+              <w:t xml:space="preserve">2. Journées de Restitution des Projets financés sur Crédits Incitatifs en 2006 et 2007 - Département de Physiologie Animale et Système d'Élevage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02752116v1</w:t>
+                <w:t xml:space="preserve">hal-02757273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouvelles pratiques d'élevage d'herbivores en zone herbagère</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Garel</w:t>
+                <w:t xml:space="preserve">Contribution des approches en « omique » à l’élevage durable des herbivores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Hocquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michel M. Doreau</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Cassar-Malek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte B. Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Journées de Restitution des Projets financés sur Crédits Incitatifs en 2006 et 2007 - Département de Physiologie Animale et Système d'Élevage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2008, Tours, France</w:t>
+              <w:t xml:space="preserve">15. Rencontres Recherches Ruminants (3R)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2008, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02757273v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02752116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stabilité de quatre fusariotoxines dans l’ensilage de maïs à différentes conditions de stockage</w:t>
+                <w:t xml:space="preserve">Mycotoxines dans l'alimentation animale : effets sur la production et la santé des animaux de ferme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Pierre Jouany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mycotoxines fusariennes des céréales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2007, Arcachon, France</w:t>
+              <w:t xml:space="preserve">5èmes Journées des Sciences Vétérinaires:Alimentation et Reproduction des Ruminants : Aspects sanitaires et zootechniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2007, Alger, Algérie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02756505v1</w:t>
+                <w:t xml:space="preserve">hal-02820701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mécanisme de séquestration des fumonisines B1 et B2 par les bactéries lactiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Niderkorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Aboab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lemaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. Rencontre des Microbiologistes du Pôle Clermontois</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2007, Aubière, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02757783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mycotoxines dans l'alimentation animale : effets sur la production et la santé des animaux de ferme</w:t>
+                <w:t xml:space="preserve">Evaluation du transfert des contaminants organiques vers le lait</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel M. Doreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Pierre Jouany</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Noziere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5èmes Journées des Sciences Vétérinaires:Alimentation et Reproduction des Ruminants : Aspects sanitaires et zootechniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2007, Alger, Algérie</w:t>
+              <w:t xml:space="preserve">2. Journées d'Animation Scientifique du Département de Physiologie Animale et Systèmes d'Élevage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2007, Tours, France. 2 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02820701v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02757703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation du transfert des contaminants organiques vers le lait</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Potentialités de la spectroscopie proche infra rouge pour le développement de prédictions de la teneur en DON de grains de blé tendre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre P. Roumet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Boinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Pierre Noziere</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic F. Compan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Hais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2. Journées d'Animation Scientifique du Département de Physiologie Animale et Systèmes d'Élevage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2007, Tours, France. 2 p</w:t>
+              <w:t xml:space="preserve">Mycotoxines Fusariennes des Céréales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2007, Arcachon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02757703v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02758505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potentialités de la spectroscopie proche infra rouge pour le développement de prédictions de la teneur en DON de grains de blé tendre</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nelly Boinot</w:t>
+                <w:t xml:space="preserve">Stabilité du complexe zéaralénone - Streptococcus thermophilus dans le jus de rumen in vitro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Niderkorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mycotoxines Fusariennes des Céréales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2007, Arcachon, France</w:t>
+              <w:t xml:space="preserve">14. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2007, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02758505v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02754093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stabilité du complexe zéaralénone - Streptococcus thermophilus dans le jus de rumen in vitro</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Stabilité de quatre fusariotoxines dans l’ensilage de maïs à différentes conditions de stockage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid Boudra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Alvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2007, Paris, France</w:t>
+              <w:t xml:space="preserve">Mycotoxines fusariennes des céréales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2007, Arcachon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02754093v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02756505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Binding and biotransformation of the Fusarium mycotoxin zearalenone to α-zearalenol by lactic acid bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Niderkorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. Joint RRI-INRA Gastrointestinal Tract Microbiology Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2006, Aberdeen, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8183,77 +8183,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aptitude des bactéries lactiques à séquestrer et biotransformer les fusariotoxines. Application à la détoxification des ensilages de maïs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Niderkorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14. Colloque du Club des Bactéries Lactiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2006, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8291,64 +8291,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation des risques par les mycotoxines chez les ruminants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Pierre Jouany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Journées d'Animation Scientifique du Département de Physiologie Animale et Système d'Elevage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2005, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8367,515 +8367,515 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02761132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche de l'ochratoxine A et son métabolite l'OTα, de l'aflatoxine M1, de la fumonisine B1 et de son métabolite aminopentol dans le lait cru en France</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reducing agents prevent patulin toxicity in in vitro rumen fermentations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Morgavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Pierre Jouany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Graviou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Scientifiques de la transversalité « Mycotoxines »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2004, Toulouse, France</w:t>
+              <w:t xml:space="preserve">4. Joint INRA-RRI Symposium Gut Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2004, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02761131v1</w:t>
+                <w:t xml:space="preserve">hal-02759051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruminal toxicity of individual mycotoxins and of a mixed-toxin extract obtained from Aspergillus fumigatus-contaminated feed</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Effet in vitro de l'addition d'agents biologiques sur la présence de myotoxines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Niderkorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Alvarez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Joint INRA-RRI Symposium Gut Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2004, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">11. Rencontres Recherches Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2004, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02761405v1</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02759433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effet in vitro de l'addition d'agents biologiques sur la présence de myotoxines</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Ruminal toxicity of individual mycotoxins and of a mixed-toxin extract obtained from Aspergillus fumigatus-contaminated feed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Graviou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Alvarez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11. Rencontres Recherches Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2004, Paris, France</w:t>
+              <w:t xml:space="preserve">4. Joint INRA-RRI Symposium Gut Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2004, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02759433v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02761405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reducing agents prevent patulin toxicity in in vitro rumen fermentations</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Recherche de l'ochratoxine A et son métabolite l'OTα, de l'aflatoxine M1, de la fumonisine B1 et de son métabolite aminopentol dans le lait cru en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid Boudra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques J. Barnouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Dorr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Pierre Jouany</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique Graviou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Joint INRA-RRI Symposium Gut Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2004, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Journées Scientifiques de la transversalité « Mycotoxines »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2004, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02759051v1</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02761131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude du devenir de la gliotoxine dans le rumen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Michalet-Doreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8913,77 +8913,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets de la patuline sur les fermentations in vitro du rumen. Prévention de sa toxicité par l'addition d'agents réducteurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Pierre Jouany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Graviou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9021,51 +9021,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of gliotoxin, an Aspergillus fumigatus mycotoxin, on rumen microbial fermentation in vitro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9224,51 +9224,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présence des moisissures toxinogènes et des mycotoxines dans les fourrages conservés. Signification et prévention</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9382,165 +9382,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02770345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susceptibility of aflatoxin contamination of figs in orchard</w:t>
+                <w:t xml:space="preserve">Effect of thermal treatment on fumonisin B1 in maize</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">UK Workshop on the Occurrence and Significance of Mycotoxins</w:t>
+              <w:t xml:space="preserve">UK workshop on Occurrence and significance of mycotoxins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Central Science Laboratory (CSL). GBR., Apr 1993, Slough, United Kingdom. 319 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02774789v1</w:t>
+                <w:t xml:space="preserve">hal-02774773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of thermal treatment on fumonisin B1 in maize</w:t>
+                <w:t xml:space="preserve">Susceptibility of aflatoxin contamination of figs in orchard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">UK workshop on Occurrence and significance of mycotoxins</w:t>
+              <w:t xml:space="preserve">UK Workshop on the Occurrence and Significance of Mycotoxins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Central Science Laboratory (CSL). GBR., Apr 1993, Slough, United Kingdom. 319 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02774773v1</w:t>
+                <w:t xml:space="preserve">hal-02774789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fumonisin B1 production by Fusarium moniliforme: frequency of toxigenic strains and abiotic factors</w:t>
               </w:r>
@@ -9640,90 +9640,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dual NMR and LC-MS-ToF analysis highlights new markers of nitrogen use in dairy cows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lagrée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Doreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Noziere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5. EAAP Symposium on Energy and Protein Metabolism and Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Cracovie, Poland. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9748,64 +9748,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of an early life antimethanogenic treatment on methane emissions in growing lambs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cristina Saro-Higuera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Graviou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9912,51 +9912,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milka Popova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Rathahao-Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8èmes Journées Scientifiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Lyon, France. 1 p., 2014, 8èmes Journées Scientifiques</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10020,51 +10020,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel M. Doreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Noziere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">63. Annual meeting of the European Association for Animal Production</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2012, Bratislava (SVK), Slovakia. Wageningen Academic Publishers, Annual Meeting of the European Association for Animal Production, Book of Abstracts N°18, 396 p., 2012, Book of abstracts of the 63rd annual meeting of the European Association for Animal Production</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10322,64 +10322,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Firmin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gandia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Pierre Jouany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Houin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10434,51 +10434,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silage could be a way to detoxify maize contaminated by mycotoxins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">World Mycotoxin Reduction in Food and Feed Chains</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2009, Tulln, Australia. 2009, World Mycotoxin Reduction in Food and Feed Chains</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10529,51 +10529,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Markus Godejohann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Journées Scientifiques du Réseau Français de Métabolomique et Fluxomique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2008, Bordeaux, France. 1 p., 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10611,64 +10611,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation des critères de fermentation et de stabilité aérobie de l’ensilage de maïs en mini silos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque « Progrès des recherches sur les mycotoxines de Fusarium des céréales »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2007, Arcachon, France. Editions Quae, 2007, Progrès et perspectives de la recherche sur les mycotoxines de Fusarium dans les céréales</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10706,77 +10706,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transfer of Ochratoxin A into ewe’s milk following a single or chronic ingestion of contaminated feed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Pierre Jouany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. World Mycotoxin Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2005, Noordwijk, Netherlands. 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10814,64 +10814,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude du devenir de 4 myotoxines de l'Aspergillus fumigatus dans les fourrages conservés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Graviou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10922,64 +10922,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets de deux modes de conservation sur la viabilité et la toxinogénèse de souches d’Aspergillus fumigatus. Résultats préliminaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Michalet - Doreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11231,217 +11231,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02836428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intérêt et limite de la fluorescence jaune-vert (BGY-F) pour l'élimination des figues contaminées par les aflatoxines</w:t>
+                <w:t xml:space="preserve">Conditions de production de la gliotoxine par &amp;lt;em&amp;gt;Aspergillus fumigatus&amp;lt;/em&amp;gt;, contaminant majeur des fourrages conservés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Morgavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Graviou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Michalet Doreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion de la Société Française de Mycologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 1992, Paris, France. 1992</w:t>
+              <w:t xml:space="preserve">9. Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 1992, Paris, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Institut de l'Elevage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Rencontres autour des Recherches sur les Ruminants, 2002, 9èmes Rencontres Recherches Ruminants</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02778390v1</w:t>
+                <w:t xml:space="preserve">hal-02764438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conditions de production de la gliotoxine par &amp;lt;em&amp;gt;Aspergillus fumigatus&amp;lt;/em&amp;gt;, contaminant majeur des fourrages conservés</w:t>
+                <w:t xml:space="preserve">Intérêt et limite de la fluorescence jaune-vert (BGY-F) pour l'élimination des figues contaminées par les aflatoxines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Michalet Doreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9. Rencontres autour des Recherches sur les Ruminants</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Réunion de la Société Française de Mycologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 1992, Paris, France. 1992</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Institut de l'Elevage</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-02764438v1</w:t>
+                <w:t xml:space="preserve">hal-02778390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -11579,103 +11579,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of 'Omics' Approaches to Sustainable Herbivore Production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Hocquette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cassar-Malek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte B. Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sustainable Agriculture and New Biotechnologies (Advances in Agroecology)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -11726,77 +11726,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consequences of mycotoxins in ruminant production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Pierre Jouany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mycotoxins in Farm Animals</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Transworld Research Network, 2008, 978-81-7895-312-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11853,51 +11853,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation d’un produit de fermentation fongique comme complément alimentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Morgavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Boudra</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12369,51 +12369,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A40DCA60"/>
+    <w:nsid w:val="23B277AD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12600,51 +12600,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/hamid-boudra" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6238-5669" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/158593669" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03485359v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Boudra" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Noziere" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Cantalapiedra-Hijar" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Tra&#239;kia" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Martin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2021-20788" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03136949v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Meale" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milka Popova" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Saro" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Martin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bernard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-82084-9" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03351167v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dict Yanibada" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulli Hohenester" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie P&#233;t&#233;ra" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Durand" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2021-20477" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949602v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-72145-w" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901455v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Jade Meale" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Morgavi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cassar-Malek" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Andueza" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ortigues Marty" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.8b01910" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629107v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Saro-Higuera" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Bernard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lagr&#233;e" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.01273" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620738v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Debrauwer" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2018.e00856" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625075v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.7b03503" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631436v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dadik Pantaya" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Silberberg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Chaucheyras Durand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2016-11421" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269366v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Rathahao-Paris" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boccard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristian F. Nielsen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2015.01060" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901484v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Rouill&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lyan" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2015.04.010" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636038v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Redouane-Salah" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Arhab" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Messai" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10661-015-4627-y" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210485v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Peyraud" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lemosquet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Molina-Alcaide" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731113002012" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635860v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Suryahadi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5829/idosi.gv.2014.13.02.84118" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650933v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Saivin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Buffi&#232;re" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2013-6707" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643724v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2012-5665" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643464v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Doreau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pujos-Guillot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2012.07.094" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5TZ72QMP-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644716v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. El Marnissi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajae Belkhou" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Bennani" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fct.2012.05.031" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652013v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Firmin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Yiannikouris" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2011-4446" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604043v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Gandia" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Houin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Jouany" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19440041003801174" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662984v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hocquette" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leroux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Picard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360818v2" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Niderkorn" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bettina Aboab" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Lemaire" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2008.04065.x" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655830v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665476v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Galtier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle P. Oswald" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Guerre" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661589v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667123v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf800267k" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-S60N2QTS-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662775v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/WMJ2007.1010" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653951v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653628v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pujos" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tissandier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667564v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Barnouin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Dragacci" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2006-565" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669101v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolf Krska" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Welzig" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00577523v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02652030601101110" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656629v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchromb.2006.06.018" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661990v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Pierre Jouany" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653340v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2006.02958.x" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653809v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678994v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2005.01.006" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J5KV4MS0-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681337v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Michalet-Doreau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678505v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Jouany" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Graviou" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf034505v" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-01BP96VL-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699013v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertin Enanga" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Mezui Me Ndong" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Dubreuil" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0031-1300182" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697938v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delagrange" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Malmary" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Genissel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697150v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Chauviere" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Labat" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bouteille" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0031-1300440" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696294v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chauvi&#232;re" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Keita" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0378-4347(97)00262-4" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710940v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Bars" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Le Bars" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707023v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dupuy" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711594v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cassini" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710762v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710761v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116318v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Roques" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Tournayre" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Samir Dou" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedict Yanibada" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737343v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bernard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788492v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901458v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gauthier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743820v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denys Durand" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Boissy" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Veissier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice de Boyer Des Roches" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741702v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvanne Rochette" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749632v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Thibaudeau" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bonnet" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Jousse" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807070v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809685v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.M. Garcia" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751199v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752384v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bonnefoy" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820775v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752116v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757273v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Agabriel" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Garel" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756505v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alvarez" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757783v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Aboab" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemaire" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820701v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757703v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758505v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Roumet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Boinot" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic F. Compan" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Hais" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754093v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756433v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750822v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761132v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761131v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques J. Barnouin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Dorr" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761405v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759433v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759051v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763841v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Michalet-Doreau" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764488v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763639v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763046v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764047v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Michalet-Doreau, B" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770345v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774789v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774773v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775293v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739080v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Doreau" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743551v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173819v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744778v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746831v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Traikia" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril C. Jousse" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750613v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Thomas Larsen" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758381v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gandia" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Houin" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752831v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751102v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Godejohann" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756174v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760269v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764344v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827493v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Michalet - Doreau" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828822v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838865v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836428v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778390v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764438v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Michalet Doreau" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees3r.fr/spip.php?article824" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02852361v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Le Bars" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Prunet" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811152v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.crcpress.com/product/isbn/9781439825044" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/b10977-6" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812975v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824426v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823453v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Boudergue" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Burel" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Dragacci" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Favrot" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Fremy" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02851063v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02814215v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/hamid-boudra" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6238-5669" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/158593669" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03485359v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Boudra" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Noziere" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Cantalapiedra-Hijar" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Tra&#239;kia" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Martin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2021-20788" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03136949v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Meale" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milka Popova" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Saro" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Martin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bernard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-82084-9" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03351167v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dict Yanibada" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulli Hohenester" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie P&#233;t&#233;ra" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Durand" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2021-20477" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02949602v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-72145-w" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629107v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Saro-Higuera" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Bernard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lagr&#233;e" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.01273" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620738v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Debrauwer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Morgavi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2018.e00856" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901455v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Jade Meale" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cassar-Malek" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donato Andueza" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ortigues Marty" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.8b01910" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625075v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.7b03503" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631436v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dadik Pantaya" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Silberberg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Chaucheyras Durand" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2016-11421" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269366v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Rathahao-Paris" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boccard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristian F. Nielsen" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2015.01060" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636038v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Redouane-Salah" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Arhab" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Messai" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10661-015-4627-y" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901484v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Rouill&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Lyan" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2015.04.010" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02635860v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Suryahadi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5829/idosi.gv.2014.13.02.84118" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210485v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Peyraud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lemosquet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Molina-Alcaide" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1751731113002012" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650933v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Saivin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Buffi&#232;re" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2013-6707" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643724v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2527/jas.2012-5665" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643464v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel M. Doreau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pujos-Guillot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2012.07.094" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5TZ72QMP-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644716v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. El Marnissi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajae Belkhou" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Bennani" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fct.2012.05.031" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652013v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Firmin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Yiannikouris" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2011-4446" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00604043v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Gandia" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Houin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Jouany" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19440041003801174" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655830v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662984v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hocquette" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Leroux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Picard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00360818v2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Niderkorn" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bettina Aboab" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Lemaire" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2008.04065.x" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665476v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Galtier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle P. Oswald" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Guerre" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667123v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf800267k" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-S60N2QTS-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662775v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/WMJ2007.1010" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661589v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653951v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653628v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Pujos" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tissandier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667564v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Barnouin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Dragacci" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3168/jds.2006-565" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669101v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudolf Krska" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Welzig" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00577523v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02652030601101110" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661990v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Pierre Jouany" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653340v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2006.02958.x" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653809v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656629v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jchromb.2006.06.018" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678994v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2005.01.006" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J5KV4MS0-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681337v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Michalet-Doreau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678505v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Jouany" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Graviou" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf034505v" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-01BP96VL-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699013v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertin Enanga" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Mezui Me Ndong" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Dubreuil" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0031-1300182" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697938v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Delagrange" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-France Malmary" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Genissel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697150v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Chauviere" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Labat" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bouteille" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0031-1300440" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696294v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chauvi&#232;re" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Keita" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0378-4347(97)00262-4" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710940v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Bars" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Le Bars" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707023v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dupuy" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711594v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cassini" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710762v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710761v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116318v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Roques" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Tournayre" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Samir Dou" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedict Yanibada" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788492v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737343v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bernard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01901458v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gauthier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743820v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denys Durand" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Boissy" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Veissier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice de Boyer Des Roches" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741702v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvanne Rochette" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807070v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749632v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Thibaudeau" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bonnet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Jousse" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02809685v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.M. Garcia" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751199v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752384v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Bonnefoy" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820775v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757273v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Agabriel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Garel" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752116v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02820701v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757783v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Aboab" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lemaire" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02757703v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758505v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P. Roumet" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Boinot" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic F. Compan" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Hais" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754093v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756505v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alvarez" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756433v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750822v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761132v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759051v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02759433v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761405v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761131v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques J. Barnouin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Dorr" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763841v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Michalet-Doreau" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764488v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763639v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02763046v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764047v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=- Michalet-Doreau, B" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770345v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774773v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02774789v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775293v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739080v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Doreau" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743551v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173819v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744778v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02746831v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Traikia" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril C. Jousse" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02750613v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Thomas Larsen" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758381v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gandia" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Houin" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02752831v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02751102v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Godejohann" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756174v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02760269v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764344v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02827493v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Michalet - Doreau" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02828822v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838865v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02836428v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02764438v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Michalet Doreau" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.journees3r.fr/spip.php?article824" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02778390v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02852361v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Le Bars" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Prunet" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02811152v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.crcpress.com/product/isbn/9781439825044" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/b10977-6" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812975v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02824426v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823453v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Boudergue" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Burel" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Dragacci" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Favrot" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Fremy" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02851063v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02814215v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>