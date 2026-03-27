--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -904,274 +904,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04267367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Special issue on advances in renewable energies, materials and technology</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hydrogen-bonded one-dimensional molecular chains on ultrathin insulating films: Quinacridone on KCl/Cu(111)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Bretel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Le Moal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Oughaddou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurene Tetard</w:t>
+                <w:t xml:space="preserve">Eric Le Moal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 98, pp.E2. </w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 108 (12), pp.125423. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/epjap/2023230186⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.108.125423⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04280383v1</w:t>
+                <w:t xml:space="preserve">hal-04213236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen-bonded one-dimensional molecular chains on ultrathin insulating films: Quinacridone on KCl/Cu(111)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Special issue on advances in renewable energies, materials and technology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid Oughaddou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelkader Kara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Bretel</w:t>
+                <w:t xml:space="preserve">Nabil Rochdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Le Moal</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hamid Oughaddou</w:t>
+                <w:t xml:space="preserve">Yannick J. Dappe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Le Moal</w:t>
+                <w:t xml:space="preserve">Laurene Tetard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 108 (12), pp.125423. </w:t>
+              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 98, pp.E2. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.108.125423⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/epjap/2023230186⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04213236v1</w:t>
+                <w:t xml:space="preserve">hal-04280383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First steps of silicene growth on an insulating thin-film: effect of the substrate temperature</w:t>
               </w:r>
@@ -1285,295 +1285,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04127543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flat epitaxial quasi-1D phosphorene chains</w:t>
+                <w:t xml:space="preserve">First steps of blue phosphorene growth on Au(1 1 1)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanna Enriquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Mayne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azzedine Bendounan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yongfeng Tong</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Azzedine Bendounan</w:t>
+                <w:t xml:space="preserve">Ari Seitsonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-021-25262-7⟩</w:t>
+              <w:t xml:space="preserve">Materials Today: Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 39, pp.1153-1156. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matpr.2020.07.197⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03329197v1</w:t>
+                <w:t xml:space="preserve">hal-03329226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First steps of blue phosphorene growth on Au(1 1 1)</w:t>
+                <w:t xml:space="preserve">Flat epitaxial quasi-1D phosphorene chains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanna Enriquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Andrew Mayne</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yongfeng Tong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew J Mayne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azzedine Bendounan</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ari Seitsonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Today: Proceedings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 39, pp.1153-1156. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (1), pp.5160. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.matpr.2020.07.197⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-021-25262-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03329226v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03329197v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase transition from Au–Te surface alloy towards tellurene-like monolayer</w:t>
               </w:r>
@@ -1585,51 +1585,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meryem Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongfeng Tong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Oughaddou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1745,51 +1745,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Trcera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azzedine Bendounan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew J Mayne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nanotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 33 (9), pp.095706. </w:t>
@@ -1840,51 +1840,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Growth and characterization of nickel oxide ultra-thin films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelaziz El Boujlaidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Rochdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Tchalala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2272,51 +2272,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanna Enriquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Trcera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongfeng Tong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azzedine Bendounan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2361,325 +2361,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03032413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of new 2D material: Cu&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Te</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Phosphorus Pentamers: Floating Nanoflowers form a 2D Network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanna Enriquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baydaa Obeid</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Antoine Loncle</w:t>
+                <w:t xml:space="preserve">Yongfeng F Tong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Mayne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azzedine Bendounan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2D Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/2053-1583/ab8918⟩</w:t>
+              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 30, pp.2004531. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adfm.202004531⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04382298v1</w:t>
+                <w:t xml:space="preserve">hal-02971327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphorus Pentamers: Floating Nanoflowers form a 2D Network</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evidence of new 2D material: Cu&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt;Te</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yongfeng Tong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meryem Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hanna Enriquez</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baydaa Obeid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yongfeng F Tong</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Azzedine Bendounan</w:t>
+                <w:t xml:space="preserve">Antoine Loncle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 30, pp.2004531. </w:t>
+              <w:t xml:space="preserve">2D Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 7, </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/adfm.202004531⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/2053-1583/ab8918⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02971327v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04382298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phase transition and thermal stability of epitaxial PtSe 2 nanolayer on Pt(111)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongfeng Tong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meryem Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3619,51 +3619,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wei Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanna Enriquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongfeng Tong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azzedine Bendounan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3727,51 +3727,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Properties of NTCDA Thin Films on Ag(110): Scanning Tunneling Microscopy, Photoemission, Near-Edge X-ray Fine Structure, and Density Functional Theory Investigations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongfeng Tong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Fuhr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3874,51 +3874,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reaction kinetics of ultrathin NaCl films on Ag(001) upon electron irradiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala Husseen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Le Moal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Oughaddou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3995,51 +3995,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interplay between Structural and Electronic Properties in 1,4,5,8-Naphthalenetetracarboxylic Dianhydride Films on Cu(100)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongfeng Tong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Fuhr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8410,90 +8410,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">One-dimensional chains of dye molecules on ultrathin insulating films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Bretel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Le Moal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Oughaddou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Le Moal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées du GDR Nanosciences en Champ Proche sous Ultra Vide</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8531,51 +8531,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reaction kinetics of ultrathin alkali halide films upon electron irradiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ala Husseen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Le Moal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Oughaddou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8869,51 +8869,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adsorption of Se on Cu(1 0 0) and formation of two-dimensional copper selenide layer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yongfeng Tong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Oughaddou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9342,51 +9342,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391429v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza El Kari" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van Binh Vu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Zhang" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzedine Bendounan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Enriquez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202500725" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361400v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Zhang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan Zhang" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis K Ono" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yabing Qi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Oughaddou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202303115" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04803317v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Kara" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4nr02614d" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870870v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zailan Zhang" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiuxiang Zhang" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gangqiang Zhou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiyuan Xu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian-Evan Michel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0233111" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04002913v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youness Kaddar" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Dappe" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202213664" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267367v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egzona Neziri" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Smogunov" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Mayne" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/acbf55" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280383v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Rochdi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick J. Dappe" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurene Tetard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2023230186" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213236v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Bretel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Le Moal" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Moal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.125423" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127543v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Quertite" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Trcera" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lagarde" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2023230004" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329197v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongfeng Tong" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J Mayne" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-25262-7" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329226v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ari Seitsonen" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpr.2020.07.197" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066336v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Bouaziz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1583/abc7f9" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856805v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ac3c79" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958184v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz El Boujlaidi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Tchalala" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Rachid Tchalala" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfin.2020.100433" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958095v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/abb26c" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361448v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassane Tiouitchi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Ait Ali" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelilah Benyoussef" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Hamedoun" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessadek Lachgar" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.201210" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032413v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202007013" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382298v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baydaa Obeid" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Loncle" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1583/ab8918" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971327v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongfeng F Tong" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202004531" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361424v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chaouchi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0ra04346j" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958168v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Dujardin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0na00332h" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361511v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Fabian Kleimeier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabi Wenzel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Joe Urban" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cp02239b" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382306v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Tiouitchi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Elmanjli" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Mounkachi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mahmoud" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Boschini" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47011/13.2.6" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382322v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tiouitchi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ait Ali" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benyoussef" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hamedoun" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lachgar" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2018.10.019" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305884v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1081/1/012005" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958582v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Yagoubi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Foy" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2018.06.012" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RFLFG096-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305868v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.201804066" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423943v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Fuhr" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Luz Martiarena" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.8b08093" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663190v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala Husseen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.235418" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382312v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b12050" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165044v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haik Jamgotchian" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/491/1/012004" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919569v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Tchalala" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ma" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Enriquez" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kiara" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/25/44/442001" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843732v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Mayne" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kara" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Roth" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4793536" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00975058v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vizzini" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Oughaddou" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Hoarau" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Biberian" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bertoglio" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773466v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mayne" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4735310" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00696839v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.P. Seitsonen" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lcly. Voon" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfrep.2011.10.001" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RS9WKQ9P-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603279v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rochdi" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Liudvikouskaya" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Descoins" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahfoudh Ra&#239;ssi" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coudreau" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603274v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Lazzari" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523869v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. de Padova" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Quaresima" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ottaviani" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.M. Sheverdyaeva" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moras" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3459143" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523867v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Langer" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786432v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. El Asri" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Raissi" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Vizzini" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Maachi" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. L. Ameziane" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2009.11.018" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DSKLTHMV-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00475821v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.L. Ameziane" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00566385v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lalmi" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3524215" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03742254v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristel Leandri" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Ealet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/22/4/045004" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523846v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Aufray" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. L&#233;andri" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3419932" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00475822v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leandri" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ealet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386953v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Davila" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Padova" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724118v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Y. Hoarau" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Bib&#233;rian" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Aufray" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3251778" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440723v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lelay" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Bib&#233;rian" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440717v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386836v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Perfetti" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386841v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le Lay" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386873v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.K. Lazarov" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kohn" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133712v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Gay" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386956v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386855v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00175319v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Nguyen" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110179v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Gay" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023676v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dalmas" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lay G. Le" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Treglia" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023689v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023683v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015315v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01964202v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lapena" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.61.5692" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333422v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333444v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904628v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Olive Mendez" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ozerov" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ferrero" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Le Thanh" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372663v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382334v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Kubsky" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Esaulov" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpr.2020.10.046" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01444093v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Berciaud" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bucher" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Coraux" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cherioux" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. d'Aleo" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14756/OMNT.BILAN.2015" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391429v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza El Kari" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van Binh Vu" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiao Zhang" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzedine Bendounan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Enriquez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/admi.202500725" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361400v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wei Zhang" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan Zhang" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis K Ono" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yabing Qi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Oughaddou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202303115" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04803317v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Kara" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d4nr02614d" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870870v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zailan Zhang" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiuxiang Zhang" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gangqiang Zhou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiyuan Xu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian-Evan Michel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0233111" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04002913v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youness Kaddar" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Dappe" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202213664" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04267367v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egzona Neziri" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Smogunov" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Mayne" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/acbf55" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213236v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Bretel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Le Moal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Moal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.108.125423" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280383v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Rochdi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick J. Dappe" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurene Tetard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2023230186" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04127543v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalid Quertite" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Trcera" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lagarde" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2023230004" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329226v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ari Seitsonen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpr.2020.07.197" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329197v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongfeng Tong" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J Mayne" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-25262-7" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066336v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Bouaziz" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1583/abc7f9" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856805v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/ac3c79" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958184v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz El Boujlaidi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Tchalala" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Rachid Tchalala" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfin.2020.100433" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958095v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6528/abb26c" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361448v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassane Tiouitchi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Ait Ali" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelilah Benyoussef" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Hamedoun" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessadek Lachgar" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.201210" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03032413v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202007013" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971327v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongfeng F Tong" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202004531" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382298v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baydaa Obeid" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Loncle" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1583/ab8918" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361424v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Chaouchi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0ra04346j" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02958168v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Dujardin" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0na00332h" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361511v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Fabian Kleimeier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabi Wenzel" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Joe Urban" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cp02239b" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382306v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Tiouitchi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Elmanjli" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Mounkachi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mahmoud" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Boschini" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47011/13.2.6" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382322v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tiouitchi" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ait Ali" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benyoussef" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hamedoun" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lachgar" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matlet.2018.10.019" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305884v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1081/1/012005" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958582v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Yagoubi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy Foy" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2018.06.012" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RFLFG096-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305868v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.201804066" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04423943v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Fuhr" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Luz Martiarena" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.8b08093" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663190v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala Husseen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.96.235418" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382312v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.6b12050" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165044v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haik Jamgotchian" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/491/1/012004" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919569v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Tchalala" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ma" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Enriquez" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kiara" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/25/44/442001" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843732v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J. Mayne" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kara" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Roth" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4793536" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00975058v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vizzini" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Oughaddou" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Hoarau" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Biberian" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bertoglio" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00773466v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mayne" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4735310" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00696839v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.P. Seitsonen" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lcly. Voon" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfrep.2011.10.001" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-RS9WKQ9P-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603279v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rochdi" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Liudvikouskaya" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Descoins" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahfoudh Ra&#239;ssi" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coudreau" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00603274v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Lazzari" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523869v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. de Padova" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Quaresima" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ottaviani" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.M. Sheverdyaeva" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Moras" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3459143" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523867v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Langer" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786432v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. El Asri" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Raissi" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Vizzini" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. El Maachi" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. L. Ameziane" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2009.11.018" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DSKLTHMV-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00475821v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E.L. Ameziane" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00566385v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lalmi" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3524215" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03742254v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristel Leandri" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Ealet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/22/4/045004" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00523846v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Aufray" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. L&#233;andri" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3419932" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00475822v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leandri" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ealet" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386953v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Davila" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Padova" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03724118v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Y. Hoarau" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Bib&#233;rian" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Aufray" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3251778" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440723v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lelay" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Bib&#233;rian" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440717v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386836v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Perfetti" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386841v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le Lay" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386873v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.K. Lazarov" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Kohn" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133712v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Gay" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386956v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00386855v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00175319v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Nguyen" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00110179v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Gay" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023676v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dalmas" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lay G. Le" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Treglia" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023689v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023683v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00015315v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01964202v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lapena" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.61.5692" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333422v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04333444v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904628v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Olive Mendez" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ozerov" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ferrero" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Le Thanh" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372663v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382334v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Kubsky" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Esaulov" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matpr.2020.10.046" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01444093v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Berciaud" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bucher" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Coraux" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cherioux" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. d'Aleo" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14756/OMNT.BILAN.2015" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>