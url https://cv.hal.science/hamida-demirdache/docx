--- v0 (2026-03-04)
+++ v1 (2026-03-29)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Hamida Demirdache </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeure et Directrice du Laboratoire de Linguistique de Nantes (LLING, UMR 6310 Nantes Université/CNRS)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hamida-demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-2355-7608</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">092786405</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for a full clausal (CP) structure in nominalizations: tense and evidentials in Karitiana complement clauses.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Donazzan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Lucia Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glossa: a journal of general linguistics (2021-..)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05533956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Specificational vs. predicational wh-clefted questions in Arabic.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouras Aljani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Faculty and Beyond</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Language Faculty and Beyond, 20, pp.381-402. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/lfab.20.18alj⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05512904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpretive asymmetries between null and overt PRO in complement and adjunct infinitives in (Colombian) Spanish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kryzzya Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maia Duguine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Isogloss. Open Journal of Romance Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 8 (2), pp.1-19. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5565/rev/isogloss.140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03930598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time Reference in Mandarin Relative Clauses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 7 (3), </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/languages7030170⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03799816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Children’s non-adultlike interpretations of telic predicates across languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel García del Real</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angeliek van Hout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nina Kazanina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 58 (5), pp.1447 - 1500. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/ling-2020-0182⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04131165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partitive accomplishments across languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 58, pp.1195 - 1232. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/ling-2020-0201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04131115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dancing monkeys in Serbian and Korean – exhaustivity requirements on distributive share markers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Bosnić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Spenader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glossa: a journal of general linguistics (2021-..)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5 (1), pp.1-28. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5334/gjgl.858⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04047155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On negative indefinites in Gallo. Evidence for non-intrinsically negative (scalar) negation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Becerra-Zita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lingvisticae investigationes : International Journal of Linguistics and Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 41 (1), pp.111-128. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/li.00015.bec⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04096287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspect & Temporal Anaphora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natural Language and Linguistic Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Aspect across languages: semantic primitives, morphosyntactic representation and the limits of cross-linguistic variation, 32 (3), pp.855-895. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11049-014-9231-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trapped at the edge. On long-distance pair-list readings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Lai-Shen Cheng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lingua</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 120 (3), pp.463-484. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.lingua.2008.07.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un langage, des langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Têtes chercheuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Des langues très vivantes, 12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequence of Tense in (French) Child Language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oana Lungu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistic Variation Yearbook</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 8 (1), p.101-130</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scope and anaphora with time arguments: the case of 'perfect' modals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lingua</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 118.11, pp.1790-1815. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.lingua.2007.08.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The syntax of time arguments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lingua</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Vol. 117.2, p.330-366. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.lingua.2005.07.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (141)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ordering Aspect and the temporal interpretation of Karitiana subordinate clauses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Donazzan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Lucia Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SULA - Semantics of Underrepresented Languages of the Americas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UBC - University of British Columbia, May 2026, Vancouver (BC), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05533911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for subordination in matrix clauses with compound tenses from Moroccan Arabic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hafida Iguir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TripleA 11 - Fieldwork Perspectives on the Semantics of African, Asian and Austronesian Languages.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire de Linguistique de Nantes (UMR 6310, CNRS &amp; Nantes Université).,., Jun 2024, Nantes, France. pp.96-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05369462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal interpretation of nominalised clauses and the zero-Tense hypothesis.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Donazzan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Lucia Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JENom11 – 11th Workshop on Nominalizations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05354206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the interpretation of covert Tense: evidence from Karitiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Donazzan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Lucia Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th Workshop on Structure and Constituency of Languages of the Americas (WSCLA 27)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of British Columbia, Apr 2024, Toronto ( CA ), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05533966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Liz can buy a croissant or a donut… Both together, right?” Distinguishing target Free Choice from non-target Modal AND in Child French.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angeliek van Hout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd edition of Experiments in Linguistic Meaning (ELM3)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Philadelphia, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Future/Non-Future binary tense in Mandarin and Cantonese: evidence from the future-in-the-past</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Generative Linguistics in The Old World in Asia/GLOW Asia XIV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Hong Khong, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Liz can buy a croissant or a donut… Both together, right?” Distinguishing target Free Choice from non-target Modal AND in Child French.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angeliek van Hout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th conference on Generative Approaches to Language Acquisition (GALA16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“You can buy the croissant or the donut”: that means both, right? Reconsidering children’s interpretation of Free Choice disjunction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angeliek van Hout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Bucharest Colloquium of Langage Acquisition - Workshop on Logical Operators: Theory and Acquisition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Bucharest, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overt vs. null subjects in infinitival constructions in Colombian Spanish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kryzzya Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maia Duguine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50th Linguistics Symposium on Romance Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Austin, United States. pp.131-156, </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.7525104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04131380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpreting Disjunction across Positive and Negative Contexts: Evidence from Child French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angeliek van Hout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">47th annual Boston University Conference on Language Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic or pragmatic immaturity: The view from the acquisition of logical connectives in French children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angeliek van Hout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th conference on Generative Approaches to Language Acquisition (GALA15)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Frankfurt, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for Non-Future tense in Mandarin relative clauses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Looking for Non-Future Tense_NFT Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nantes Université; LLING_CNRS, May 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03977980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Acquisition of Scalar and Additive Inferences: Evidence from Spanish incluso ‘even’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizabeth Heredia Murillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angeliek van Hout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46th annual Boston University Conference on Language Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation invitée du projet de prématuration CNRS CHILL (Children’s Development of Logical Language & Mathematical Concepts) Serious Games.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Imbert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées sur l’innovation et la valorisation en sciences humaines et sociales.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison des Sciences de l’Homme en Bretagne (MSHB), Nov 2021, Rennes (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03957929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Zero-Change Construal of Causative Simple Verbs in Mandarin Chinese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liu Jinhong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TripleA 7: Linguistic Theory and Semantic Fieldwork</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Tübingen, France. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15496/publikation-84741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why one can kill Rasputin twice in Mandarin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinhong Liu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sinn und Bedeutung 25</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Londres, United Kingdom. pp.618-635, </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18148/sub/2021.v25i0.957⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03704172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heritage language knowledge and acquisition: Experimental evidence from multilingual French-Korean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiyoung Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multilingualism across the lifespan: Opportunities &amp; Challenges for the European citizen - AThEME Final Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03966474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental investigation of intervention effects with wh-in-situ in Heritage vs. L1/L2 Korean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiyoung Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Heritage Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFL (UMR 7023) CNRS/Université Paris 8, Sep 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03966467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Licensing Non-Culminating accomplishments in Mandarin. Experimental & theoretical evidence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinhong Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TELIC 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Stuttgart, Jan 2017, Stuttgart, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Experimental Study of NPI Intervention Effects in L1 Korean vs. Heritage Korean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiyoung Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th Meeting of the International Circle of Korean Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Helsinki, Jun 2017, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03966332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on embedded time reference in Mandarin: zero vs. overt aspect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tenselessness Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Greenwich, Oct 2017, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intervention Effects in Korean: Experimental L1 Evidence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiyoung Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41st Boston University Conference on Language Development (BUCLD 41)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Boston University, Nov 2016, Boston, United States. pp.140-153</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03966354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimentally Investigating Intervention Effects in Adult, Child and Heritage Korean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiyoung Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th Generative Linguistics in the Old World (GLOW 40)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Leiden University, Mar 2017, Leiden, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03966342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agent Control and the Acquisition of Event Culmination in Basque, Dutch, English, Spanish and Mandarin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angeliek van Hout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María J Arche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel García del Real</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ainara García Sanz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 41st annual Boston University conference on language development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Boston (Massachusetts), United States. pp.323-332</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04125408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the acquisition of distributive numerals in Serbian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nataša Knežević</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Generative Approches to Language Acquisition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LLING, Sep 2015, Nantes, France. pp.83-107</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04141530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Re-assessing the Typology of States. Evidence from Korean (Degree) Inchoative States</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiyoung Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on the Ontology and the Typology of States</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFL (UMR 7023) CNRS/Université Paris 8, Oct 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03966510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing the construal of anaphors and pronouns in child French: a pilot study with the focus particle 'seulement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiyoung Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Moracchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nataša Knežević</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Groningen-Nantes Workshop on the Acquisition of Syntax and Semantics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Groningen, Jun 2014, Groningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03966519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resumptive competitions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Arabic Linguistics: Petra I. Topic: Contributions of Arabic Linguistic to Current Linguistic Approaches, organised by Nouman Malkawi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Al-Hussein Bin Talal University, Petra, Jordan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crossover & Reconstruction Resumptive Puzzles. Wholesale VERY Late Merge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UMASS Linguistics Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Amherst, Massachusetts, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relativizing Time Arguments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop 'Generalizing relative strategies', organised by Boban Arsenijevic, Lieven Danckaert, Liliane Haegeman &amp; Rachel Nye</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Ghent, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coping with differences in the resumptive family. Epithets & related species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orin Percus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Celebrating thirty years to 'On the Syntax and Semantics of Resumptive Pronouns' by Edit Doron</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ivy Sichel, Jul 2012, The Hebrew University of Jerusalem, Jerusalem, Israel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wh-Scope-Marking in Child French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of Stuttgart</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Stuttgart, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bound variable anaphora vs. coreference with time arguments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, Queen Mary College, University of London</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syntax & Psycho-Syntax</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Consortium Workshop on Theoretical and Experimental Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, NIAS Institue, Wassenaar, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comments for &amp;quot;What we know (and don't know) about the representations underlying argument realization in children&amp;quot; by Jesse Snedeker (Harvard University)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structuring the Argument/Structurer l'argument : Atelier pluridisciplinaire sur la représentation mentale de la structure argumentale du verbe. // A multidisciplinary workshop on the mental representation of verbal argument structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Asaf Bachrach; Isabelle Roy; Linnaea Stockall, Sep 2011, CNRS Pouchet, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The syntax of temporal anaphora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Linguistico da Nova</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, Universidade Nova de Lisboa, Lison, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspect and Temporal Anaphora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CHRONOS 10. Conférence internationale sur le temps, l'aspect, la modalité et l'évidentialité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Aston University, Birmingham, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To move or not to move? Questions in child language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium talk</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Queen Mary University, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01056010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-Distance Questions in child French: issues at the syntax/semantics interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of Toronto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-root past oriented modals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CHRONOS 7 (Colloque international sur la temporalité verbale, les aspects, les modes et la modalité)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Antwerp University, Antwerp, Belgium. p.43-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radio interview &amp;quot;Labo des savoirs. Demande à l'expert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radio Prun'Nantes 92 FM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When is a pronoun not a pronoun? The case of resumptives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orin Percus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38th Annual Meeting of the Northeastern Linguistic Society (NELS 38)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Ottawa University, Ottawa, Canada. p.231-245</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the acquisition of Wh-movement: at the syntax/semantics interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Diagnosing Syntax: Perspectives, procedures and tools, organised by Lisa Cheng &amp; Norbert Corver</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Leiden University &amp; University of Utrecht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the syntax and semantics of long distance list readings: evidence for covert partial movement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheng Lai-Shen Lisa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">'91 Workshop on Issues at the Interface II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Department of Linguistics and Philosophy, MIT, Cambridge, Massachusetts, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interrogatives in child language: issues at the syntax/semantics interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGG Summer School</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Poznan, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01056011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indirect wh-dependencies & concealed questions in child French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of Tromsø/CASTL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Tromsø, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the temporal syntax of past/perfect non-root modals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of Tromsø/CASTL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Tromsø, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questions d'acquisition à l'interface syntaxe / sémantique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde de psycholinguistique, Premier congrès mondial de linguistique française (CMLF '08), organised by the ILF-CNRS (Institut de Linguistique Française)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the present and the past in French child language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oana Lungu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DGfS Workshop Tense across Languages, organised by Renate Musan, Monika Rathert and Rolf Thieroff</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Bamberg University, Bamberg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resumptive pronouns and interpretation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orin Percus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Licensing Conditions at the Interfaces. 2nd Meeting of the European Research Net in Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, XXVII Cursos de Verano de la Universidad del Pais Vasco, Donostia/San Sebastian, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-Root Modals. The Morphosyntax Semantics Interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tense &amp; Aspect Workshop Going Romance 2008 (Plenary talk)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2008, University of Groningen, Groningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Syntax and the Semantics of Long-Distance Questions in Child French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magda Oiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Generative Approaches to Language Acquisition (GALA '07): Workshop on subordination in language developement, organised by Bart Hollebrandse and Uli Sauerland</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Universitat Autonoma de Barcelona, Casa Convalescencia, Barcelona, Spain. p.176-187</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to lose an argument: the case of resumptives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orin Percus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop 'Les pronoms résomptifs'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Université de Paris 7, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the acquisition of questions : issues at the syntax-semantic interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ealing 5, Ecole d'Automne de Linguistique de l'Ecole Normale Supérieure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01056012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the felicity conditions for long-distance questions in L1 acquisition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magda Oiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st Annual Boston University Conference on Language Development (BUCLD 31)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Boston University, Boston, United States. p.184-195</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Syntax-Semantics Mapping in Language Acquisition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of Ottawa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Ottawa, Ontario, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequence of tense in French child language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oana Lungu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on the Grammar of Temporal Relations. 1st Meeting of the European Research Net in Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, University of the Basque Country, Vitoria-Gasteiz, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The present and the past in French Child Language: Evidence for temporal argument structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oana Lungu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Argument Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, University of the Basque Country, Vitoria-Gasteiz, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some puzzles in the acquisition of tense in French child language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Temtypac project of the 'Fédération Typologie et Universaux Linguistiques (FR 2559)'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Ecole Normale Supérieure de Paris, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct vs. indirect wh-scope marking strategies in L1 French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, Leiden University</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2006, Leiden, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trapped at the edge. On long-distance pair-list readings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Lai-Shen Cheng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th Annual Meeting of the Societas Linguistica Europaea, Workshop 'Relativism and Universalism in Linguistics. Universalist Perspectives on Relative Properties: Features vs. Constructions of the Clausal Left Periphery'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kleanthes Grohmann; I.-M. Tsimpli, Sep 2006, University of Bremen, Bremen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wh-scope marking and the acquisition of complementation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magda Oiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oana Lungu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Romance Turn II: Workshop on the Acquisition of Romance Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sergio Baauw; Jacqueline van Kampen; Manuela Pinto; Joke de Lange, Sep 2006, Utrecht Institue of Linguistics (UiL OTS) &amp; Utrecht University, Utrecht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spanish non-root modals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encuentro sobre tiempo y aspecto, organised by Luis Fernandez Garcia &amp; Gutierrez Carrasco (Project 'Tiempo y aspecto en la flexionverbal')</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, University of Castille - La Mancha, Ciudad Real, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the felicty conditions for wh-scope marking in L1 acquisition of LD questions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MIT Linguistics Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Department of Linguistics and Philosophy, MIT, Cambridge, Massachusetts, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perfect modals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistic Association of Great Britain (LAGB) Satellite Workshop on Perfectivity and Telicity, organised by Raffaella Folli &amp; Heidy Harley</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Cambridge University, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the temporal syntax of non-root perfect modals: temporal anaphora and scope reversal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second International Round Table on Tense, Mood &amp; Modality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Université de Paris 3, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple wh-questions. A locality/scope paradox: when pair-list readings are trapped within islands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheng Lai-Shen Lisa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Leiden Workshop on Interface Issues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Leiden University, Leiden, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WCO and the timing of anaphora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LOT (Netherland Graduate School of Linguistics) Syntax Circle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Leiden University, Leiden, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scope reversal and anaphora with time arguments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groningen University Linguistics Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, Groningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What do pieces of words &amp;quot;name&amp;quot;?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop 'The Role of Morphology in Argument Expression and Interpretation'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dalina Kalluli, Jun 2005, University of Vienna, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The timing of anaphora: obviating WCO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">University of Geneva Linguistics Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Geneva, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wh-scope marking strategies in L1 French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Acquisition Lab Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, University of Groningen, Groningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The syntax of time arguments: anaphora, modification, scope and selection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude sur le temps et l'aspect, organised by the FR 2559 (Fédération Typologie et Universaux Linguistiques volet 'Projection verbale étendue')</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Université de Paris 8, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crossover, linking and covaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second Workshop on Syntax and Semantics (Plenary talk)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Universitat Autonoma de Barcelona, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Invited at &amp;quot;Table Ronde Coopération franco-néerlandaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table Ronde Coopération franco-néerlandaise: la parole est aux constructeurs de passerelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, Institut Néerlandais, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economy constraints on temporal subordination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CHRONOS 6 (Colloque international sur la syntaxe, sémantique et pragmatique du temps, de la modalité et de l'aspect)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Université de Genève, Genève, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Anti) reconstruction effects in restrictive relatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fall School in Linguistics (EALing 1: Ecole d'Automne de Linguistique), Workshop on Relatives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Ecole Normale Supérieure de Paris, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspect and temporal modification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">National Science Foundation Workshop on The Syntax, Semantics and Acquisition of Aspect</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Paula Kempchinsky &amp; Roumyana Slabakova, May 2002, University of Iowa, Iowa, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Obviating Condition C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Center for General Linguistics (ZAS), Apr 2001, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DPs as temporal modifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop 'Time and Point of View'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The European Project Tournesol on Tense; Aspect (Jeune Equipe Syntaxe anglaise et Syntaxe comparative -Paris 3, GOA-UIA Anvers), Dec 2001, Université de Paris 3, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intransitive predicates in St'at'imcets Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop 'Morphology in Comparison'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2001, Technical University of Berlin, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La portée de la réflexivité lexicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Syntax-Semantics Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Paris 7, Mar 2001, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tenses, aspects and time adverbs as spatio-temporal predicates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Roundtable 'The Syntax of Tense and Aspect'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The 'Jeune Equipe Syntaxe anglaise et Syntaxe comparative (Université Paris 3); The Laboratoire de Linguistique Formelle (URA 1028-CNRS/Université Paris 7), Dec 2000, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bare nouns in Egyptian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Leiden University, Dec 2000, Leiden, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determiner vs. determinerless Phrases in Egyptian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Determiners and Pronouns: Grammar and (Ab)normal Acquisition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The UPRESA 7023-CNRS, Oct 2000, Université de Paris 8, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexical reflexivity in a morphologically causative language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde franco-hollandaise 'La structure argumentale et les réfléchis'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The URA 1028-CNRS, Jan 1999, Université de Paris 7, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La syntaxe du temps et de l'aspect. Le problème de l'imparfait</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, Université de Paris 8</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1999, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaphora, focus, deixis and determiners</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, Cuny Graduate Center</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 1998, New-York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the projection of temporal structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GLOW '98 (Generative Linguistics of the Old World Annual Meeting)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1998, Tilburg University, Tilburg, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Condition C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Atomism and Binding</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 1996, Rijks Universiteit, Leiden, Netherlands. p.51-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tenses and aspects as spatiotemporal predicates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UCLA Workshop on Tense and Aspect</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1998, Lake Arrowhead, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determiners and situation time: a cross-linguisitc asymmetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UCLA Workshop on Tense and Aspect</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1998, Lake Arrowhead, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a restrictive theory of the diversity of temporal systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Syntax and Semantics of Tense and Mood Selection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1998, Bergamo University, Bergamo, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaphora, focus, deixis and determiners</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of Pennsylvania</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 1998, Philadelphia, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a theory of temporal relations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">'98 Canadian Linguistics Association Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1998, Ottawa University, Ottawa, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On descriptions in Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de Syntaxe et de Sémantique de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1997, Université de Paris 7, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predication times in St'at'imcets Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on The Syntax and Semantics of Predication, Texas Linguistics Society Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1997, University of Texas at Austin, Austin, United States. p.73-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal relations and syntactic structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, Universidad Autonoma de Madrid</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 1997, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The syntactic primitives of temporal relations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Colloque International Langues et Grammaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1997, Université de Paris 8, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The syntax and semantics of distributivity in St'at'imcets (Lillooet Salish)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Matthewson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Annual Salish Morphosyntax Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 1997, University of Victoria, Victoria, BC, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the temporal interpretation to the semantics of DPs in (Lillooet) Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of California</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1997, Irvine, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The syntax and semantics of distributivity in St'at'imcets (Lillooet Salish)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Matthewson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Structure and Constituency in the Languages of the America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1997, University of Manitoba, Winnipeg, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the temporal location of predication times: the role of determiners in St'at'imcets (Lillooet Salish)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVI West Coast Conference on Formal Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 1997, Washington University, Seattle, United States. p.129-143</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On lexical verb meanings: Evidence from Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry Davis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Events as Grammatical Objects from the combined perspective of lexical semantics, logical semantics and syntax (LSA Summer Institute Workshop)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1997, Cornell University, Ithaca, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The syntax of temporal relations: A uniform approach to tense and aspect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVI West Coast Conference on Formal Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 1997, Washington University, Seattle, United States. p. 145-159</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a unified theory of the syntax of tense and aspect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of Maryland</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1997, Washington, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The chief of the United States sentences in St'at'imcets (Lillooet Salish)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of Calgary</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1997, Calgary, Alberta, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On ways of expressing scope: Distributivity in Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Matthewson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of British Columbia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 1997, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The chief of the United States' sentences in Lillooet Salish.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st International Conference on Salish and Neighbouring Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1996, University of British Columbia, Vancouver, Canada. p.79-100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal relations and syntactic structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium Series, University of Deusto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1996, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cross-linguistic asymmetry in the temporal interpretation of DPs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eastern States Conference on Linguistics (ESCOL '96)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, Saint John, United States. p.70-81</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Out of control in St'at'imcets Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st International Conference on Salish and Neighbouring Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1996, University of British Columbia, Vancouver, Canada. p.101-118</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The temporal interpretation of DPs in St'at'imcets Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1996 Annual Conference of the Canadian Linguistic Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1996, Brock University, St. Catharines, Ontario, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal reference in St'at'imcets Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourth Annual Salish Morphosyntax Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 1996, University of Victoria, Victoria, BC, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The syntax and semantics of the progressive and the perfect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium Series, University of Vitoria</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1996, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The syntax of temporal relations: A uniform approach to tense and aspect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of British Columbia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1996, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The temporal reference of noun pharses in St'at'imcets Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistic Society of America Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 1996, San Diego, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the universality of syntactic categories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Matthewson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th North East Linguistic Society Annual Meeting (NELS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1995, University of Pennsylvania, Philadelphia, United States. p.79-93</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syntactic categories in St'at'imcets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Matthewson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th International Conference on Salish and Neighbouring Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1995, University of Victoria, Victoria, BC, Canada. p.69-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Out of control in St'at'imcets (Lillooet Salish)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third Annual Salish Morphosyntax Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 1995, University of Victoria, Victoria, BC, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifier-raising and focus-topic structure in St'at'imcets Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Matthewson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistic Society of America Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 1995, New Orleans, Louisiana, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agents and events</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry Davis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Generative Linguistics of the Old World (GLOW '95)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1995, Tromsø University, Tromsø, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The temporal reference of noun phrases in St'at'imcets Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, Uiversity of British Columbia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1995, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Condition C du liage et l'hypothèse des langues à arguments pronominaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Colloque International Langues et Grammaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1995, Université de Paris 8, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the universality of syntactic categories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Matthewson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of British Columbia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1994, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On 'control' in Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of British Columbia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 1994, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The case for D-quantification in Salish: All in St'at'imcets, Squamish and Secwepemctsin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dwight Gardiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Jacobs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Matthewson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th International Conference on Salish and Neighbouring Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1994, Pablo, Montana, Canada. p.145-203</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An argument structure perspective on anaphora: Yoruba vs. Scandinavian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Olanike</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Linguistics Association Annual Meeting (CLA 1994)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1994, Calgary University, Calgary, Alberta, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control in Salish and its implications for the notion of agent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of Manitoba</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1994, Winnipeg, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weakest weakest crossover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tercer Coloquio de Gramatica Generativa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1993, EL Escorial, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deletion and chains in the copy theory of movement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of Southern California</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1993, Los Angeles, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An analysis of weakest crossover: The notion of chain within the copy theory of movement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Department of Linguistics, University of Madison</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 1993, Wisconsin, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resumptive pronouns in Hebrew</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistic Society of America Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 1993, Los Angeles, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaphoric epithets and crossover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Linguistics Association Annual Meeting (CLA 1993)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1993, Carleton University, Ottawa, Ontario, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weak crossover and weakest crossover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of California</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1992, Irvine, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weakest crossover revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of California at Los Angeles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1992, Los Angeles, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appositive relatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Linguistics Association Annual Meeting (CLA 1992)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1992, University of Prince Edward Island, Charlottetown, PEI, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01053933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Superiority violations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheng Lai-Shen Lisa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Linguistics Association Annual Meeting (CLA 1990)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1990, University of Victoria, Victoria, BC, Canada. p.27-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01053929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">External arguments in Basque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheng Lai-Shen Lisa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th West Coast Conference on Formal Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1990, Stanford University, Stanford, California, United States. p.125-139</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01053932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S-structure and LF subject-agreement in Standard Arabic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Linguistics Association Annual Meeting (CLA 1989)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1989, Laval University, Quebec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01053925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subjects in Standard Arabic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th Annual Conference on African Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1989, University of Illinois at Urbana-Champaign, Urbana-Champaign, Illinois, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01053922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liz can buy a croissant or donut. That’s both together, right?&amp;quot; Distinguishing target Free Choice from non-target Modal Conjunction in Child French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angeliek van Hout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Linguistic Meaning conference (ELM 3)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Pennsylvania, United States. 3, pp.104-116, 2025, </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3765/elm.3.5819⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Future/Non-Future binary tense in Mandarin and Cantonese: evidence from the future-in-the-past</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Generative Linguistics in The Old World in Asia/GLOW Asia XIV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Hong Kong, China. Xiangyu Li; Zetao Xu; Yuqiao Du; Zhuo Chen; Chenghao Hu; Zhongyang Yu; Victor Junnan Pan; Department of Linguistics and Modern Languages, The Chinese University of Hong Kong, pp.288-297, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpreting Disjunction Across Positive and Negative Contexts: Evidence from Child French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angeliek van Hout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">47th annual Boston University Conference on Language Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Boston, United States. pp.159-172, 2023, 978-1-57473-087-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Acquisition of Scalar and Additive Inferences: Evidence from Spanish incluso ‘even’ and ni siquiera ‘not even’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizabeth Heredia Murillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angeliek van Hout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46th annual Boston University Conference on Language Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Boston, United States. Ying Gong; Felix Kpogo; Cascadilla Press, pp.298-311, 2022, 978-1-57473-077-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intervention Effects in Korean: Experimental L1 Evidence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiyoung Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 41st Boston University Conference on Language Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, pp.140-153, 2017, 978-1-57473-076-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03966239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predications in Stʼatʼimc Salish.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Texas Linguistics Society Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, Texas, United States. Forum 38, pp.73-88, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Language Acquisition at the Interfaces: Proceedings of GALA 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiyoung Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oana Lungu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Voeltzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cambridge Scholars Publishing, pp.342, 2017, 978-1-5275-0336-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04123916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes des 4èmes Journées d'Études Linguistiques - [domain[e]s]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Crouzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Wauquier-Gravelines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">acoustique, acquisition, interprétation (a.a.i - JE2220), pp.271, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00430237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">More Papers on Wh-movement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Lai-Shen Cheng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cambridge, Massachusetts: MIT Press, 1991</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Papers on Wh-movement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Lai-Shen Cheng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cambridge, Massachusetts: MIT Press, 1990</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (32)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing Tenselessness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sjef Barbiers; Norbert Corver; Maria Polinsky. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Cambridge Handbook of Comparative Syntax</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge University Press, pp.464-499, 2025, Cambridge Handbooks in Language and Linguistics, 978-1-009-17938-6. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/9781009179362.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04300074v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overt vs. null subjects in infinitival constructions in Colombian Spanish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kryzzya Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maia Duguine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Barbara E. Bullock; Cinzia Russi; Almeida Jacqueline Toribio. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A half century of Romance linguistics: Selected proceedings of the 50th Linguistic Symposium on Romance Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Language Science Press, pp.131-156, 2023, 978-3-96110-405-5. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.7525103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04388893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The varieties of temporal anaphora and temporal coincidence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romance Languages and Linguistic Theory 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 357, John Benjamins Publishing Company, pp.71-96, 2021, Current Issues in Linguistic Theory, </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/cilt.357.04dem⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universal Quantification and Distributive Marking in Serbian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nataša Knežević</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistic and Cognitive Aspects of Quantification</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 47, Springer International Publishing, pp.115-140, 2018, Studies in Theoretical Psycholinguistics, </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-91566-1_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-maximality: from the domain of individuals to the domain of events: Correlating two well-known Salish features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Matthewson, Lisa; Guntly, Erin; Huijsmans, Marianne; Rochemont, Michael S. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wa7 xweysás i nqwal'úttensa i ucwalmícwa = He loves the people's languages : essays in honour of Henry Davis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, University of British Columbia Occasional Papers in Linguistics, pp.293-310, 2018, University of British Columbia Occasional Papers in Linguistics, 9780888653079</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04102755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Acquisition of Distributive Numerals in Serbian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nataša Knežević</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Acquisition at the Interfaces, 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, United Kingdom: Cambridge Scholars Publishing, pp.83-107, 2017, 9781527503366</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiyoung Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oana Lungu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Voeltzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Acquisition at the Interfaces: Proceedings of the 12th Generative Approaches to Language Acquisition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1-5275-0336-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03966291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On covert movement. Partially fronted Wh vs. Wh-in-situ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Lai-Shen Cheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Claire Halpert; David Michael Pesetsky. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Pesky Set: Papers for David Pesetsky</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 80, MIT Press, pp.37-46, 2017, MIT working papers in linguistics, 9781541229334</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04124053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiempo, aspecto y modificaciones temporales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria Goti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Angel J. Gallego. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectivas de sintaxis formal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ediciones Akal, pp.513-568, 2016, Lingüística, 978-84-460-4240-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04129483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zero-present under past in child French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oana Lungu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dalila Ayoun. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Acquisition of the Present</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins Publishing Compagny, 2015, ‎ 978-9027212269</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05512461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arguments for LD movement in LD questions in child language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lisa Lai-Shen Cheng &amp; Norbert Corver. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diagnosing Syntax</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford University Press, pp.190-209, 2013, Oxford Studies inTheoretical Linguistics 46, 9780199602506. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199602490.003.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nominative NPs in Modern Standard Arabic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ali Tifrit. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phonologie, Morphologie, Syntaxe, Mélange offerts à Jean-Pierre Angoujard</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.277-326, 2013, Rivages linguistiques, 275352744X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resumptives, movement and interpretation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orin Percus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alain Rouveret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resumptive Pronouns at the Interfaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Amsterdam/Philadelphia: John Benjamins, p.367-393, 2011, Language Faculty and Beyond 5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aditz laguntzaile modalak eta irakurketa epistemikoak euskaraz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lakarra Andrinua, Joseba Andoni; Gorrochategui Churruca, Joaquín; Urgell, Blanka. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Conference of the Luis Michelena Chair = Koldo Mitxelena Katedraren II biltzarra = II congreso de la Cátedra Luis Michelena</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad del País Vasco, Servicio Editorial, pp.453-483, 2011, Publicaciones de la Cátedra Luis Michelena, 978-84-9860-601-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zero-Tense vs. Indexical Construals of the Present in French L1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oana Lungu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Renate Musan; Monika Rathert. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tense across Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 541, </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Gruyter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.233-256, 2011, Linguistische Arbeiten, 978-3-11-026611-5. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110267020.233⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On temporal argument structure in French child language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oana Lungu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Argument Structure and Syntactic Relations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 158, John Benjamins Publishing Company, pp.305-324, 2010, Linguistik Aktuell/Linguistics Today</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zero time-arguments in French child language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oana Lungu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maia Duguine, Susana Huidobro &amp; Nerea Madariaga. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Argument Structure and Syntactic Relations: A cross-linguistic perspective</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Amsterdam/Philadelphia: John Benjamins, p.305-324, 2010, Linguistik Aktuell/Linguistics Today, </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/la.158.18dem⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphosyntactic Variation in the Temporal Construals of Non-Root Modals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bok-bennema; Reineke; Brigitte Kampers-Manhe &amp; Bart Hollebrandse. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romance Languages and Linguistic Theory 2008: Selected papers from 'Going Romance' Groningen 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Amsterdam/Philadelphia: John Benjamins, p.77-104, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morfosintaxis e interpretacion temporal de los verbos modales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Angeles Carrasco Gutiérrez. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tiempos Compuestos y Formas Verbales Complejas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Madrid: Vervuert-Iberoamericana, p.443-449, 2008, Lingüistica Iberoamericana 34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Temporal Syntax of Non-Root Modals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Time and Modality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 75, Springer Netherlands, pp.79-113, 2008, Studies in Natural Language and Linguistic Theory, </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4020-8354-9_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Présent et le Passé chez les Enfants Français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oana Lungu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacques Durand, Bruno Habert &amp; Bernard Laks. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du Congrès Mondial de Linguistique Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EDP Sciences, 2008, </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/cmlf08251⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05512360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economy constraints on temporal subordination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Louis de Saussure; Jacques Moeschler; Geneviève Puskas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recent Advances in the Syntax and Semantics of Tense, Mood and Aspect</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Gruyter Mouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.169-192, 2007, Trends in Linguistics, </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110198768.169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence from L1 acquisition for the syntax of wh-scope marking in French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magda Oiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linda Escobar &amp; Vincent Torrens. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Acquisition of the Syntax of Romance Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Amsterdam/Philadelphia: John Benjamins Publishing Company, p.289-315, 2006, Language Acquisition and Language Disorders 41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspect and temporal modification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paula Kempchinsky; Roumyana Slabakova. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aspectual Inquiries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.191-221, 2005, Studies in Natural Language and Linguistic Theory, 1-4020-3032-0. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/1-4020-3033-9_9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The syntax of time adverbs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacqueline Guéron &amp; Jacqueline Lecarme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Syntax of Time</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge, Massachusetts/London: The MIT Press, p.143-179, 2004, Current Studies in Linguistics 37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grammaire des prédicats spatiotemporels. Temps, aspects et adverbes de temps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brenda Laca. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Temps et Aspect. De la morphologie à l'interprétation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Vincennes, p.125-176, 2002, Sciences du Langage</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On lexical verb meanings: Evidence from Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry Davis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carol Tenny &amp; James Pustejovsky. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Events as Grammatical Objects. The Converging Perspectives of Lexical Semantics and Syntax</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Stanford, CSLI Publications: Stanford University Press, p.97-142, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The primitives of temporal relations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Roger Martin, David Michaels &amp; Juan Uriagerreka. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Step by Step: Essays on Minimalist Syntax in Honor of Howard Lasnik</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge, Massachusetts: MIT Press, p.157-186, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dislocation, resumption and weakest crossover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elena Anagnostopoulou; Hank van Riemsdijk; Frans Zwarts. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials on Left-Dislocation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins, pp.193-231, 1997, Linguistics Today 14, 9789027227355</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Out of control' in St'at'imcets Salish and event (de) composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Amaya Mendikoetxea &amp; Myriam Uribe-Etxebarria. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Theoretical Issues at the Morphology syntax Interface</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vol. XL. (Theoretical Issues at the Morphology Syntax Interface), Bilbao : Universidad del País Vasco, p.97-143, 1997, International Journal of Basque Linguistics and Philology Vol. XL</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">External Arguments in Basque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jose Ignacio Hualde &amp; Jon Ortiz de Urbina. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Generative Studies in Basque Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Amsterdam/Philadelphia: John Benjamins Publishing Company, p.71-87, 1992, Current Issues in Linguistics 105</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transparent Vowels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Harry van der Hulst &amp; Norval Smith. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Features, Segmental Structures and Harmony Processes, Part II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dordrecht-Holland/Providence RI-USA: Foris Publications, p.39-76, 1988, Linguistic Models 12b, 978-3-11-025049-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weak Crossover and Weakest Crossover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1992</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resumptive Chains in Restrictive Relatives, Appositives and Dislocation Structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1991</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nominative NPs in Modern Standard Arabic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1990</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metathesis in Modern Standard Arabic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1990</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpretation of Gradable Adjectives and Negation in French-Speaking Children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Moracchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oana Lungu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05006362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId284"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Hamida Demirdache </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeure et Directrice du Laboratoire de Linguistique de Nantes (LLING, UMR 6310 Nantes Université/CNRS)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hamida-demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-2355-7608</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">092786405</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for a full clausal (CP) structure in nominalizations: tense and evidentials in Karitiana complement clauses.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Donazzan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Lucia Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glossa a journal of general linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05533956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Specificational vs. predicational wh-clefted questions in Arabic.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouras Aljani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Faculty and Beyond</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Language Faculty and Beyond, 20, pp.381-402. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/lfab.20.18alj⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05512904v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpretive asymmetries between null and overt PRO in complement and adjunct infinitives in (Colombian) Spanish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kryzzya Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maia Duguine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Isogloss. Open Journal of Romance Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 8 (2), pp.1-19. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5565/rev/isogloss.140⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03930598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time Reference in Mandarin Relative Clauses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 7 (3), </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/languages7030170⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03799816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exhaustivity and homogeneity effects with distributive‐share markers: Experimental evidence from Serbian po</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Bosnić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Spenader</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Syntax</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 25 (1), pp.1-38. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/synt.12223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05546182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Partitive accomplishments across languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 58, pp.1195 - 1232. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/ling-2020-0201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04131115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Children’s non-adultlike interpretations of telic predicates across languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel García del Real</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angeliek van Hout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nina Kazanina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 58 (5), pp.1447 - 1500. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/ling-2020-0182⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04131165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dancing monkeys in Serbian and Korean – exhaustivity requirements on distributive share markers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Bosnić</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Spenader</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glossa a journal of general linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 5 (1), pp.1-28. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5334/gjgl.858⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04047155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On negative indefinites in Gallo. Evidence for non-intrinsically negative (scalar) negation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Becerra-Zita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lingvisticae investigationes : International Journal of Linguistics and Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 41 (1), pp.111-128. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/li.00015.bec⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04096287v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspect & Temporal Anaphora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natural Language and Linguistic Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Aspect across languages: semantic primitives, morphosyntactic representation and the limits of cross-linguistic variation, 32 (3), pp.855-895. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11049-014-9231-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trapped at the edge. On long-distance pair-list readings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Lai-Shen Cheng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lingua</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 120 (3), pp.463-484. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.lingua.2008.07.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequence of Tense in (French) Child Language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oana Lungu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistic Variation Yearbook</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 8 (1), p.101-130</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un langage, des langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Têtes chercheuses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Des langues très vivantes, 12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scope and anaphora with time arguments: the case of 'perfect' modals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lingua</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 118.11, pp.1790-1815. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.lingua.2007.08.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The syntax of time arguments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lingua</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Vol. 117.2, p.330-366. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.lingua.2005.07.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (141)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ordering Aspect and the temporal interpretation of Karitiana subordinate clauses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Donazzan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Lucia Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SULA - Semantics of Underrepresented Languages of the Americas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UBC - University of British Columbia, May 2026, Vancouver (BC), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05533911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for subordination in matrix clauses with compound tenses from Moroccan Arabic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hafida Iguir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TripleA 11 - Fieldwork Perspectives on the Semantics of African, Asian and Austronesian Languages.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laboratoire de Linguistique de Nantes (UMR 6310, CNRS &amp; Nantes Université).,., Jun 2024, Nantes, France. pp.96-110</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05369462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal interpretation of nominalised clauses and the zero-Tense hypothesis.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Donazzan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Lucia Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JENom11 – 11th Workshop on Nominalizations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05354206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the interpretation of covert Tense: evidence from Karitiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marta Donazzan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Lucia Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27th Workshop on Structure and Constituency of Languages of the Americas (WSCLA 27)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of British Columbia, Apr 2024, Toronto ( CA ), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05533966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Future/Non-Future binary tense in Mandarin and Cantonese: evidence from the future-in-the-past</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Generative Linguistics in The Old World in Asia/GLOW Asia XIV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Hong Khong, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531315v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Liz can buy a croissant or a donut… Both together, right?” Distinguishing target Free Choice from non-target Modal AND in Child French.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angeliek van Hout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th conference on Generative Approaches to Language Acquisition (GALA16)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Liz can buy a croissant or a donut… Both together, right?” Distinguishing target Free Choice from non-target Modal AND in Child French.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angeliek van Hout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd edition of Experiments in Linguistic Meaning (ELM3)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Philadelphia, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“You can buy the croissant or the donut”: that means both, right? Reconsidering children’s interpretation of Free Choice disjunction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angeliek van Hout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Bucharest Colloquium of Langage Acquisition - Workshop on Logical Operators: Theory and Acquisition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Bucharest, Romania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531745v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overt vs. null subjects in infinitival constructions in Colombian Spanish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kryzzya Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maia Duguine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50th Linguistics Symposium on Romance Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Austin, United States. pp.131-156, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.7525104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04131380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpreting Disjunction across Positive and Negative Contexts: Evidence from Child French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angeliek van Hout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">47th annual Boston University Conference on Language Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence for Non-Future tense in Mandarin relative clauses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Looking for Non-Future Tense_NFT Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nantes Université; LLING_CNRS, May 2022, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03977980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic or pragmatic immaturity: The view from the acquisition of logical connectives in French children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angeliek van Hout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th conference on Generative Approaches to Language Acquisition (GALA15)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Frankfurt, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Acquisition of Scalar and Additive Inferences: Evidence from Spanish incluso ‘even’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizabeth Heredia Murillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angeliek van Hout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46th annual Boston University Conference on Language Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Boston, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation invitée du projet de prématuration CNRS CHILL (Children’s Development of Logical Language & Mathematical Concepts) Serious Games.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Imbert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées sur l’innovation et la valorisation en sciences humaines et sociales.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maison des Sciences de l’Homme en Bretagne (MSHB), Nov 2021, Rennes (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03957929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Why one can kill Rasputin twice in Mandarin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinhong Liu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sinn und Bedeutung 25</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Londres, United Kingdom. pp.618-635, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18148/sub/2021.v25i0.957⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03704172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Zero-Change Construal of Causative Simple Verbs in Mandarin Chinese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liu Jinhong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TripleA 7: Linguistic Theory and Semantic Fieldwork</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Tübingen, France. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15496/publikation-84741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heritage language knowledge and acquisition: Experimental evidence from multilingual French-Korean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiyoung Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multilingualism across the lifespan: Opportunities &amp; Challenges for the European citizen - AThEME Final Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03966474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An experimental investigation of intervention effects with wh-in-situ in Heritage vs. L1/L2 Korean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiyoung Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Heritage Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFL (UMR 7023) CNRS/Université Paris 8, Sep 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03966467v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Licensing Non-Culminating accomplishments in Mandarin. Experimental & theoretical evidence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jinhong Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TELIC 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Stuttgart, Jan 2017, Stuttgart, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraints on embedded time reference in Mandarin: zero vs. overt aspect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tenselessness Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Greenwich, Oct 2017, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03978215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Experimental Study of NPI Intervention Effects in L1 Korean vs. Heritage Korean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiyoung Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th Meeting of the International Circle of Korean Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Helsinki, Jun 2017, Helsinki, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03966332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intervention Effects in Korean: Experimental L1 Evidence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiyoung Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41st Boston University Conference on Language Development (BUCLD 41)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Boston University, Nov 2016, Boston, United States. pp.140-153</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03966354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimentally Investigating Intervention Effects in Adult, Child and Heritage Korean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiyoung Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">40th Generative Linguistics in the Old World (GLOW 40)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Leiden University, Mar 2017, Leiden, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03966342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agent Control and the Acquisition of Event Culmination in Basque, Dutch, English, Spanish and Mandarin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angeliek van Hout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María J Arche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel García del Real</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ainara García Sanz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 41st annual Boston University conference on language development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Boston (Massachusetts), United States. pp.323-332</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04125408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the acquisition of distributive numerals in Serbian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nataša Knežević</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Generative Approches to Language Acquisition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LLING, Sep 2015, Nantes, France. pp.83-107</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04141530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Re-assessing the Typology of States. Evidence from Korean (Degree) Inchoative States</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiyoung Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on the Ontology and the Typology of States</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFL (UMR 7023) CNRS/Université Paris 8, Oct 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03966510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Probing the construal of anaphors and pronouns in child French: a pilot study with the focus particle 'seulement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiyoung Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Gonzalez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Moracchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nataša Knežević</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st Groningen-Nantes Workshop on the Acquisition of Syntax and Semantics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Groningen, Jun 2014, Groningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03966519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resumptive competitions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Arabic Linguistics: Petra I. Topic: Contributions of Arabic Linguistic to Current Linguistic Approaches, organised by Nouman Malkawi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Al-Hussein Bin Talal University, Petra, Jordan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crossover & Reconstruction Resumptive Puzzles. Wholesale VERY Late Merge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UMASS Linguistics Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Amherst, Massachusetts, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relativizing Time Arguments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop 'Generalizing relative strategies', organised by Boban Arsenijevic, Lieven Danckaert, Liliane Haegeman &amp; Rachel Nye</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Ghent, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coping with differences in the resumptive family. Epithets & related species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orin Percus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Celebrating thirty years to 'On the Syntax and Semantics of Resumptive Pronouns' by Edit Doron</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ivy Sichel, Jul 2012, The Hebrew University of Jerusalem, Jerusalem, Israel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wh-Scope-Marking in Child French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of Stuttgart</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Stuttgart, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-root past oriented modals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CHRONOS 7 (Colloque international sur la temporalité verbale, les aspects, les modes et la modalité)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Antwerp University, Antwerp, Belgium. p.43-60</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bound variable anaphora vs. coreference with time arguments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, Queen Mary College, University of London</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055186v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspect and Temporal Anaphora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CHRONOS 10. Conférence internationale sur le temps, l'aspect, la modalité et l'évidentialité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2011, Aston University, Birmingham, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comments for &amp;quot;What we know (and don't know) about the representations underlying argument realization in children&amp;quot; by Jesse Snedeker (Harvard University)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structuring the Argument/Structurer l'argument : Atelier pluridisciplinaire sur la représentation mentale de la structure argumentale du verbe. // A multidisciplinary workshop on the mental representation of verbal argument structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Asaf Bachrach; Isabelle Roy; Linnaea Stockall, Sep 2011, CNRS Pouchet, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The syntax of temporal anaphora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Linguistico da Nova</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2011, Universidade Nova de Lisboa, Lison, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syntax &amp; Psycho-Syntax</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Consortium Workshop on Theoretical and Experimental Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, NIAS Institue, Wassenaar, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To move or not to move? Questions in child language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium talk</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2011, Queen Mary University, London, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01056010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-Distance Questions in child French: issues at the syntax/semantics interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of Toronto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2011, Toronto, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Radio interview &amp;quot;Labo des savoirs. Demande à l'expert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radio Prun'Nantes 92 FM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2009, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the acquisition of Wh-movement: at the syntax/semantics interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop Diagnosing Syntax: Perspectives, procedures and tools, organised by Lisa Cheng &amp; Norbert Corver</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2009, Leiden University &amp; University of Utrecht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When is a pronoun not a pronoun? The case of resumptives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orin Percus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">38th Annual Meeting of the Northeastern Linguistic Society (NELS 38)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Ottawa University, Ottawa, Canada. p.231-245</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the syntax and semantics of long distance list readings: evidence for covert partial movement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheng Lai-Shen Lisa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">'91 Workshop on Issues at the Interface II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Department of Linguistics and Philosophy, MIT, Cambridge, Massachusetts, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interrogatives in child language: issues at the syntax/semantics interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGG Summer School</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Poznan, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01056011v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Syntax and the Semantics of Long-Distance Questions in Child French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magda Oiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Generative Approaches to Language Acquisition (GALA '07): Workshop on subordination in language developement, organised by Bart Hollebrandse and Uli Sauerland</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Universitat Autonoma de Barcelona, Casa Convalescencia, Barcelona, Spain. p.176-187</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-Root Modals. The Morphosyntax Semantics Interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tense &amp; Aspect Workshop Going Romance 2008 (Plenary talk)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2008, University of Groningen, Groningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the temporal syntax of past/perfect non-root modals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of Tromsø/CASTL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Tromsø, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Questions d'acquisition à l'interface syntaxe / sémantique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde de psycholinguistique, Premier congrès mondial de linguistique française (CMLF '08), organised by the ILF-CNRS (Institut de Linguistique Française)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Indirect wh-dependencies & concealed questions in child French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of Tromsø/CASTL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Tromsø, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055180v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the present and the past in French child language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oana Lungu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DGfS Workshop Tense across Languages, organised by Renate Musan, Monika Rathert and Rolf Thieroff</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2008, Bamberg University, Bamberg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resumptive pronouns and interpretation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orin Percus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Licensing Conditions at the Interfaces. 2nd Meeting of the European Research Net in Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, XXVII Cursos de Verano de la Universidad del Pais Vasco, Donostia/San Sebastian, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055177v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some puzzles in the acquisition of tense in French child language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Temtypac project of the 'Fédération Typologie et Universaux Linguistiques (FR 2559)'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2007, Ecole Normale Supérieure de Paris, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The present and the past in French Child Language: Evidence for temporal argument structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oana Lungu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Argument Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2007, University of the Basque Country, Vitoria-Gasteiz, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055173v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to lose an argument: the case of resumptives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orin Percus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop 'Les pronoms résomptifs'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Université de Paris 7, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the felicity conditions for long-distance questions in L1 acquisition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magda Oiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st Annual Boston University Conference on Language Development (BUCLD 31)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Boston University, Boston, United States. p.184-195</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the acquisition of questions : issues at the syntax-semantic interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ealing 5, Ecole d'Automne de Linguistique de l'Ecole Normale Supérieure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01056012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Syntax-Semantics Mapping in Language Acquisition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of Ottawa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2007, Ottawa, Ontario, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sequence of tense in French child language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oana Lungu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on the Grammar of Temporal Relations. 1st Meeting of the European Research Net in Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2007, University of the Basque Country, Vitoria-Gasteiz, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct vs. indirect wh-scope marking strategies in L1 French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, Leiden University</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2006, Leiden, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spanish non-root modals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encuentro sobre tiempo y aspecto, organised by Luis Fernandez Garcia &amp; Gutierrez Carrasco (Project 'Tiempo y aspecto en la flexionverbal')</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, University of Castille - La Mancha, Ciudad Real, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wh-scope marking and the acquisition of complementation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magda Oiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oana Lungu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Romance Turn II: Workshop on the Acquisition of Romance Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sergio Baauw; Jacqueline van Kampen; Manuela Pinto; Joke de Lange, Sep 2006, Utrecht Institue of Linguistics (UiL OTS) &amp; Utrecht University, Utrecht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trapped at the edge. On long-distance pair-list readings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Lai-Shen Cheng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th Annual Meeting of the Societas Linguistica Europaea, Workshop 'Relativism and Universalism in Linguistics. Universalist Perspectives on Relative Properties: Features vs. Constructions of the Clausal Left Periphery'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kleanthes Grohmann; I.-M. Tsimpli, Sep 2006, University of Bremen, Bremen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055170v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the felicty conditions for wh-scope marking in L1 acquisition of LD questions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MIT Linguistics Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Department of Linguistics and Philosophy, MIT, Cambridge, Massachusetts, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perfect modals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistic Association of Great Britain (LAGB) Satellite Workshop on Perfectivity and Telicity, organised by Raffaella Folli &amp; Heidy Harley</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Cambridge University, Cambridge, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the temporal syntax of non-root perfect modals: temporal anaphora and scope reversal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second International Round Table on Tense, Mood &amp; Modality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Université de Paris 3, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055166v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scope reversal and anaphora with time arguments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Groningen University Linguistics Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, Groningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiple wh-questions. A locality/scope paradox: when pair-list readings are trapped within islands</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheng Lai-Shen Lisa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Leiden Workshop on Interface Issues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2005, Leiden University, Leiden, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WCO and the timing of anaphora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LOT (Netherland Graduate School of Linguistics) Syntax Circle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2005, Leiden University, Leiden, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What do pieces of words &amp;quot;name&amp;quot;?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop 'The Role of Morphology in Argument Expression and Interpretation'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dalina Kalluli, Jun 2005, University of Vienna, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The timing of anaphora: obviating WCO</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">University of Geneva Linguistics Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2005, Geneva, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wh-scope marking strategies in L1 French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Acquisition Lab Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2005, University of Groningen, Groningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The syntax of time arguments: anaphora, modification, scope and selection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée d'étude sur le temps et l'aspect, organised by the FR 2559 (Fédération Typologie et Universaux Linguistiques volet 'Projection verbale étendue')</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2004, Université de Paris 8, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economy constraints on temporal subordination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CHRONOS 6 (Colloque international sur la syntaxe, sémantique et pragmatique du temps, de la modalité et de l'aspect)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Université de Genève, Genève, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055499v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Invited at &amp;quot;Table Ronde Coopération franco-néerlandaise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table Ronde Coopération franco-néerlandaise: la parole est aux constructeurs de passerelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2004, Institut Néerlandais, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crossover, linking and covaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second Workshop on Syntax and Semantics (Plenary talk)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Universitat Autonoma de Barcelona, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">(Anti) reconstruction effects in restrictive relatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fall School in Linguistics (EALing 1: Ecole d'Automne de Linguistique), Workshop on Relatives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2003, Ecole Normale Supérieure de Paris, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspect and temporal modification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">National Science Foundation Workshop on The Syntax, Semantics and Acquisition of Aspect</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Paula Kempchinsky &amp; Roumyana Slabakova, May 2002, University of Iowa, Iowa, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Obviating Condition C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Center for General Linguistics (ZAS), Apr 2001, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DPs as temporal modifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop 'Time and Point of View'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The European Project Tournesol on Tense; Aspect (Jeune Equipe Syntaxe anglaise et Syntaxe comparative -Paris 3, GOA-UIA Anvers), Dec 2001, Université de Paris 3, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intransitive predicates in St'at'imcets Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop 'Morphology in Comparison'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2001, Technical University of Berlin, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La portée de la réflexivité lexicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Syntax-Semantics Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Paris 7, Mar 2001, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tenses, aspects and time adverbs as spatio-temporal predicates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Roundtable 'The Syntax of Tense and Aspect'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The 'Jeune Equipe Syntaxe anglaise et Syntaxe comparative (Université Paris 3); The Laboratoire de Linguistique Formelle (URA 1028-CNRS/Université Paris 7), Dec 2000, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determiner vs. determinerless Phrases in Egyptian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Determiners and Pronouns: Grammar and (Ab)normal Acquisition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The UPRESA 7023-CNRS, Oct 2000, Université de Paris 8, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bare nouns in Egyptian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Leiden University, Dec 2000, Leiden, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexical reflexivity in a morphologically causative language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Table ronde franco-hollandaise 'La structure argumentale et les réfléchis'</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, The URA 1028-CNRS, Jan 1999, Université de Paris 7, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La syntaxe du temps et de l'aspect. Le problème de l'imparfait</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, Université de Paris 8</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1999, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055124v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the projection of temporal structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GLOW '98 (Generative Linguistics of the Old World Annual Meeting)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1998, Tilburg University, Tilburg, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055495v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaphora, focus, deixis and determiners</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, Cuny Graduate Center</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 1998, New-York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Condition C</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Atomism and Binding</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 1996, Rijks Universiteit, Leiden, Netherlands. p.51-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054575v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a restrictive theory of the diversity of temporal systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Syntax and Semantics of Tense and Mood Selection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1998, Bergamo University, Bergamo, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tenses and aspects as spatiotemporal predicates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UCLA Workshop on Tense and Aspect</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1998, Lake Arrowhead, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055122v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determiners and situation time: a cross-linguisitc asymmetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UCLA Workshop on Tense and Aspect</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1998, Lake Arrowhead, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a theory of temporal relations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">'98 Canadian Linguistics Association Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1998, Ottawa University, Ottawa, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaphora, focus, deixis and determiners</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of Pennsylvania</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 1998, Philadelphia, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards a unified theory of the syntax of tense and aspect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of Maryland</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1997, Washington, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The chief of the United States sentences in St'at'imcets (Lillooet Salish)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of Calgary</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1997, Calgary, Alberta, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On ways of expressing scope: Distributivity in Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Matthewson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of British Columbia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 1997, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On descriptions in Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de Syntaxe et de Sémantique de Paris</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1997, Université de Paris 7, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The syntax and semantics of distributivity in St'at'imcets (Lillooet Salish)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Matthewson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Structure and Constituency in the Languages of the America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1997, University of Manitoba, Winnipeg, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054605v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the temporal interpretation to the semantics of DPs in (Lillooet) Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of California</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1997, Irvine, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal relations and syntactic structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, Universidad Autonoma de Madrid</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 1997, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The syntax and semantics of distributivity in St'at'imcets (Lillooet Salish)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Matthewson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Annual Salish Morphosyntax Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 1997, University of Victoria, Victoria, BC, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The syntactic primitives of temporal relations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Colloque International Langues et Grammaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1997, Université de Paris 8, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predication times in St'at'imcets Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on The Syntax and Semantics of Predication, Texas Linguistics Society Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1997, University of Texas at Austin, Austin, United States. p.73-88</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the temporal location of predication times: the role of determiners in St'at'imcets (Lillooet Salish)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVI West Coast Conference on Formal Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 1997, Washington University, Seattle, United States. p.129-143</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The syntax of temporal relations: A uniform approach to tense and aspect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVI West Coast Conference on Formal Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 1997, Washington University, Seattle, United States. p. 145-159</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On lexical verb meanings: Evidence from Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry Davis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Events as Grammatical Objects from the combined perspective of lexical semantics, logical semantics and syntax (LSA Summer Institute Workshop)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1997, Cornell University, Ithaca, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The temporal reference of noun pharses in St'at'imcets Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistic Society of America Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 1996, San Diego, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cross-linguistic asymmetry in the temporal interpretation of DPs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eastern States Conference on Linguistics (ESCOL '96)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, Saint John, United States. p.70-81</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Out of control in St'at'imcets Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st International Conference on Salish and Neighbouring Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1996, University of British Columbia, Vancouver, Canada. p.101-118</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal relations and syntactic structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium Series, University of Deusto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1996, Bilbao, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The chief of the United States' sentences in Lillooet Salish.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31st International Conference on Salish and Neighbouring Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1996, University of British Columbia, Vancouver, Canada. p.79-100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The temporal interpretation of DPs in St'at'imcets Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1996 Annual Conference of the Canadian Linguistic Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1996, Brock University, St. Catharines, Ontario, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054579v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal reference in St'at'imcets Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fourth Annual Salish Morphosyntax Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 1996, University of Victoria, Victoria, BC, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The syntax and semantics of the progressive and the perfect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium Series, University of Vitoria</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1996, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The syntax of temporal relations: A uniform approach to tense and aspect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of British Columbia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1996, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the universality of syntactic categories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Matthewson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th North East Linguistic Society Annual Meeting (NELS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1995, University of Pennsylvania, Philadelphia, United States. p.79-93</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The temporal reference of noun phrases in St'at'imcets Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, Uiversity of British Columbia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1995, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agents and events</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry Davis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Generative Linguistics of the Old World (GLOW '95)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1995, Tromsø University, Tromsø, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantifier-raising and focus-topic structure in St'at'imcets Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Matthewson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistic Society of America Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 1995, New Orleans, Louisiana, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syntactic categories in St'at'imcets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Matthewson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th International Conference on Salish and Neighbouring Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1995, University of Victoria, Victoria, BC, Canada. p.69-90</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Out of control in St'at'imcets (Lillooet Salish)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third Annual Salish Morphosyntax Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 1995, University of Victoria, Victoria, BC, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Condition C du liage et l'hypothèse des langues à arguments pronominaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème Colloque International Langues et Grammaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1995, Université de Paris 8, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The case for D-quantification in Salish: All in St'at'imcets, Squamish and Secwepemctsin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dwight Gardiner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Jacobs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Matthewson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th International Conference on Salish and Neighbouring Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 1994, Pablo, Montana, Canada. p.145-203</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the universality of syntactic categories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Matthewson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of British Columbia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1994, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On 'control' in Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of British Columbia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 1994, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An argument structure perspective on anaphora: Yoruba vs. Scandinavian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Olanike</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Linguistics Association Annual Meeting (CLA 1994)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1994, Calgary University, Calgary, Alberta, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control in Salish and its implications for the notion of agent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of Manitoba</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1994, Winnipeg, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaphoric epithets and crossover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Linguistics Association Annual Meeting (CLA 1993)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 1993, Carleton University, Ottawa, Ontario, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weakest weakest crossover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tercer Coloquio de Gramatica Generativa</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1993, EL Escorial, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deletion and chains in the copy theory of movement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of Southern California</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1993, Los Angeles, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An analysis of weakest crossover: The notion of chain within the copy theory of movement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Department of Linguistics, University of Madison</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 1993, Wisconsin, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055102v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resumptive pronouns in Hebrew</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistic Society of America Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 1993, Los Angeles, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Appositive relatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Linguistics Association Annual Meeting (CLA 1992)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1992, University of Prince Edward Island, Charlottetown, PEI, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01053933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weak crossover and weakest crossover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of California</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1992, Irvine, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weakest crossover revisited</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistics Colloquium, University of California at Los Angeles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 1992, Los Angeles, California, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Superiority violations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheng Lai-Shen Lisa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Linguistics Association Annual Meeting (CLA 1990)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1990, University of Victoria, Victoria, BC, Canada. p.27-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01053929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">External arguments in Basque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cheng Lai-Shen Lisa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th West Coast Conference on Formal Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 1990, Stanford University, Stanford, California, United States. p.125-139</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01053932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Subjects in Standard Arabic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20th Annual Conference on African Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1989, University of Illinois at Urbana-Champaign, Urbana-Champaign, Illinois, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01053922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S-structure and LF subject-agreement in Standard Arabic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Linguistics Association Annual Meeting (CLA 1989)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 1989, Laval University, Quebec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01053925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liz can buy a croissant or donut. That’s both together, right?&amp;quot; Distinguishing target Free Choice from non-target Modal Conjunction in Child French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angeliek van Hout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experiments in Linguistic Meaning conference (ELM 3)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Pennsylvania, United States. 3, pp.104-116, 2025, </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3765/elm.3.5819⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Future/Non-Future binary tense in Mandarin and Cantonese: evidence from the future-in-the-past</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Generative Linguistics in The Old World in Asia/GLOW Asia XIV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Hong Kong, China. Xiangyu Li; Zetao Xu; Yuqiao Du; Zhuo Chen; Chenghao Hu; Zhongyang Yu; Victor Junnan Pan; Department of Linguistics and Modern Languages, The Chinese University of Hong Kong, pp.288-297, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpreting Disjunction Across Positive and Negative Contexts: Evidence from Child French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Cochard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angeliek van Hout</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">47th annual Boston University Conference on Language Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Boston, United States. pp.159-172, 2023, 978-1-57473-087-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Acquisition of Scalar and Additive Inferences: Evidence from Spanish incluso ‘even’ and ni siquiera ‘not even’</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizabeth Heredia Murillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angeliek van Hout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">46th annual Boston University Conference on Language Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Boston, United States. Ying Gong; Felix Kpogo; Cascadilla Press, pp.298-311, 2022, 978-1-57473-077-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intervention Effects in Korean: Experimental L1 Evidence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiyoung Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 41st Boston University Conference on Language Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, pp.140-153, 2017, 978-1-57473-076-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03966239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predications in Stʼatʼimc Salish.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Texas Linguistics Society Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, Texas, United States. Forum 38, pp.73-88, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Footprints of Phrase Structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Arche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-Wouter Zwart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hagit Borer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">John Benjamins Publishing Company, 288, 2025, Linguistik Aktuell/Linguistics Today, </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/la.288⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05546230v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Language Acquisition at the Interfaces: Proceedings of GALA 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiyoung Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oana Lungu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Voeltzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cambridge Scholars Publishing, pp.342, 2017, 978-1-5275-0336-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04123916v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes des 4èmes Journées d'Études Linguistiques - [domain[e]s]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Crouzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Wauquier-Gravelines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">acoustique, acquisition, interprétation (a.a.i - JE2220), pp.271, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00430237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">More Papers on Wh-movement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Lai-Shen Cheng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cambridge, Massachusetts: MIT Press, 1991</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Papers on Wh-movement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Lai-Shen Cheng</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cambridge, Massachusetts: MIT Press, 1990</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055534v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (33)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing Tenselessness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyuan Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sjef Barbiers; Norbert Corver; Maria Polinsky. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Cambridge Handbook of Comparative Syntax</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge University Press, pp.464-499, 2025, Cambridge Handbooks in Language and Linguistics, 978-1-009-17938-6. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/9781009179362.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04300074v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensuring atomicity with distributive share markers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Bosnić</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Footprints of Phrase Structure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 288 (5), John Benjamins Publishing Company, pp.220-248, 2025, Linguistik Aktuell/Linguistics Today, </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/la.288.11dem⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05546209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overt vs. null subjects in infinitival constructions in Colombian Spanish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kryzzya Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maia Duguine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Barbara E. Bullock; Cinzia Russi; Almeida Jacqueline Toribio. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A half century of Romance linguistics: Selected proceedings of the 50th Linguistic Symposium on Romance Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Language Science Press, pp.131-156, 2023, 978-3-96110-405-5. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.7525103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04388893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The varieties of temporal anaphora and temporal coincidence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romance Languages and Linguistic Theory 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 357, John Benjamins Publishing Company, pp.71-96, 2021, Current Issues in Linguistic Theory, </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/cilt.357.04dem⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universal Quantification and Distributive Marking in Serbian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nataša Knežević</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Linguistic and Cognitive Aspects of Quantification</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 47, Springer International Publishing, pp.115-140, 2018, Studies in Theoretical Psycholinguistics, </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-91566-1_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-maximality: from the domain of individuals to the domain of events: Correlating two well-known Salish features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Matthewson, Lisa; Guntly, Erin; Huijsmans, Marianne; Rochemont, Michael S. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wa7 xweysás i nqwal'úttensa i ucwalmícwa = He loves the people's languages : essays in honour of Henry Davis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, University of British Columbia Occasional Papers in Linguistics, pp.293-310, 2018, University of British Columbia Occasional Papers in Linguistics, 9780888653079</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04102755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiyoung Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oana Lungu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Voeltzel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Acquisition at the Interfaces: Proceedings of the 12th Generative Approaches to Language Acquisition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1-5275-0336-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03966291v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Acquisition of Distributive Numerals in Serbian</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nataša Knežević</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Acquisition at the Interfaces, 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, United Kingdom: Cambridge Scholars Publishing, pp.83-107, 2017, 9781527503366</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On covert movement. Partially fronted Wh vs. Wh-in-situ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Lai-Shen Cheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Claire Halpert; David Michael Pesetsky. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">A Pesky Set: Papers for David Pesetsky</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 80, MIT Press, pp.37-46, 2017, MIT working papers in linguistics, 9781541229334</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04124053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiempo, aspecto y modificaciones temporales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria Goti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Angel J. Gallego. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectivas de sintaxis formal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ediciones Akal, pp.513-568, 2016, Lingüística, 978-84-460-4240-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04129483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zero-present under past in child French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oana Lungu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Dalila Ayoun. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Acquisition of the Present</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins Publishing Compagny, 2015, ‎ 978-9027212269</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05512461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arguments for LD movement in LD questions in child language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lisa Lai-Shen Cheng &amp; Norbert Corver. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diagnosing Syntax</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oxford University Press, pp.190-209, 2013, Oxford Studies inTheoretical Linguistics 46, 9780199602506. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199602490.003.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nominative NPs in Modern Standard Arabic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ali Tifrit. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phonologie, Morphologie, Syntaxe, Mélange offerts à Jean-Pierre Angoujard</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.277-326, 2013, Rivages linguistiques, 275352744X</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zero-Tense vs. Indexical Construals of the Present in French L1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oana Lungu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Renate Musan; Monika Rathert. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tense across Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 541, </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Gruyter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.233-256, 2011, Linguistische Arbeiten, 978-3-11-026611-5. </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110267020.233⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resumptives, movement and interpretation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orin Percus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Alain Rouveret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resumptive Pronouns at the Interfaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Amsterdam/Philadelphia: John Benjamins, p.367-393, 2011, Language Faculty and Beyond 5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aditz laguntzaile modalak eta irakurketa epistemikoak euskaraz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lakarra Andrinua, Joseba Andoni; Gorrochategui Churruca, Joaquín; Urgell, Blanka. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd Conference of the Luis Michelena Chair = Koldo Mitxelena Katedraren II biltzarra = II congreso de la Cátedra Luis Michelena</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universidad del País Vasco, Servicio Editorial, pp.453-483, 2011, Publicaciones de la Cátedra Luis Michelena, 978-84-9860-601-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On temporal argument structure in French child language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oana Lungu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Argument Structure and Syntactic Relations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 158, John Benjamins Publishing Company, pp.305-324, 2010, Linguistik Aktuell/Linguistics Today</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05531234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zero time-arguments in French child language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oana Lungu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Maia Duguine, Susana Huidobro &amp; Nerea Madariaga. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Argument Structure and Syntactic Relations: A cross-linguistic perspective</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Amsterdam/Philadelphia: John Benjamins, p.305-324, 2010, Linguistik Aktuell/Linguistics Today, </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/la.158.18dem⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphosyntactic Variation in the Temporal Construals of Non-Root Modals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bok-bennema; Reineke; Brigitte Kampers-Manhe &amp; Bart Hollebrandse. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romance Languages and Linguistic Theory 2008: Selected papers from 'Going Romance' Groningen 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Amsterdam/Philadelphia: John Benjamins, p.77-104, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morfosintaxis e interpretacion temporal de los verbos modales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Angeles Carrasco Gutiérrez. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tiempos Compuestos y Formas Verbales Complejas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Madrid: Vervuert-Iberoamericana, p.443-449, 2008, Lingüistica Iberoamericana 34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Temporal Syntax of Non-Root Modals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Time and Modality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 75, Springer Netherlands, pp.79-113, 2008, Studies in Natural Language and Linguistic Theory, </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4020-8354-9_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03943001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Présent et le Passé chez les Enfants Français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oana Lungu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacques Durand, Bruno Habert &amp; Bernard Laks. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes du Congrès Mondial de Linguistique Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EDP Sciences, 2008, </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/cmlf08251⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05512360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Economy constraints on temporal subordination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Louis de Saussure; Jacques Moeschler; Geneviève Puskas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recent Advances in the Syntax and Semantics of Tense, Mood and Aspect</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De Gruyter Mouton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.169-192, 2007, Trends in Linguistics, </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/9783110198768.169⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence from L1 acquisition for the syntax of wh-scope marking in French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magda Oiry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Linda Escobar &amp; Vincent Torrens. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Acquisition of the Syntax of Romance Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Amsterdam/Philadelphia: John Benjamins Publishing Company, p.289-315, 2006, Language Acquisition and Language Disorders 41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055515v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspect and temporal modification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paula Kempchinsky; Roumyana Slabakova. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aspectual Inquiries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.191-221, 2005, Studies in Natural Language and Linguistic Theory, 1-4020-3032-0. </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/1-4020-3033-9_9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The syntax of time adverbs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jacqueline Guéron &amp; Jacqueline Lecarme. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Syntax of Time</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge, Massachusetts/London: The MIT Press, p.143-179, 2004, Current Studies in Linguistics 37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055513v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La grammaire des prédicats spatiotemporels. Temps, aspects et adverbes de temps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brenda Laca. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Temps et Aspect. De la morphologie à l'interprétation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Vincennes, p.125-176, 2002, Sciences du Langage</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On lexical verb meanings: Evidence from Salish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henry Davis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Carol Tenny &amp; James Pustejovsky. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Events as Grammatical Objects. The Converging Perspectives of Lexical Semantics and Syntax</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Stanford, CSLI Publications: Stanford University Press, p.97-142, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The primitives of temporal relations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Uribe-Etxebarria</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Roger Martin, David Michaels &amp; Juan Uriagerreka. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Step by Step: Essays on Minimalist Syntax in Honor of Howard Lasnik</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Cambridge, Massachusetts: MIT Press, p.157-186, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dislocation, resumption and weakest crossover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Elena Anagnostopoulou; Hank van Riemsdijk; Frans Zwarts. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Materials on Left-Dislocation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins, pp.193-231, 1997, Linguistics Today 14, 9789027227355</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Out of control' in St'at'imcets Salish and event (de) composition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Amaya Mendikoetxea &amp; Myriam Uribe-Etxebarria. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Theoretical Issues at the Morphology syntax Interface</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vol. XL. (Theoretical Issues at the Morphology Syntax Interface), Bilbao : Universidad del País Vasco, p.97-143, 1997, International Journal of Basque Linguistics and Philology Vol. XL</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">External Arguments in Basque</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jose Ignacio Hualde &amp; Jon Ortiz de Urbina. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Generative Studies in Basque Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Amsterdam/Philadelphia: John Benjamins Publishing Company, p.71-87, 1992, Current Issues in Linguistics 105</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transparent Vowels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Harry van der Hulst &amp; Norval Smith. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Features, Segmental Structures and Harmony Processes, Part II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dordrecht-Holland/Providence RI-USA: Foris Publications, p.39-76, 1988, Linguistic Models 12b, 978-3-11-025049-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01054188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weak Crossover and Weakest Crossover</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1992</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resumptive Chains in Restrictive Relatives, Appositives and Dislocation Structures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1991</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metathesis in Modern Standard Arabic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1990</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nominative NPs in Modern Standard Arabic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1990</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpretation of Gradable Adjectives and Negation in French-Speaking Children</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Moracchini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oana Lungu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05006362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId293"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="14F5A018"/>
+    <w:nsid w:val="DCCC4781"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/hamida-demirdache" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2355-7608" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/092786405" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533956v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Donazzan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamida Demirdache" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Lucia M&#252;ller" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongyuan Sun" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512904v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouras Aljani" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/lfab.20.18alj" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930598v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kryzzya Gomez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maia Duguine" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5565/rev/isogloss.140" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03799816v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/languages7030170" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131165v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Martin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Garc&#237;a del Real" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeliek van Hout" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Kazanina" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ling-2020-0182" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131115v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ling-2020-0201" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047155v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Bosni&#263;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Spenader" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/gjgl.858" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096287v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Becerra-Zita" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/li.00015.bec" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055532v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Uribe-Etxebarria" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11049-014-9231-2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055528v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Lai-Shen Cheng" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lingua.2008.07.008" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055524v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055523v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oana Lungu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055519v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lingua.2007.08.013" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LBH75R4K-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055517v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lingua.2005.07.006" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L2NLF8V9-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533911v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369462v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafida Iguir" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354206v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533966v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531744v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cochard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531315v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531738v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531745v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131380v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7525104" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531326v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531750v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977980v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531370v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Heredia Murillo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03957929v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Imbert" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04299666v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Jinhong" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15496/publikation-84741" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03704172v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinhong Liu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18148/sub/2021.v25i0.957" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966474v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiyoung Choi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966467v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978597v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966332v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978215v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966354v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966342v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125408v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a J Arche" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ainara Garc&#237;a Sanz" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141530v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nata&#353;a Kne&#382;evi&#263;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966510v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966519v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Gonzalez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Moracchini" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055217v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055214v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055212v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055215v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orin Percus" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055213v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055186v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055191v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guilliot" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055190v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055187v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055188v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056010v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055192v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055502v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055183v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055506v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055184v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055185v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng Lai-Shen Lisa" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056011v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055180v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055179v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055178v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055507v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055177v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055181v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055505v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magda Oiry" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055174v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056012v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055504v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055175v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055176v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055173v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055172v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055168v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055170v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055500v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055171v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055169v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055162v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055166v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055167v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055163v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055165v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055161v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055160v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055164v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055158v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055141v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055140v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055499v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055139v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055138v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055129v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055131v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055130v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055128v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055127v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055126v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055125v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055123v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055124v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055119v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055495v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054575v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055122v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055121v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055498v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055120v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055496v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054608v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054603v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055114v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054606v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054580v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Matthewson" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055118v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054605v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054601v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054607v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Davis" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054602v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055117v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055116v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055115v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054570v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055110v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054577v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054572v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054579v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054568v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055113v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055112v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054573v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054214v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054223v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054219v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054215v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054217v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055109v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054218v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055107v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055106v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054211v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dwight Gardiner" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Jacobs" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054213v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Olanike" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055108v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054206v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055101v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055102v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054204v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054207v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055099v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055100v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053933v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053929v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053932v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053925v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053922v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531298v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3765/elm.3.5819" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531352v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531332v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531369v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966239v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531117v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123916v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Voeltzel" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430237v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Crouzet" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Wauquier-Gravelines" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055533v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055534v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300074v2" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781009179362.017" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388893v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7525103" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531371v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/cilt.357.04dem" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03943009v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91566-1_6" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102755v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531245v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966291v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124053v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129483v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Uribe-Etxebarria Goti" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512461v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055531v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199602490.003.0009" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531243v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055529v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055525v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055530v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/document/doi/10.1515/9783110267020.233/html" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110267020.233" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531234v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055527v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/la.158.18dem" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055526v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055518v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03943001v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-8354-9_5" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512360v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cmlf08251" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055516v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/document/doi/10.1515/9783110198768.169/html" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110198768.169" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055515v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055514v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/1-4020-3033-9_9" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055513v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055512v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055510v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055511v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054610v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054609v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054203v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054188v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055535v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055538v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055536v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055537v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006362v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/hamida-demirdache" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2355-7608" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/092786405" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533956v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Donazzan" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamida Demirdache" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Lucia M&#252;ller" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongyuan Sun" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512904v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouras Aljani" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/lfab.20.18alj" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03930598v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kryzzya Gomez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maia Duguine" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5565/rev/isogloss.140" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03799816v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/languages7030170" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05546182v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Bosni&#263;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Spenader" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/synt.12223" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131115v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Martin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ling-2020-0201" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131165v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Garc&#237;a del Real" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angeliek van Hout" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Kazanina" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ling-2020-0182" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047155v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/gjgl.858" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04096287v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Becerra-Zita" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/li.00015.bec" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055532v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Uribe-Etxebarria" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11049-014-9231-2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055528v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Lai-Shen Cheng" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lingua.2008.07.008" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055523v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oana Lungu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055524v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055519v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lingua.2007.08.013" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LBH75R4K-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055517v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lingua.2005.07.006" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L2NLF8V9-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533911v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369462v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafida Iguir" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354206v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533966v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531315v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531738v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Cochard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531744v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531745v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04131380v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7525104" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531326v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03977980v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531750v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531370v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Heredia Murillo" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03957929v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Imbert" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03704172v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jinhong Liu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18148/sub/2021.v25i0.957" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04299666v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liu Jinhong" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15496/publikation-84741" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966474v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiyoung Choi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966467v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978597v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978215v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966332v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966354v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966342v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125408v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a J Arche" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ainara Garc&#237;a Sanz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141530v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nata&#353;a Kne&#382;evi&#263;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966510v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966519v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Gonzalez" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Moracchini" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055217v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055214v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055212v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055215v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orin Percus" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055213v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055502v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055186v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055188v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055190v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055187v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055191v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guilliot" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056010v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055192v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055183v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055184v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055506v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055185v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng Lai-Shen Lisa" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056011v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055505v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magda Oiry" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055181v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055179v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055178v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055180v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055507v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055177v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055172v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055173v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055174v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055504v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056012v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055175v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055176v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055168v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055171v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055500v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055170v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055169v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055162v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055166v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055165v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055167v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055163v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055161v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055160v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055164v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055158v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055499v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055140v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055141v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055139v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055138v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055129v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055131v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055130v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055128v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055127v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055125v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055126v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055123v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055124v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055495v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055119v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054575v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055498v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055122v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055121v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055496v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055120v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055117v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055116v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055115v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Matthewson" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054608v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054605v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055118v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055114v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054580v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054606v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054603v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054601v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054602v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054607v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henry Davis" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054573v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054577v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054572v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055110v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054570v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054579v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054568v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055113v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055112v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054214v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055109v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054217v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054215v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054223v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054219v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054218v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054211v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dwight Gardiner" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Jacobs" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055107v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055106v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054213v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Olanike" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055108v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054207v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054206v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055101v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055102v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054204v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053933v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055099v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055100v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053929v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053932v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053922v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053925v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531298v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3765/elm.3.5819" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531352v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531332v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531369v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966239v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531117v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05546230v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Arche" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-Wouter Zwart" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hagit Borer" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/la.288" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123916v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Voeltzel" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430237v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Crouzet" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Wauquier-Gravelines" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055533v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055534v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300074v2" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781009179362.017" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05546209v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/la.288.11dem" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04388893v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.7525103" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531371v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/cilt.357.04dem" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03943009v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91566-1_6" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102755v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03966291v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531245v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04124053v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129483v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Uribe-Etxebarria Goti" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512461v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055531v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199602490.003.0009" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531243v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055530v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/document/doi/10.1515/9783110267020.233/html" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110267020.233" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055529v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055525v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531234v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055527v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/la.158.18dem" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055526v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055518v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03943001v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-8354-9_5" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512360v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cmlf08251" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055516v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/document/doi/10.1515/9783110198768.169/html" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110198768.169" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055515v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055514v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/1-4020-3033-9_9" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055513v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055512v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055510v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055511v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054610v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054609v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054203v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01054188v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055535v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055538v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055537v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055536v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05006362v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>