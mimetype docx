--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -206,469 +206,469 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantifying bacterial Chemotaxis in controlled and stationary chemical gradients with a microfluidic device</w:t>
+                <w:t xml:space="preserve">Active Saffman-Taylor Viscous Fingering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adam Gargasson</w:t>
+                <w:t xml:space="preserve">Akash Ganesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Douarche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bio-protocol </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21769/bioprotoc.5184⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 134 (12), pp.128301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.134.128301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05106265v1</w:t>
+                <w:t xml:space="preserve">hal-04959211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Active Saffman-Taylor Viscous Fingering</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantifying bacterial Chemotaxis in controlled and stationary chemical gradients with a microfluidic device</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Gargasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Douarche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Akash Ganesh</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Peter Mergaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 134 (12), pp.128301. </w:t>
+              <w:t xml:space="preserve">Bio-protocol </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1365), pp.e5184. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.134.128301⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21769/bioprotoc.5184⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04959211v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05106265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical modeling of dispersion of swimming bacteria in a Poiseuille flow</w:t>
+                <w:t xml:space="preserve">Ostwald-like ripening in the two-dimensional clustering of passive particles induced by swimming bacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Ganesh</w:t>
+                <w:t xml:space="preserve">J. Bouvard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Douarche</w:t>
+                <w:t xml:space="preserve">F. Moisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Dentz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Harold Auradou</w:t>
+                <w:t xml:space="preserve">H. Auradou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 8 (3), pp.034501. </w:t>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 107 (4), pp.044607. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.8.034501⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.107.044607⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03903970v2</w:t>
+                <w:t xml:space="preserve">hal-04303819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ostwald-like ripening in the two-dimensional clustering of passive particles induced by swimming bacteria</w:t>
+                <w:t xml:space="preserve">Numerical modeling of dispersion of swimming bacteria in a Poiseuille flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Bouvard</w:t>
+                <w:t xml:space="preserve">A. Ganesh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Moisy</w:t>
+                <w:t xml:space="preserve">C. Douarche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Auradou</w:t>
+                <w:t xml:space="preserve">M. Dentz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 107 (4), pp.044607. </w:t>
+              <w:t xml:space="preserve">Physical Review Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8 (3), pp.034501. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.107.044607⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.8.034501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04303819v1</w:t>
+                <w:t xml:space="preserve">hal-03903970v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Run-to-Tumble Variability Controls the Surface Residence Times of E. coli Bacteria</w:t>
               </w:r>
@@ -814,51 +814,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M V d'Angelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Pauchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Darbois Texier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -905,90 +905,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct measurement of the aerotactic response in a bacterial suspension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bouvard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Douarche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Mergaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Moisy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1087,51 +1087,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Douarche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 946, pp.A33. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1159,1174 +1159,1174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03823297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single-Trajectory Characterization of Active Swimmers in a Flow</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">The Influence of Motility on Bacterial Accumulation in a Microporous Channel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miru Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph Lohrmanr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kai Szuttor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Reinaldo García-García</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Holm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.103.032608⟩</w:t>
+              <w:t xml:space="preserve">Soft Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 17 (4), pp.893-902. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/d0sm01595d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03267100v1</w:t>
+                <w:t xml:space="preserve">hal-03016349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rheology of bacterial superfluids in viscous environments</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Single-Trajectory Characterization of Active Swimmers in a Flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaspard Junot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ruben Juanes</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reinaldo García-García</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Matter</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 103 (3), pp.032608. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.103.032608⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/D1SM00243K⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03286373v1</w:t>
+                <w:t xml:space="preserve">hal-03267100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Influence of Motility on Bacterial Accumulation in a Microporous Channel</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rheology of bacterial superfluids in viscous environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kai Szuttor</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Jane Chui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Douarche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Holm</w:t>
+                <w:t xml:space="preserve">Ruben Juanes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soft Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 17 (4), pp.893-902. </w:t>
+              <w:t xml:space="preserve">, 2021, 17 (29), pp.7004-7013. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/d0sm01595d⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/D1SM00243K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03016349v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03286373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A combined rheometry and imaging study of viscosity reduction in bacterial suspensions</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The effect of fracture roughness on the onset of non‐linear flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angela Dawson</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">D. Cunningham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harold Auradou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Shojaei-Zadeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">German Drazer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.1912690117⟩</w:t>
+              <w:t xml:space="preserve">Water Resources Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 56, pp.e2020WR028049. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2020WR028049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02487205v1</w:t>
+                <w:t xml:space="preserve">hal-02999473v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of aspect ratio on vortex formation in X-junctions: direct numerical simulations and eigenmode decomposition</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Using Microfluidic Set-Up to Determine the Adsorption Rate of Sporosarcina pasteurii Bacteria on Sandstone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J R Mac Intyre</w:t>
+                <w:t xml:space="preserve">Tom Marzin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Ubal</w:t>
+                <w:t xml:space="preserve">Brice Desvages</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adama Creppy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C A Perazzo</w:t>
+                <w:t xml:space="preserve">Louis Lépine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annette Esnault-Filet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0026829⟩</w:t>
+              <w:t xml:space="preserve">Transport in Porous Media</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 132 (2), pp.283-297. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11242-020-01391-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03016360v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02993676v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Microfluidic Set-Up to Determine the Adsorption Rate of Sporosarcina pasteurii Bacteria on Sandstone</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tom Marzin</w:t>
+                <w:t xml:space="preserve">A combined rheometry and imaging study of viscosity reduction in bacterial suspensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jochen Arlt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Douarche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brice Desvages</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Annette Esnault-Filet</w:t>
+                <w:t xml:space="preserve">Angela Dawson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transport in Porous Media</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11242-020-01391-3⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 117 (5), pp.2326 - 2331. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1912690117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02993676v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02487205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of fracture roughness on the onset of non‐linear flow</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of aspect ratio on vortex formation in X-junctions: direct numerical simulations and eigenmode decomposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P G Correa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J M Gomba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Cunningham</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Harold Auradou</w:t>
+                <w:t xml:space="preserve">J R Mac Intyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Shojaei-Zadeh</w:t>
+                <w:t xml:space="preserve">S Ubal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">German Drazer</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C A Perazzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water Resources Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 56, pp.e2020WR028049. </w:t>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 32, pp.124105. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2020WR028049⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/5.0026829⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02999473v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03016360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of motility on the transport of bacteria populations through a porous medium</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Three-dimensional flow structures in X-shaped junctions: Effect of the Reynolds number and crossing angle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Veronica d'Angelo</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">P. Correa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Mac Intyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gomba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Cachile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.4.013102⟩</w:t>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 31 (4), pp.043606. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.5087641⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02387867v1</w:t>
+                <w:t xml:space="preserve">hal-03318398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-dimensional flow structures in X-shaped junctions: Effect of the Reynolds number and crossing angle</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">M. Cachile</w:t>
+                <w:t xml:space="preserve">Effect of motility on the transport of bacteria populations through a porous medium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adama Creppy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Douarche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Maria Veronica d'Angelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harold Auradou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 31 (4), pp.043606. </w:t>
+              <w:t xml:space="preserve">Physical Review Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.5087641⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.4.013102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03318398v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02387867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Swimming bacteria in Poiseuille flow: The quest for active Bretherton-Jeffery trajectories</w:t>
               </w:r>
@@ -2472,64 +2472,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanina Lucrecia Roht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ricardo Chertcoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Ippolito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2704,395 +2704,395 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03317957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volume fraction instability in an oscillating non-Brownian iso-dense suspension.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sedimentation and fluttering of a cylinder in a confined liquid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Veronica d'Angelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y.L. Roht</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mario Cachile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harold Auradou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPJ Web of Conferences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjconf/201714009029⟩</w:t>
+              <w:t xml:space="preserve">Physical Review Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2 (10), pp.104301. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.2.104301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03330040v1</w:t>
+                <w:t xml:space="preserve">hal-03903167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantification of tracer plume transport parameters in 2D saturated porous media by cross-borehole ERT imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Lekmine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Pessel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.L. Rayner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Geophysics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 139, pp.139:291-305 (IF 1,355). </w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jappgeo.2017.02.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01517827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sedimentation and fluttering of a cylinder in a confined liquid</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maria Veronica d'Angelo</w:t>
+                <w:t xml:space="preserve">Volume fraction instability in an oscillating non-Brownian iso-dense suspension.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y.L. Roht</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Gauthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Hulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Salin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mario Cachile</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">R. Chertcoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 2 (10), pp.104301. </w:t>
+              <w:t xml:space="preserve">EPJ Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 140 (11), pp.09029. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevFluids.2.104301⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/201714009029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03903167v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03330040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bacterial suspensions under flow</w:t>
               </w:r>
@@ -3117,51 +3117,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anke Lindner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Douarche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The European Physical Journal. Special Topics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 225 (11-12), pp.2389 - 2406. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3208,51 +3208,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Large scale flow visualization and anemometry applied to lab-on-a-chip models of porous media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Paiola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Bodiguel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3325,51 +3325,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.M. Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J-P Hulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.V. d'Angelo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3580,51 +3580,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémie Gachelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Douarche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3684,51 +3684,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effective rheology of Bingham fluids in a rough channel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Talon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Hansen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3788,90 +3788,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transverse and lateral confinement effects on the oscillations of a free cylinder in a viscous flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luciano Gianorio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Veronica d'Angelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Cachile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 26 (084106), pp.1. </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3899,399 +3899,399 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00844311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autocatalytic Reaction Fronts Inside a Porous Medium of Glass Spheres</w:t>
+                <w:t xml:space="preserve">Geometry of optimal path hierarchies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Severine Atis</w:t>
+                <w:t xml:space="preserve">L. Talon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harold Auradou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Pessel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandeep Saha</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Laurent Talon</w:t>
+                <w:t xml:space="preserve">A. Hansen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review Letters</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 103 ((3):), pp.Article Number: 30003, DOI: 10.1209/0295-5075/103/30003 (IF 2,26)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03331702v1</w:t>
+                <w:t xml:space="preserve">hal-00845117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geometry of optimal path hierarchies</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Oscillations and translation of a free cylinder in a confined flow</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Veronica d'Angelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Hansen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPL - Europhysics Letters</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 25, pp.014102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4775385⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00845117v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00673594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oscillations and translation of a free cylinder in a confined flow</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Autocatalytic Reaction Fronts Inside a Porous Medium of Glass Spheres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Severine Atis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandeep Saha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Salin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Talon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Fluids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 25, pp.014102. </w:t>
+              <w:t xml:space="preserve">Physical Review Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 110 (14), pp.013102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.4775385⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevLett.110.148301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00673594v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03331702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessment of the two relaxation time Lattice-Boltzmann scheme to simulate Stokes flow in porous media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Talon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4299,51 +4299,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Gland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Youssef</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Water Resources Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 48, pp.13. </w:t>
@@ -4419,51 +4419,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Atis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Saha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4540,51 +4540,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relation Between First Arrival Time and Permeability in Self-Affine Fractures with Areas in Contact</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Talon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Hansen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4631,77 +4631,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of ERT monitoring ability to measure solute dispersion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Lekmine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Pessel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Groundwater</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 50 ((2):), pp.285-295 (IF 1.371)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4726,103 +4726,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stokes flow paths separation and recirculation cells in X-junctions of varying angle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Cachile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Talon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan M. Gomba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 24 (2), pp.021704. </w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4850,317 +4850,317 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00673619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viscometer using drag force measurements</w:t>
+                <w:t xml:space="preserve">Confinement Induced Oscillation of a cylinder at Reynolds number below the Vortex Induced Vibration Flow-induced oscillation of a confined tethered cylinder below the vortex shedding threshold</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Semin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Hélène Noel</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
+                <w:t xml:space="preserve">Astrid Decoene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc L.M. François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.3556445⟩</w:t>
+              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 690, pp.345-365. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/jfm.2011.435⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00568712v1</w:t>
+                <w:t xml:space="preserve">hal-00971791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Confinement Induced Oscillation of a cylinder at Reynolds number below the Vortex Induced Vibration Flow-induced oscillation of a confined tethered cylinder below the vortex shedding threshold</w:t>
+                <w:t xml:space="preserve">Viscometer using drag force measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Semin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Noel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Fluid Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 690, pp.345-365. </w:t>
+              <w:t xml:space="preserve">Review of Scientific Instruments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, pp.00. </w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/jfm.2011.435⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.3556445⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00971791v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00568712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accurate measurement of curvilinear shapes by Virtual Image Correlation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Semin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Louis Maurice François</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5213,702 +5213,702 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00442849v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single Fiber Transport in a Fracture Slit: Influence of the Wall Roughness and of the Fiber Flexibility</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Permeability of Self-Affine Aperture Fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Talon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harold Auradou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Hansen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transport in Porous Media</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11242-009-9507-x⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 82 (4), pp.046108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.82.046108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00442661v1</w:t>
+                <w:t xml:space="preserve">hal-00472230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of the shape of curvilinear beams and fibers</w:t>
+                <w:t xml:space="preserve">Shape determination of unidimensional objects: the virtual image correlation method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Louis Maurice François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Semin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Vatteville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Mechanics and Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMM.24-25.359⟩</w:t>
+              <w:t xml:space="preserve">EPJ Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 6, pp.10004. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/20100610004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00984338v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miscible transfer of solute in different model fractures: From random to multiscale wall roughness</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Identification of the shape of curvilinear beams and fibers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Louis Maurice François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Semin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.crte.2009.03.003⟩</w:t>
+              <w:t xml:space="preserve">Applied Mechanics and Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 24-25, pp.359-364. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AMM.24-25.359⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03333865v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00984338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Permeability of Self-Affine Aperture Fields</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Miscible transfer of solute in different model fractures: From random to multiscale wall roughness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Boschan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Chertcoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria-Veronica D’angelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.82.046108⟩</w:t>
+              <w:t xml:space="preserve">Comptes Rendus. Géoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 342 (7-8), pp.644-652. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.crte.2009.03.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00472230v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03333865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shape determination of unidimensional objects: the virtual image correlation method</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Louis Maurice François</w:t>
+                <w:t xml:space="preserve">Single Fiber Transport in a Fracture Slit: Influence of the Wall Roughness and of the Fiber Flexibility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Veronica d'Angelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Semin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Harold Auradou</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillemette Picard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Judith Vatteville</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Martin Poitzsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPJ Web of Conferences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 6, pp.10004. </w:t>
+              <w:t xml:space="preserve">Transport in Porous Media</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 84 (2), pp.389-408. </w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/epjconf/20100610004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11242-009-9507-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03333838v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00442661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of fracture void space heterogeneity by electrical impedance measurement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Boschan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Ippolito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ricardo Chertcoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Contaminant Hydrology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 123, pp.65--74. </w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5955,51 +5955,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Permeability Estimates of Self-Affine Fracture Faults Based on Generalization of the Bottle Neck Concept</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Talon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex Hansen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6040,187 +6040,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00470563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental evidence of the anisotropy of tracer dispersion in rough fractures with sheared walls</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Influence of flow confinement on the drag force on a static cylinder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Semin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water Resources Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 45, pp.W03201. </w:t>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 21 (103604), http://pof.aip.org/. </w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1029/2008WR007461⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.3253324⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00322849v1</w:t>
+                <w:t xml:space="preserve">hal-00378966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of wall roughness on the geometrical, mechanical and transport properties of single fractures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 42 (214015), www.iop.org/EJ/journal/JPhysD. </w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6248,308 +6222,334 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00370903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of flow confinement on the drag force on a static cylinder</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">2D Electrical Resistivity Tomography surveys optimisation of solutes transports in porous media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Lekmine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Pessel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Fluids</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 33 (309-312), pp.309-312</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00378966v1</w:t>
+                <w:t xml:space="preserve">hal-00448858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2D Electrical Resistivity Tomography surveys optimisation of solutes transports in porous media</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Experimental evidence of the anisotropy of tracer dispersion in rough fractures with sheared walls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Boschan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Ippolito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Chertcoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archeosciences, revue d'Archéométrie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Water Resources Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 45, pp.W03201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2008WR007461⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00448858v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00322849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhancement of velocity contrasts by shear-thinning solutions flowing in a rough fracture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Boschan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Chertcoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Gabbanelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Hulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Non-Newtonian Fluid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 153 (1), pp.53-61. </w:t>
@@ -6625,77 +6625,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Boschan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Ippolito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Chertcoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Talon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Water Resources Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 44 (6), </w:t>
@@ -6733,103 +6733,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dispersion enhancement and damping by buoyancy driven flows in 2D networks of capillaries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Veronica d'Angelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marta Rosen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physics of Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 20, pp.034107. </w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6857,607 +6857,607 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00282967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the disorder on tracer dispersion in a flow channel</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Pore scale mixing and macroscopic solute dispersion regimes in polymer flows inside 2D model networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Veronica d'Angelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjap:2007110⟩</w:t>
+              <w:t xml:space="preserve">Physics of Fluids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 19, pp.033103. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.2714065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00106358v1</w:t>
+                <w:t xml:space="preserve">hal-00111206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pore scale mixing and macroscopic solute dispersion regimes in polymer flows inside 2D model networks</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Miscible displacement fronts of shear thinning fluids inside rough fractures.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Boschan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Ippolito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Chertcoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Fluids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.2714065⟩</w:t>
+              <w:t xml:space="preserve">Water Resources Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 43, pp.W03438. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2006WR005324⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00111206v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00091346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miscible displacement fronts of shear thinning fluids inside rough fractures.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Failure mechanisms and surface roughness statistics of fractured Fontainebleau sandstone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Ponson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Pessel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Lazarus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Water Resources Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2006WR005324⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 76 (3), pp.id. 036108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/physRevE.76.036108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00091346v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00142793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Failure mechanisms and surface roughness statistics of fractured Fontainebleau sandstone</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of the disorder on tracer dispersion in a flow channel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Javier Charette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Ponson</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Elisa Evangelista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo Chertcoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 76 (3), pp.id. 036108. </w:t>
+              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, http://www.edpsciences.org/journal/index.cfm?edpsname=epjap&amp;niv1=contents&amp;niv2=archives. </w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/physRevE.76.036108⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/epjap:2007110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00142793v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00106358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low self-affine exponents of fracture surfaces of glass ceramics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Ponson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 97, pp.125501. </w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7485,351 +7485,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00090309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anisotropic self-affine properties of experimental fracture surfaces</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Flow channeling in a single fracture induced by shear displacement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">German Drazer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Boschan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Mourot</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Joel Koplik</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Fracture</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Geothermics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 35, pp.576--588. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geothermics.2006.11.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00016452v1</w:t>
+                <w:t xml:space="preserve">hal-00020184v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flow channeling in a single fracture induced by shear displacement</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Anisotropic self-affine properties of experimental fracture surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Ponson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Bonamy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joel Koplik</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Guillaume Mourot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geothermics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal of Fracture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 140, pp.27-36</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00020184v2</w:t>
+                <w:t xml:space="preserve">hal-00016452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Permeability anisotropy induced by the shear displacement of rough fracture walls.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">German Drazer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Hulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Koplik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Water Resources Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 41, pp.W09423. </w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7863,51 +7863,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical study of the temperature and porosity effects on the fracture propagation in a 2D network of elastic bonds.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Zei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7999,51 +7999,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DISPOSITIF DE MESURE DE LA VISCOSITE D'UN FLUIDE, EN PARTICULIER POUR DES FLUIDES ACTIFS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Auradou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Douarche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8203,51 +8203,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4E7F8CE5"/>
+    <w:nsid w:val="00302B7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8434,51 +8434,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/harold-auradou" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2939-6566" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/147292573" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106265v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Gargasson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Douarche" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Mergaert" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Auradou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21769/bioprotoc.5184" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04959211v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akash Ganesh" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.134.128301" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903970v2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ganesh" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Douarche" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dentz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.8.034501" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303819v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bouvard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Moisy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Auradou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.107.044607" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823309v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Junot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Darnige" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anke Lindner" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Martinez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Arlt" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.128.248101" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707051v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M V d'Angelo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Pauchard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Darbois Texier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0089934" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823291v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mergaert" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Moisy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.106.034404" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823297v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Dentz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Creppy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cl&#233;ment" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2022.596" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03267100v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinaldo Garc&#237;a-Garc&#237;a" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.103.032608" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03286373v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Chui" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Juanes" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1SM00243K" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016349v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miru Lee" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Lohrmanr" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Szuttor" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Holm" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0sm01595d" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02487205v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Dawson" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1912690117" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016360v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P G Correa" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J M Gomba" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J R Mac Intyre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ubal" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C A Perazzo" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0026829" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993676v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Marzin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Desvages" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis L&#233;pine" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Esnault-Filet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-020-01391-3" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02999473v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cunningham" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Shojaei-Zadeh" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=German Drazer" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020WR028049" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387867v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Veronica d'Angelo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.4.013102" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03318398v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Correa" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mac Intyre" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gomba" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cachile" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Hulin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5087641" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387864v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuris Figueroa-Morales" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Soto" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/126/44003" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03330146v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanina Lucrecia Roht" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Chertcoff" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Ippolito" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-018-1014-5" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03317957v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gast&#243;n L Mi&#241;o" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Baabour" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Gutkind" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/aim.2018.86030" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03330040v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.L. Roht" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gauthier" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Hulin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Salin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chertcoff" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714009029" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517827v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lekmine" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pessel" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Rayner" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jappgeo.2017.02.024" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903167v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Cachile" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.2.104301" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01404032v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Clement" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjst/e2016-60068-6" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03323437v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Paiola" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Bodiguel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6LC00703A" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099767v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.M. Lopez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P Hulin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.V. d'Angelo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01366743v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Cambonie" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bar&#233;s" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. L. Hattali" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bonamy" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Lazarus" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.91.012406" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03325785v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ctor Mat&#237;as L&#243;pez" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Gachelin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.115.028301" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03323435v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Talon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Hansen" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2014.00024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00844311v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Gianorio" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4893342" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03331702v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Atis" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandeep Saha" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Salin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.110.148301" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845117v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Talon" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hansen" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00673594v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4775385" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597855v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bauer" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gland" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Youssef" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011WR011385" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FN2BWDXM-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03331707v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Atis" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Saha" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Martin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rakotomalala" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4734489" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00673739v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/97/68009" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608571v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00673619v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan M. Gomba" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3690100" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00568712v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Semin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Noel" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3556445" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00971791v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Decoene" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc L.M. Fran&#231;ois" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2011.435" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442849v2" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Semin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Louis Maurice Fran&#231;ois" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2011110275" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-RQ6ZK9QL-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442661v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Picard" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Poitzsch" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-009-9507-x" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984338v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMM.24-25.359" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333865v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Boschan" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Veronica D&#8217;angelo" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2009.03.003" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472230v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.82.046108" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03333838v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Vatteville" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20100610004" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00517415v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2010.12.007" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00470563v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009WR008404" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322849v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008WR007461" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370903v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/42/21/214015" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378966v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3253324" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448858v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Lekmine" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pessel" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333872v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boschan" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gabbanelli" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2007.11.008" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V9SC1QN0-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03333870v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ippolito" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007WR006403" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282967v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Allain" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Rosen" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.10631/1.2899635" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00106358v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Javier Charette" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Evangelista" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap:2007110" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111206v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2714065" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091346v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006WR005324" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142793v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ponson" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physRevE.76.036108" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090309v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vi&#233;" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.97.125501" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016452v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mourot" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Morel" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020184v2" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Koplik" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geothermics.2006.11.004" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003775v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2005WR003938" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003762v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Zei" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Bouchaud" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2005-00135-2" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407528v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Kpatagnon Creppy" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Auffray" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/harold-auradou" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2939-6566" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/147292573" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04959211v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akash Ganesh" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Douarche" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Auradou" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.134.128301" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05106265v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Gargasson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Mergaert" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21769/bioprotoc.5184" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04303819v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bouvard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Moisy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Auradou" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.107.044607" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903970v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ganesh" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Douarche" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dentz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.8.034501" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823309v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Junot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Darnige" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anke Lindner" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Martinez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jochen Arlt" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.128.248101" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707051v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M V d'Angelo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Pauchard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Darbois Texier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0089934" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823291v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Mergaert" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Moisy" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.106.034404" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03823297v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Dentz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Creppy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Cl&#233;ment" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2022.596" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016349v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miru Lee" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Lohrmanr" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai Szuttor" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Holm" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0sm01595d" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03267100v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reinaldo Garc&#237;a-Garc&#237;a" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.103.032608" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03286373v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Chui" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruben Juanes" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1SM00243K" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02999473v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Cunningham" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Shojaei-Zadeh" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=German Drazer" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020WR028049" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02993676v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Marzin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Desvages" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis L&#233;pine" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annette Esnault-Filet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-020-01391-3" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02487205v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Dawson" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1912690117" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016360v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P G Correa" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J M Gomba" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J R Mac Intyre" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Ubal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C A Perazzo" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0026829" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03318398v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Correa" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Mac Intyre" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gomba" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cachile" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Hulin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5087641" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387867v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Veronica d'Angelo" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.4.013102" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02387864v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuris Figueroa-Morales" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Soto" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/126/44003" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03330146v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanina Lucrecia Roht" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Chertcoff" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Ippolito" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-018-1014-5" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03317957v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gast&#243;n L Mi&#241;o" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Baabour" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Gutkind" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4236/aim.2018.86030" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03903167v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Cachile" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevFluids.2.104301" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01517827v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lekmine" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pessel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Rayner" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jappgeo.2017.02.024" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03330040v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.L. Roht" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gauthier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Hulin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Salin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Chertcoff" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714009029" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01404032v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Clement" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjst/e2016-60068-6" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03323437v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Paiola" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Bodiguel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6LC00703A" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099767v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.M. Lopez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-P Hulin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.V. d'Angelo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01366743v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Cambonie" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Bar&#233;s" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. L. Hattali" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bonamy" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Lazarus" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.91.012406" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03325785v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ctor Mat&#237;as L&#243;pez" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Gachelin" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.115.028301" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03323435v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Talon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Hansen" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2014.00024" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00844311v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Gianorio" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4893342" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00845117v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Talon" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hansen" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00673594v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4775385" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03331702v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Atis" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandeep Saha" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Salin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.110.148301" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597855v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bauer" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gland" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Youssef" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2011WR011385" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FN2BWDXM-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03331707v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Atis" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Saha" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Martin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rakotomalala" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4734489" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00673739v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1209/0295-5075/97/68009" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00608571v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00673619v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan M. Gomba" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3690100" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00971791v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Semin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Decoene" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc L.M. Fran&#231;ois" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jfm.2011.435" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00568712v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Noel" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3556445" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442849v2" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Semin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Louis Maurice Fran&#231;ois" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2011110275" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-RQ6ZK9QL-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00472230v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.82.046108" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03333838v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Vatteville" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/20100610004" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00984338v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AMM.24-25.359" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333865v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Boschan" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Veronica D&#8217;angelo" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2009.03.003" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00442661v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillemette Picard" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Poitzsch" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-009-9507-x" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00517415v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconhyd.2010.12.007" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00470563v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2009WR008404" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378966v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3253324" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00370903v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0022-3727/42/21/214015" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448858v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Lekmine" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pessel" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322849v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2008WR007461" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333872v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boschan" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gabbanelli" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnnfm.2007.11.008" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V9SC1QN0-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03333870v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ippolito" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2007WR006403" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282967v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Allain" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Rosen" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.10631/1.2899635" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00111206v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2714065" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00091346v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2006WR005324" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00142793v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ponson" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/physRevE.76.036108" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00106358v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Javier Charette" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Evangelista" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap:2007110" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090309v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vi&#233;" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.97.125501" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00020184v2" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Koplik" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geothermics.2006.11.004" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00016452v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mourot" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Morel" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003775v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2005WR003938" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003762v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Zei" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Bouchaud" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epjb/e2005-00135-2" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04407528v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Kpatagnon Creppy" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Auffray" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>