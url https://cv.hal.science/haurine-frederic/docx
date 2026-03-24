--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -904,295 +904,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04216913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring a new approach for assessing the fate and behavior of the tailings released by the Brumadinho dam collapse (Minas Gerais, Brazil)</w:t>
+                <w:t xml:space="preserve">Impacts of nepheloid layers and mineralogical compositions of oceanic margin sediments on REE concentrations and Nd isotopic compositions of seawater</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hikari Kobayashi</w:t>
+                <w:t xml:space="preserve">Yi Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémie Garnier</w:t>
+                <w:t xml:space="preserve">Zhifei Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Santos Mulholland</w:t>
+                <w:t xml:space="preserve">Éric Douville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Quantin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Haurine</w:t>
+                <w:t xml:space="preserve">Arnaud Dapoigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2023.130828⟩</w:t>
+              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 359, pp.57-70. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gca.2023.08.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04456183v1</w:t>
+                <w:t xml:space="preserve">hal-04258592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts of nepheloid layers and mineralogical compositions of oceanic margin sediments on REE concentrations and Nd isotopic compositions of seawater</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploring a new approach for assessing the fate and behavior of the tailings released by the Brumadinho dam collapse (Minas Gerais, Brazil)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hikari Kobayashi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yi Huang</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe Colin</w:t>
+                <w:t xml:space="preserve">Jérémie Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhifei Liu</w:t>
+                <w:t xml:space="preserve">Daniel Santos Mulholland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Douville</w:t>
+                <w:t xml:space="preserve">Cécile Quantin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Dapoigny</w:t>
+                <w:t xml:space="preserve">Frédéric Haurine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 359, pp.57-70. </w:t>
+              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 448, pp.130828. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gca.2023.08.026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2023.130828⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04258592v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04456183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cenozoic weathering of fluvial terraces and emergence of biogeographic boundaries in Central Amazonia</w:t>
               </w:r>
@@ -1351,51 +1351,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Sépulcre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laetitia Licari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Haurine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Bassinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1574,421 +1574,421 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04239393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">French Guiana margin evolution: From Gondwana break‐up to Atlantic opening</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Demonstrating the influence of sediment source in dredged sediment recovery for brick and tile production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Bourbon</w:t>
+                <w:t xml:space="preserve">Thomas Gillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geoffrey Aertgeerts</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Isabelle Cojan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haurine Frédéric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Poirier Catherine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Anne Bruneaux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Terra Nova</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ter.12526⟩</w:t>
+              <w:t xml:space="preserve">Resources, Conservation and Recycling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.resconrec.2021.105653⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03747359v1</w:t>
+                <w:t xml:space="preserve">hal-03595683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calcite uranium–lead geochronology applied to hardground lithification and sequence boundary dating</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Brigaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Blaise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Haurine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Barbarand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sedimentology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 68 (1), pp.168-195. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/sed.12795⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03007140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demonstrating the influence of sediment source in dredged sediment recovery for brick and tile production</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Haurine Frédéric</w:t>
+                <w:t xml:space="preserve">French Guiana margin evolution: From Gondwana break‐up to Atlantic opening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Derycke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Gautheron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyn Barbarand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poirier Catherine</w:t>
+                <w:t xml:space="preserve">Pierre Bourbon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Anne Bruneaux</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Geoffrey Aertgeerts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Resources, Conservation and Recycling</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">Terra Nova</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 33 (4), pp.415-422. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.resconrec.2021.105653⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ter.12526⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03595683v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03747359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When did the Pyrenean shortening end? Insight from U–Pb geochronology of syn‐faulting calcite (Corbières area, France)</w:t>
               </w:r>
@@ -2415,51 +2415,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Sepulcre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Bassinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Haurine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Tisnérat‐laborde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2510,51 +2510,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Past hot fluid flows in limestones detected by Δ47–(U-Pb) and not recorded by other geothermometers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Brigaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Bonifacie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2683,51 +2683,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Missenard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Vergely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Haurine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Noret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2912,77 +2912,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of an industrial mineralogical framework to evaluate mixtures from reservoir sediments for recovery by the heavy clay industry: Application of the Durance system (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Haurine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cojan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Anne Bruneaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Clay Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 132-133, pp.508-517</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2999,51 +2999,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01410198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (14)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (15)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -3158,1424 +3158,1549 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05447187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation de processus diagénétiques par la datation in-situ U-Pb de ciments de calcite : exemple de la karstification dans les calcaires du Cénozoïque du Bassin de Paris</w:t>
+                <w:t xml:space="preserve">Post-Obduction History Of New Caledonia: New Temporal Constraints From Goethite (U-Th)/He Dating Of Duricrusts In Reworked Laterites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Moreau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Simon Andrieu</w:t>
+                <w:t xml:space="preserve">Maximilien Mathian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Justine Briais</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Haurine</w:t>
+                <w:t xml:space="preserve">Martin Danišík</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Cluzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">France Pattier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Maurizot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28e édition de la Réunion des Sciences de la Terre (RST 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Géologique de France (SGF), Oct 2023, Rennes, France</w:t>
+              <w:t xml:space="preserve">61st Annual Meeting of The Clay Minerals Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The Clay Minerals Society, Jun 2024, Hawai'i, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04330701v1</w:t>
+                <w:t xml:space="preserve">hal-04669637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression et âge de la déformation pyrénéenne en domaine intraplaque : le cas de la déformation des Causses revisité</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Caractérisation de processus diagénétiques par la datation in-situ U-Pb de ciments de calcite : exemple de la karstification dans les calcaires du Cénozoïque du Bassin de Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kevin Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Brigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justine Briais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Haurine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion des Sciences de la Terre RST</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Lille, France</w:t>
+              <w:t xml:space="preserve">28e édition de la Réunion des Sciences de la Terre (RST 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Géologique de France (SGF), Oct 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04484644v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04330701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géochronologie U-Pb sur calcite appliquée à la lithification des hardgrounds et à la datation des limites de séquences stratigraphiques</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Expression et âge de la déformation pyrénéenne en domaine intraplaque : le cas de la déformation des Causses revisité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriane Parizot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Missenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Delpech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Haurine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Barbarand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre (RST 2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">Réunion des Sciences de la Terre RST</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03587948v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04484644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Et s'il existait une phase de raccourcissement « tardi – pyrénéenne » à la transition Burdigalien - Langhien ... ?</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
+                <w:t xml:space="preserve">Géochronologie U-Pb sur calcite appliquée à la lithification des hardgrounds et à la datation des limites de séquences stratigraphiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Brigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Blaise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Haurine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyn Barbarand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre (RST 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03591585v1</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03587948v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de la géodynamique sur la circulation des fluides et la diagenèse des dépôts carbonatés Aalénien-Oxfordien de la bordure nord-est du bassin Aquitain</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Eglantine Husson</w:t>
+                <w:t xml:space="preserve">Et s'il existait une phase de raccourcissement « tardi – pyrénéenne » à la transition Burdigalien - Langhien ... ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriane Parizot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Missenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Haurine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Blaise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyn Barbarand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre (RST 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03587981v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03591585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variabilité et conditions de formation des ciments précoces formés sous les discontinuités sédimentaires : apport de l'analyse géochimique in situ (SIMS et LA-ICP-MS-HR)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+                <w:t xml:space="preserve">Influence de la géodynamique sur la circulation des fluides et la diagenèse des dépôts carbonatés Aalénien-Oxfordien de la bordure nord-est du bassin Aquitain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Deloume-Carpentras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Brigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Andrieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eglantine Husson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Blaise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17e congrès français de sédimentologie 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association des Sédimentologistes Français (ASF), Oct 2019, Beauvais, France</w:t>
+              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre (RST 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02541872v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03587981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Cadre Minéralogique de Référence (CMR), un outil d’évaluation rapide du potentiel de valorisation de matériaux de dragage dans l’industrie de la terre cuite.</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Bruneaux Marie-Anne</w:t>
+                <w:t xml:space="preserve">Variabilité et conditions de formation des ciments précoces formés sous les discontinuités sédimentaires : apport de l'analyse géochimique in situ (SIMS et LA-ICP-MS-HR)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Andrieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Brigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyn Barbarand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Lasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Haurine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25ème Réunion des Sciences de la Terre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Caen, France</w:t>
+              <w:t xml:space="preserve">17e congrès français de sédimentologie 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association des Sédimentologistes Français (ASF), Oct 2019, Beauvais, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01410393v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02541872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A methodology to value reservoir sediment in fired-clay industry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Le Cadre Minéralogique de Référence (CMR), un outil d’évaluation rapide du potentiel de valorisation de matériaux de dragage dans l’industrie de la terre cuite.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haurine Frédéric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cojan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruneaux Marie-Anne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Euroclay</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Edinburgh, United Kingdom</w:t>
+              <w:t xml:space="preserve">25ème Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01230534v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01410393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reservoir sediment, a new source for the fired clay industry ? -Input from the Durance watershed (SE France)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+                <w:t xml:space="preserve">A methodology to value reservoir sediment in fired-clay industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haurine Frédéric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cojan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marie-Anne Bruneaux</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruneaux Marie-Anne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECERS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Toledo, Spain</w:t>
+              <w:t xml:space="preserve">Euroclay</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Edinburgh, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01230529v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01230534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reservoir sediment, a new source for the fired clay industry ? - Input from the Durance watershed (SE France)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+                <w:t xml:space="preserve">Reservoir sediment, a new source for the fired clay industry ? -Input from the Durance watershed (SE France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Haurine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cojan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Anne Bruneaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Conference European Ceramic Society </w:t>
+              <w:t xml:space="preserve">ECERS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Toledo, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01258349v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01230529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A methodology to value reservoir sediment in the fired-clay industry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
+                <w:t xml:space="preserve">Reservoir sediment, a new source for the fired clay industry ? - Input from the Durance watershed (SE France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haurine Frédéric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cojan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Anne Bruneaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Euroclay Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2015, Edinburgh, France. pp.305</w:t>
+              <w:t xml:space="preserve">14th International Conference European Ceramic Society </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Toledo, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01258350v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01258349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les sédiments de barrages, une ressource pour l'industrie des tuiles et briques ? l'exemple du bassin versant de la Durance (SE France)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+                <w:t xml:space="preserve">A methodology to value reservoir sediment in the fired-clay industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haurine Frédéric</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cojan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Anne Bruneaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Annuelles du Groupe Français de la Céramique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Dijon, France</w:t>
+              <w:t xml:space="preserve">Euroclay Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Edinburgh, France. pp.305</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01230527v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01258350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Les sédiments de barrages, une ressource pour l'industrie des tuiles et briques ? l'exemple du bassin versant de la Durance (SE France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Haurine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Cojan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Anne Bruneaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Annuelles du Groupe Français de la Céramique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Dijon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01230527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Potentiel des atterrissements d'argiles du bassin versant de la Durance en vue de leur valorisation dans l'industrie des matériaux naturels de construction en terre cuite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Haurine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Cojan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A. Bruneaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24ème Réunion des Sciences de la Terre, 12ème Colloque du Groupe Français des Argiles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Pau et du Pays de l'Adour; CNRS; SGF, Oct 2014, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01087002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4585,114 +4710,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation d'atterrissements d'argiles récents sur le territoire français, en vue de leur valorisation dans l'industrie des matériaux de construction en terre cuite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Haurine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de la Terre. Ecole Nationale Supérieure des Mines de Paris, 2015. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2015ENMP0066⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01423865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId150"/>
+      <w:footerReference w:type="default" r:id="rId156"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4839,51 +4964,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04974387v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Jullien&#8208;sicre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Missenard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blaise" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Augier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Parizot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024TC008634" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055473v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guohui Gao" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Colin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Siani" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sepulcre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosella Pinna&#8208;jamme" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024gc011992" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05067383v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Averbuch" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Roy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Jullien-Sicre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/jgs2024-222" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05317861v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Derycke" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Genge" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gautheron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Zattin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Mazzoli" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025TC009023" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345137v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Hevia-Cruz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Hildenbrand" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Sheldon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hren" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittorio Zanon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2023.108438" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216913v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Dubois-Dauphin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Elliot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julius F&#246;rstel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Haurine" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2023.103127" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456183v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hikari Kobayashi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Garnier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Santos Mulholland" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Quantin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Haurine" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2023.130828" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258592v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Huang" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhifei Liu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Douville" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dapoigny" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2023.08.026" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03656251v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Sawakuchi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcio dos Santos Albuquerque" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiana Cabriolu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Parra" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2022.103815" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752176v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruifang Ma" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S&#233;pulcre" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Licari" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bassinot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-18-1757-2022" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239393v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Barbarand" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Benedicto" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0016756822000152" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03747359v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bourbon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Aertgeerts" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ter.12526" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007140v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Brigaud" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Andrieu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sed.12795" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595683v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gillot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cojan" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haurine Fr&#233;d&#233;ric" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poirier Catherine" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Bruneaux" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resconrec.2021.105653" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489674v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ter.12547" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03745270v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosella Pinna-Jamme" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Ahadi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Sanchez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gchron-3-351-2021" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911613v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Schwartz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ketcham" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Brunet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Corre" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2020.116359" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888271v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Tisn&#233;rat&#8208;laborde" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019PA003801" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925929v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Bonifacie" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Pagel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Calmels" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/G47358.1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918342v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vergely" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Noret" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2020/7598137" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518669v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Recanati" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ter.12367" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01410198v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447187v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Hamon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Huyghe" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mehl" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pichat" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie R&#233;villon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330701v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Moreau" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Briais" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484644v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Delpech" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587948v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03591585v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587981v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Deloume-Carpentras" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglantine Husson" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02541872v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lasseur" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01410393v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruneaux Marie-Anne" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01230534v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01230529v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Haurine" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01258349v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01258350v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01230527v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01087002v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Bruneaux" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-01423865v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015ENMP0066" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04974387v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Jullien&#8208;sicre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Missenard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blaise" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Augier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Parizot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024TC008634" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05055473v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guohui Gao" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Colin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Siani" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sepulcre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosella Pinna&#8208;jamme" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024gc011992" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-05067383v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Averbuch" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Roy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Jullien-Sicre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/jgs2024-222" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05317861v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Derycke" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Genge" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gautheron" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Zattin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Mazzoli" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025TC009023" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345137v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Hevia-Cruz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Hildenbrand" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Sheldon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hren" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittorio Zanon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2023.108438" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216913v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Dubois-Dauphin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Elliot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julius F&#246;rstel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Haurine" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2023.103127" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04258592v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yi Huang" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhifei Liu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Douville" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dapoigny" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2023.08.026" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456183v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hikari Kobayashi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Garnier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Santos Mulholland" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Quantin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Haurine" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2023.130828" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03656251v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Sawakuchi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcio dos Santos Albuquerque" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiana Cabriolu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Parra" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2022.103815" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03752176v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruifang Ma" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie S&#233;pulcre" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Licari" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bassinot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/cp-18-1757-2022" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239393v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyn Barbarand" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Benedicto" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0016756822000152" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595683v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Gillot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Cojan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haurine Fr&#233;d&#233;ric" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Poirier Catherine" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Bruneaux" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resconrec.2021.105653" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007140v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Brigaud" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Andrieu" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sed.12795" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-03747359v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bourbon" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Aertgeerts" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ter.12526" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489674v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ter.12547" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03745270v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosella Pinna-Jamme" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Ahadi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Sanchez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gchron-3-351-2021" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02911613v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Schwartz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ketcham" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Brunet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianna Corre" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.epsl.2020.116359" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888271v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Tisn&#233;rat&#8208;laborde" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019PA003801" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925929v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Bonifacie" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Pagel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Calmels" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1130/G47358.1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918342v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vergely" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Noret" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2020/7598137" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518669v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Recanati" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ter.12367" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01410198v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447187v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Hamon" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Huyghe" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mehl" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pichat" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidonie R&#233;villon" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unc.hal.science/hal-04669637v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Mathian" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Dani&#353;&#237;k" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cluzel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=France Pattier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Maurizot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330701v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Moreau" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Briais" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484644v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Delpech" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587948v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03591585v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587981v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Deloume-Carpentras" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eglantine Husson" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-02541872v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lasseur" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01410393v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruneaux Marie-Anne" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01230534v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01230529v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Haurine" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01258349v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-01258350v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01230527v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01087002v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Bruneaux" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-01423865v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015ENMP0066" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>