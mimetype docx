--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1151,295 +1151,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04638250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recommendation of RILEM TC 271-ASC: New accelerated test procedure for the assessment of resistance of natural stone and fired-clay brick units against salt crystallization</w:t>
+                <w:t xml:space="preserve">Massive growth of a fibrous gas hydrate from surface macropores of an activated carbon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barbara I Lubelli</w:t>
+                <w:t xml:space="preserve">Saphir Venet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Rörig-Daalgard</w:t>
+                <w:t xml:space="preserve">Fabrice Guerton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A M Aguilar</w:t>
+                <w:t xml:space="preserve">Peter Moonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Aškrabić</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Kévin Beck</w:t>
+                <w:t xml:space="preserve">Daniel Broseta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials and structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1617/s11527-023-02158-0⟩</w:t>
+              <w:t xml:space="preserve">Chemical Engineering Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 265, pp.118190. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ces.2022.118190⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04296742v1</w:t>
+                <w:t xml:space="preserve">hal-03895083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Massive growth of a fibrous gas hydrate from surface macropores of an activated carbon</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Recommendation of RILEM TC 271-ASC: New accelerated test procedure for the assessment of resistance of natural stone and fired-clay brick units against salt crystallization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara I Lubelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saphir Venet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hannelore Derluyn</w:t>
+                <w:t xml:space="preserve">I. Rörig-Daalgard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Guerton</w:t>
+                <w:t xml:space="preserve">A M Aguilar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Moonen</w:t>
+                <w:t xml:space="preserve">M. Aškrabić</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Broseta</w:t>
+                <w:t xml:space="preserve">Kévin Beck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 265, pp.118190. </w:t>
+              <w:t xml:space="preserve">Materials and structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 56 (5), pp.101. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ces.2022.118190⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1617/s11527-023-02158-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03895083v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04296742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diffusion driven barite front nucleation and crystallisation in sedimentary rocks</w:t>
               </w:r>
@@ -1585,51 +1585,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Maria d'Altri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano de Miranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Beck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tim de Kock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2747,558 +2747,558 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01581299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical simulation of salt transport and crystallization in drying Prague sandstone using an experimentally consistent multiphase model</w:t>
+                <w:t xml:space="preserve">Texture and mineralogy influence on durability: The Macigno sandstone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Grementieri</w:t>
+                <w:t xml:space="preserve">S. Scrivano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Molari</w:t>
+                <w:t xml:space="preserve">L. Gaggero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.G. Aguilar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. de Kock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">V. Cnudde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Building and Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.buildenv.2017.06.049⟩</w:t>
+              <w:t xml:space="preserve">Quarterly Journal of Engineering Geology and Hydrogeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 50 (4), pp.393-401. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1144/qjegh2016-107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01804369v1</w:t>
+                <w:t xml:space="preserve">hal-01816736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Texture and mineralogy influence on durability: The Macigno sandstone</w:t>
+                <w:t xml:space="preserve">Numerical simulation of salt transport and crystallization in drying Prague sandstone using an experimentally consistent multiphase model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Scrivano</w:t>
+                <w:t xml:space="preserve">L. Grementieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Gaggero</w:t>
+                <w:t xml:space="preserve">L. Molari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannelore Derluyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Desarnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.G. Aguilar</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hannelore Derluyn</w:t>
+                <w:t xml:space="preserve">V. Cnudde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quarterly Journal of Engineering Geology and Hydrogeology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Building and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 123, pp.289-298. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.buildenv.2017.06.049⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1144/qjegh2016-107⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01816736v1</w:t>
+                <w:t xml:space="preserve">hal-01804369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of different approaches for self-healing concrete in a large-scale lab test</w:t>
+                <w:t xml:space="preserve">Influence of sorption hysteresis on moisture transport in wood</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. van Tittelboom</w:t>
+                <w:t xml:space="preserve">A. Patera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Wang</w:t>
+                <w:t xml:space="preserve">D. Derome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Araújo</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">J. Carmeliet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Construction and Building Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2015.12.186⟩</w:t>
+              <w:t xml:space="preserve">Wood Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 50 (2), pp.259-283. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00226-015-0786-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01816762v1</w:t>
+                <w:t xml:space="preserve">hal-01816767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of sorption hysteresis on moisture transport in wood</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparison of different approaches for self-healing concrete in a large-scale lab test</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. van Tittelboom</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Patera</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hannelore Derluyn</w:t>
+                <w:t xml:space="preserve">M. Araújo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Derome</w:t>
+                <w:t xml:space="preserve">D. Snoeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Carmeliet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">E. Gruyaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wood Science and Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 50 (2), pp.259-283. </w:t>
+              <w:t xml:space="preserve">Construction and Building Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 107, pp.125-137. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00226-015-0786-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.conbuildmat.2015.12.186⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01816767v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01816762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison between traditional laboratory tests, permeability measurements and CT-based fluid flow modelling for cultural heritage applications</w:t>
               </w:r>
@@ -3336,51 +3336,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. van Hoorebeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Cnudde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 554-555, pp.102-112. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3478,51 +3478,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. van Loo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. van Hoorebeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Cnudde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Micron</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 74, pp.15-21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3550,363 +3550,363 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01804415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of composition and structure of clay minerals in sandstone with ptychographic X-ray nanotomography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conservation studies of Cultural heritage: X-ray imaging of dynamic processes in building materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Cnudde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. de Kock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Boone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. de Boever</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">J. van Stappen</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Bultreys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Clay Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.clay.2015.09.020⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Mineralogy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 27 (3), pp.269-278. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1127/ejm/2015/0027-2444⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01804413v1</w:t>
+                <w:t xml:space="preserve">hal-01804419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conservation studies of Cultural heritage: X-ray imaging of dynamic processes in building materials</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+                <w:t xml:space="preserve">Characterization of composition and structure of clay minerals in sandstone with ptychographic X-ray nanotomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. de Boever</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannelore Derluyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. de Kock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">T. Bultreys</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. van Stappen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Mineralogy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Clay Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 118, pp.258-264. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.clay.2015.09.020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1127/ejm/2015/0027-2444⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01804419v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01804413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X-ray computed micro-tomography to study the porous structure and degradation processes of a building stone from Sabucina (Sicily)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Raneri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Cnudde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. de Kock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3983,51 +3983,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biogenic concrete protection driven by the formate oxidation by Methylocystis parvus OBBP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Ganendra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.A. Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4130,77 +4130,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Desarnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Molari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. de Miranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Cnudde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 118 (11), </w:t>
@@ -4238,90 +4238,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A pore-scale study of fracture dynamics in rock using X-ray micro-CT under ambient freeze-thaw cycling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. de Kock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A. Boone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. de Schryver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. van Stappen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4385,51 +4385,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neutron radiography and X-ray computed tomography for quantifying weathering and water uptake processes inside porous limestone used as building material</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Dewanckele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. de Kock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Fronteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4519,64 +4519,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deformation and damage due to drying-induced salt crystallization in porous limestone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Moonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Carmeliet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the Mechanics and Physics of Solids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 63 (1), pp.242-255. </w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4636,51 +4636,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Desarnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Carmeliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bonn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4779,64 +4779,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Dewanckele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.N. Boone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Cnudde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Derome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 324, pp.102-112. </w:t>
@@ -5027,51 +5027,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Davide Gulotta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Lubelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Rörig-Daalgard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.M. Aguilar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5763,368 +5763,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03779427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating haloclasty as a potential cause of French Basque Country Coastline erosion</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Investigating native H2 generation by alteration of Fe-rich olivine within Precambrian granitoid crust through HREM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentine Combaudon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sissmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Guélard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Guyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Bernard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15ème journées d'étude des milieux poreux (JEMP2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">American Geophysical Union (AGU) Fall Meeting 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Nouvelle-Orléans, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04755272v1</w:t>
+                <w:t xml:space="preserve">obspm-04072966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of change in pore network structure caused by halite crystallization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etsuko Mizutani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daisuke Ogura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masaru Abuku</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SWBSS 2021, Fifth International Conference on Salt Weathering of Buildings and Stone Sculptures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Delft, Netherlands. pp.173-181</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03779435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating native H2 generation by alteration of Fe-rich olivine within Precambrian granitoid crust through HREM</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigating haloclasty as a potential cause of French Basque Country Coastline erosion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Okumko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannelore Derluyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Pijaudier-Cabot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Grégoire</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Geophysical Union (AGU) Fall Meeting 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Nouvelle-Orléans, United States</w:t>
+              <w:t xml:space="preserve">15ème journées d'étude des milieux poreux (JEMP2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">obspm-04072966v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04755272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystallization-induced damage in rocks using quasi-simultaneous X-ray and neutron tomography</w:t>
               </w:r>
@@ -6507,51 +6507,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonio Maria d'Altri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Askrabic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kévin Beck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SWBSS 2021, Fifth International Conference on Salt Weathering of Buildings and Stone Sculptures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Delft, Netherlands. pp.55-67</w:t>
@@ -6580,77 +6580,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preliminary investigation of change of pore structure due to salt precipitation during evaporation in brick with X-ray computed tomography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etsuko Mizutani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daisuke Ogura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masaru Abuku</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6682,277 +6682,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03329558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X-ray CT and digital volume correlation of Tuff stone under uniaxial compression</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Soichiro Wakiya</w:t>
+                <w:t xml:space="preserve">Anatomy of a dolomitization front</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen Centrella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Beaudoin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannelore Derluyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geoffrey Motte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Sénéchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th International Conference on Tomography of Materials &amp; Structures ICTMS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Cairns, Australia</w:t>
+              <w:t xml:space="preserve">European Geosciences Union General Assembly (EGU)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Vienna, Austria. pp.7826</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02392145v1</w:t>
+                <w:t xml:space="preserve">hal-02392140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anatomy of a dolomitization front</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pascale Sénéchal</w:t>
+                <w:t xml:space="preserve">X-ray CT and digital volume correlation of Tuff stone under uniaxial compression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masaru Abuku</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takayuki Fumoto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuya Hiranuma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eikou Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soichiro Wakiya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geosciences Union General Assembly (EGU)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Vienna, Austria. pp.7826</w:t>
+              <w:t xml:space="preserve">4th International Conference on Tomography of Materials &amp; Structures ICTMS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Cairns, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02392140v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02392145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystallization-induced deformations in building stones</w:t>
               </w:r>
@@ -6977,51 +6977,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erika Tudisco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A. Boone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Cnudde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th International Conference on Tomography of Materials &amp; Structures ICTMS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Cairns, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7443,51 +7443,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Desarnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Carmeliet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Bonn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7806,51 +7806,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Boiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Moonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geosciences Union General Assembly 2018 (EGU)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Vienna, Austria. pp.17661</w:t>
@@ -7931,51 +7931,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Desarnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Bultreys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Grementieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interpore 9</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Unknown, Unknown Region</w:t>
@@ -8129,51 +8129,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inferring pressure profiles from neutron data through Bayesian calibration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Moonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8211,51 +8211,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Current lab developments in high resolution 3D imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Cnudde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8263,51 +8263,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Bultreys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A. Boone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. de Kock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cryspom V (Crystallization in porous media)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Unknown, Unknown Region</w:t>
@@ -8330,398 +8330,398 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01804395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salt contaminated sandstone under environmental loading : recrystallization process and its consequences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Desarnaud</w:t>
+                <w:t xml:space="preserve">Pore-scale freeze-thaw experiments with environmental micro-CT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. de Kock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. de Schryver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A. Boone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Cnudde</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International RILEM Conference on Materials, Systems and Structures in Civil Engineering - Segment on Historical Masonry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Unknown, Unknown Region. pp.127--136</w:t>
+              <w:t xml:space="preserve">Science and art: a future for stone, 13th International Congress on the Deterioration and Conservation of Stone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01804388v1</w:t>
+                <w:t xml:space="preserve">hal-01804383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salt weathering of sandstone during drying : effect of primary and secondary crystallisation</w:t>
+                <w:t xml:space="preserve">Salt contaminated sandstone under environmental loading : recrystallization process and its consequences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Desarnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Grementieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Molari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. De Miranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science and art: a future for stone, Proceedings of the 13th International Congress on the Deterioration and Conservation of Stone</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Unknown, Unknown Region. pp.299--307</w:t>
+              <w:t xml:space="preserve">International RILEM Conference on Materials, Systems and Structures in Civil Engineering - Segment on Historical Masonry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Unknown, Unknown Region. pp.127--136</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01804387v1</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01804388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pore-scale freeze-thaw experiments with environmental micro-CT</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">T. de Kock</w:t>
+                <w:t xml:space="preserve">Salt weathering of sandstone during drying : effect of primary and secondary crystallisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Desarnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Grementieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Molari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. De Miranda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science and art: a future for stone, 13th International Congress on the Deterioration and Conservation of Stone</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Unknown, Unknown Region</w:t>
+              <w:t xml:space="preserve">Science and art: a future for stone, Proceedings of the 13th International Congress on the Deterioration and Conservation of Stone</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Unknown, Unknown Region. pp.299--307</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01804383v1</w:t>
+                <w:t xml:space="preserve">hal-01804387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantifying salt crystallization dynamics in sandstone using 4D laboratory X-ray micro-CT</w:t>
               </w:r>
@@ -8746,64 +8746,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A. Boone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Desarnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Grementieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Molari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science and art: a future for stone, Proceedings of the 13th International Congress on the Deterioration and Conservation of Stone</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Unknown, Unknown Region. pp.83--90</w:t>
@@ -8871,64 +8871,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A. Boone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Desarnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Grementieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Molari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cryspom V (Crystallization in porous media)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Unknown, Unknown Region</w:t>
@@ -8957,51 +8957,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3D dynamic imaging of pore scale processes in geomaterials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Cnudde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Bultreys</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9009,51 +9009,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A. Boone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. de Kock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26th Goldschmidt Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Unknown, Unknown Region</w:t>
@@ -9076,191 +9076,139 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01804390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advancing the visualization of pure water transport in porous materials by fast, talbot interferometry-based multi-contrast x-ray micro-tomography</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. Hipp</w:t>
+                <w:t xml:space="preserve">Modelling of crystallization-induced fracture processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Moonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of SPIE - The International Society for Optical Engineering</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">EMMC15 European Mechanics of Materials Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Brussels, Belgium</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01816760v1</w:t>
+                <w:t xml:space="preserve">hal-01815894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freezing Rocks: a pore scale study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. de Kock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A. Boone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9268,176 +9216,228 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. de Schryver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. de Boever</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Delepierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 5th International Geologica Belgica 2016 Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01804397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling of crystallization-induced fracture processes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">Advancing the visualization of pure water transport in porous materials by fast, talbot interferometry-based multi-contrast x-ray micro-tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Griffa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hipp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannelore Derluyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Moonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMMC15 European Mechanics of Materials Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of SPIE - The International Society for Optical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Unknown, Unknown Region. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2236221⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01815894v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01816760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of pore scale processes in geo-materials: perspectives on multi-scale and time-resolved 3D imaging</w:t>
               </w:r>
@@ -9542,553 +9542,553 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01803261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perspectives on multi-scale and time-resolved 3D imaging of pore scale processes in geomaterials</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
+                <w:t xml:space="preserve">Exploring a basic estimation approach for permeability of lime mortars: a comparison of experimental results and empirical formulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Isebaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannelore Derluyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Cnudde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. van Parys</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Conference on Porous Media &amp; Annual Meeting, Interpore 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01804407v1</w:t>
+                <w:t xml:space="preserve">hal-01815913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemo-mechanics of salt and ice crystallization in rocks: a 4D study using X-ray micro computed tomography</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Perspectives on multi-scale and time-resolved 3D imaging of pore scale processes in geomaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Cnudde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Bultreys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Dewanckele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">J. van Stappen</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.N. Boone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Conference on Porous Media &amp; Annual Meeting, Interpore 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01804416v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01804407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Freeze-thaw decay in sedimentary rocks: a laboratory study with CT under ambient conditions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+                <w:t xml:space="preserve">Chemo-mechanics of salt and ice crystallization in rocks: a 4D study using X-ray micro computed tomography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannelore Derluyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. de Kock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A. Boone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. de Schryver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. van Stappen</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Conference on Tomography of Materials and Structures ICTMS 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Unknown, Unknown Region. pp.573--577</w:t>
+              <w:t xml:space="preserve">7th International Conference on Porous Media &amp; Annual Meeting, Interpore 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01804399v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01804416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring a basic estimation approach for permeability of lime mortars: a comparison of experimental results and empirical formulations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Isebaert</w:t>
+                <w:t xml:space="preserve">Freeze-thaw decay in sedimentary rocks: a laboratory study with CT under ambient conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. de Kock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A. Boone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. de Schryver</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. van Stappen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Porous Media &amp; Annual Meeting, Interpore 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Unknown, Unknown Region</w:t>
+              <w:t xml:space="preserve">2nd International Conference on Tomography of Materials and Structures ICTMS 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Unknown, Unknown Region. pp.573--577</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01815913v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01804399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-scale charachterization of complex geomaterials using multiple imaging techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. de Boever</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Cnudde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10156,90 +10156,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiscale approach to rock porosity and its distribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Scrivano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Gaggero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Cnudde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. de Kock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10307,77 +10307,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Desarnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Molari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. De Miranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Cnudde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Conference on Porous Media &amp; Annual Meeting, Interpore 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Unknown, Unknown Region</w:t>
@@ -10445,51 +10445,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A. Boone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.N. Boone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. de Kock</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Desarnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10557,51 +10557,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. de Boever</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. van Stappen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Dewanckele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10656,90 +10656,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drying of salt contaminated building sandstones: from experiments to numerical modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. De Miranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Grementieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Molari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Cnudde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10775,277 +10775,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01815908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A gantry-based X-ray CT system for high-speed 4D scanning</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
+                <w:t xml:space="preserve">Analysing pore scale processes in geomaterials with multi-scale and time-resolved 3D imaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Cnudde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Bultreys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.N. Boone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Dewanckele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Symposium on Digital Industrial Radiology and Computed Tomography, DIR 2015</w:t>
+              <w:t xml:space="preserve">7th International Conference on Porous Media &amp; Annual Meeting, Interpore 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01816781v1</w:t>
+                <w:t xml:space="preserve">hal-01804411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysing pore scale processes in geomaterials with multi-scale and time-resolved 3D imaging</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
+                <w:t xml:space="preserve">A gantry-based X-ray CT system for high-speed 4D scanning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. van Loo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Masschaele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. N. Boone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. van Hoorebeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Cnudde</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Porous Media &amp; Annual Meeting, Interpore 2015</w:t>
+              <w:t xml:space="preserve">International Symposium on Digital Industrial Radiology and Computed Tomography, DIR 2015</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01804411v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01816781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neutron and X-ray imaging to characterize crystallization-induced deformations in porous media</w:t>
               </w:r>
@@ -11083,51 +11083,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Dewanckele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Jerjen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Derome</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16th International Conference on Experimental Mechanics (ICEM 16)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Unknown, Unknown Region</w:t>
@@ -11150,381 +11150,381 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01804423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaporation of aqueous salt solutions in sandstone during dissolution/crystallization cycles</w:t>
+                <w:t xml:space="preserve">Nucleation and growth of sodium chloride in confined geometries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Desarnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Carmeliet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bonn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Shahidzadeh</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cryspom IV (Crystallization in porous media)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Unknown, Unknown Region</w:t>
+              <w:t xml:space="preserve">Third International Conference on Salt Weathering of Buildings and Stone Sculptures (SWBSS 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Unknown, Unknown Region. pp.17--33</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01804433v1</w:t>
+                <w:t xml:space="preserve">hal-01804426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data fusion of high resolution X-ray CT and SEM/EDS for pseudo-3D elemental and structural characterization of the Vosges sandstone</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">W. de Boever</w:t>
+                <w:t xml:space="preserve">Evaporation of aqueous salt solutions in sandstone during dissolution/crystallization cycles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Desarnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Molari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. De Miranda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Cnudde</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interpore 6th International Conference on Porous Media &amp; Annual Meeting</w:t>
+              <w:t xml:space="preserve">Cryspom IV (Crystallization in porous media)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01804430v1</w:t>
+                <w:t xml:space="preserve">hal-01804433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nucleation and growth of sodium chloride in confined geometries</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. Desarnaud</w:t>
+                <w:t xml:space="preserve">Data fusion of high resolution X-ray CT and SEM/EDS for pseudo-3D elemental and structural characterization of the Vosges sandstone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. de Boever</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">N. Shahidzadeh</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Bultreys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Cnudde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Third International Conference on Salt Weathering of Buildings and Stone Sculptures (SWBSS 2014)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Unknown, Unknown Region. pp.17--33</w:t>
+              <w:t xml:space="preserve">Interpore 6th International Conference on Porous Media &amp; Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Unknown, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01804426v1</w:t>
+                <w:t xml:space="preserve">hal-01804430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visualization and characterization of 3D crystal growth</w:t>
               </w:r>
@@ -11562,51 +11562,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.N. Boone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. de Schryver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Masschaele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cryspom IV (Crystallization in porous media)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Unknown, Unknown Region</w:t>
@@ -11648,90 +11648,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salt damage risk prediction for porous building materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hannelore Derluyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Moonen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Diaz-Gonçalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Cnudde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Carmeliet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Third International Conference on Salt Weathering of Buildings and Stone Sculptures (SWBSS 2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Unknown, Unknown Region. pp.49--59</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11814,51 +11814,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentine Combaudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sissmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Guélard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12475,51 +12475,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427754v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Okumko" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Leclere" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannelore Derluyn" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gr&#233;goire" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2025.144881" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-05503641v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Combaudon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Centrella" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanchana Kularatne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sissmann" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Deville" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2025.105158" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948375v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chekai" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Wijnhorst" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. S&#233;n&#233;chal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gr&#233;goire" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Shahidzadeh" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2025.01.004" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-05410021v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Combaudon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sissmann" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gu&#233;lard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Noirez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Derluyn" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025GC012236" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173688v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Faucher" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.23.054048" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04533762v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bernard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Viennet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Megevand" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lithos.2024.107583" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532154v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Le Diz&#232;s Castell" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Pel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tinhinane Chekai" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Scheel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.21.034049" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04638250v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale S&#233;n&#233;chal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Othmane Darouich" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Angels Subirana" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2024.06.256" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296742v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara I Lubelli" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. R&#246;rig-Daalgard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A M Aguilar" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A&#353;krabi&#263;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Beck" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-023-02158-0" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895083v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saphir Venet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Guerton" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Moonen" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Broseta" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2022.118190" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799659v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gaucher" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Calassou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Diaz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2022.09.039" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432498v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Maria d'Altri" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano de Miranda" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim de Kock" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2021.124436" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03095041v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beaudoin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Motte" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Hoareau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sed.12808" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393297v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Saur" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Boiron" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Aubourg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2019.103905" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502454v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Morillas" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.F. Mendon&#231;a Filho" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maguregui" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.137687" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047142v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microc.2019.02.014" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047137v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Vontobel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mannes" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Derome" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eberhard Lehmann" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-018-1151-x" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047134v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Desarnaud" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Carmeliet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bonn" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noushine Shahidzadeh" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.8b01082" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804351v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Flatt" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.A. Mohamed" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Caruso" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Desarnaud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21809/rilemtechlett.2017.41" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581299v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Grementieri" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Daghia" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Molari" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Castellazzi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2017.08.009" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804369v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Grementieri" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Molari" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cnudde" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2017.06.049" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DZTD0ZCF-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816736v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Scrivano" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gaggero" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.G. Aguilar" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. de Kock" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/qjegh2016-107" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816762v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. van Tittelboom" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wang" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ara&#250;jo" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Snoeck" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gruyaert" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2015.12.186" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816767v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Patera" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Derome" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carmeliet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00226-015-0786-9" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803258v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. de Boever" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bultreys" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. van Hoorebeke" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2016.02.195" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-208RDF9W-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804415v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. van Loo" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micron.2015.04.003" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804413v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Diaz" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. van Stappen" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2015.09.020" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9BM9NZG4-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804419v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boone" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/ejm/2015/0027-2444" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816779v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Raneri" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barone" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/ejm/2015/0027-2433" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804406v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ganendra" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Ramos" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rahier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2015.00786" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804418v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Miranda" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4930292" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804412v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Boone" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. de Schryver" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es505738d" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689086v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dewanckele" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fronteau" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vontobel" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2013.12.007" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804428v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2013.09.005" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804425v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bonn" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jz500090x" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804429v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Boone" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2013.08.065" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337122v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309021v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Gulotta" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lubelli" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Aguilar" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Askrabic" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309030v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lo Presti" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. D&#8217;altri" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Patruno" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Castellazzi" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05325797v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/gold2023.19370" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755280v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Tengattini" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Helfen" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pijaudier-Cabot" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05325808v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Guelard" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Guyot" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46427/gold2022.10951" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779427v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozeline Wijnhorst" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755272v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779435v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etsuko Mizutani" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daisuke Ogura" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masaru Abuku" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-04072966v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Gu&#233;lard" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guyot" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755260v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustafa Sebaa" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755251v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755252v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Leclerc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan V.M. Borgomano" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Fortin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Schubnel" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779842v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Lubelli" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asel Maria Aguilar Sanchez" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Askrabic" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329558v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392145v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takayuki Fumoto" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuya Hiranuma" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eikou Kim" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soichiro Wakiya" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392140v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392154v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Tudisco" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392129v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lanari" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116148v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lecl&#232;re" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Calassou" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392076v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116154v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116156v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.F. Mendonca Filho" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116150v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116158v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Saur" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Boiron" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804367v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816748v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Yang" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Griffa" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Prade" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kaufmann" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bonnin" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815873v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804395v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804388v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. De Miranda" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804387v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804383v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804373v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804374v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804390v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816760v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hipp" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2236221" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804397v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Delepierre" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815894v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803261v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Boone" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804407v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804416v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804399v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815913v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Isebaert" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. van Parys" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804410v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. N. Boone" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816773v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804420v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804408v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804414v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815908v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816781v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Masschaele" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804411v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804423v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Jerjen" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804433v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804430v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804426v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804432v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804424v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Diaz-Gon&#231;alves" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03999133v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456144v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318170v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Merrer" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Pierre" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Budtova" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Smallenburg" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/physique-et-astrophysique/etonnante-physique/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296780v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427754v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Okumko" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Leclere" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannelore Derluyn" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gr&#233;goire" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2025.144881" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-05503641v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Combaudon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Centrella" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanchana Kularatne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sissmann" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Deville" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloplacha.2025.105158" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948375v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chekai" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Wijnhorst" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. S&#233;n&#233;chal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gr&#233;goire" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Shahidzadeh" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.culher.2025.01.004" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-05410021v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Combaudon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Sissmann" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gu&#233;lard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Noirez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Derluyn" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2025GC012236" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173688v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Faucher" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.23.054048" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04533762v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Bernard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Viennet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Megevand" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lithos.2024.107583" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532154v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Le Diz&#232;s Castell" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Pel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tinhinane Chekai" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Scheel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevApplied.21.034049" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-04638250v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale S&#233;n&#233;chal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Othmane Darouich" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Angels Subirana" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2024.06.256" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03895083v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saphir Venet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Guerton" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Moonen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Broseta" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2022.118190" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296742v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara I Lubelli" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. R&#246;rig-Daalgard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A M Aguilar" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A&#353;krabi&#263;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Beck" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1617/s11527-023-02158-0" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799659v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gaucher" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Calassou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Diaz" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2022.09.039" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432498v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Maria d'Altri" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano de Miranda" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim de Kock" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2021.124436" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03095041v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beaudoin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Motte" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Hoareau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/sed.12808" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02393297v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Saur" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Boiron" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Aubourg" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsg.2019.103905" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02502454v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Morillas" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.F. Mendon&#231;a Filho" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maguregui" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.137687" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047142v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microc.2019.02.014" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047137v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Vontobel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mannes" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Derome" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eberhard Lehmann" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-018-1151-x" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02047134v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Desarnaud" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Carmeliet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bonn" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noushine Shahidzadeh" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpclett.8b01082" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804351v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Flatt" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.A. Mohamed" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Caruso" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Desarnaud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21809/rilemtechlett.2017.41" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01581299v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Grementieri" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Daghia" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Molari" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Castellazzi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijsolstr.2017.08.009" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816736v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Scrivano" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gaggero" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.G. Aguilar" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. de Kock" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1144/qjegh2016-107" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804369v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Grementieri" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Molari" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Cnudde" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2017.06.049" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DZTD0ZCF-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816767v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Patera" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Derome" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Carmeliet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00226-015-0786-9" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816762v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. van Tittelboom" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Wang" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ara&#250;jo" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Snoeck" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gruyaert" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conbuildmat.2015.12.186" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803258v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. de Boever" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bultreys" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. van Hoorebeke" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2016.02.195" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-208RDF9W-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804415v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. van Loo" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micron.2015.04.003" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804419v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boone" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/ejm/2015/0027-2444" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804413v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Diaz" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. van Stappen" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clay.2015.09.020" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9BM9NZG4-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816779v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Raneri" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Barone" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1127/ejm/2015/0027-2433" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804406v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ganendra" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Ramos" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rahier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2015.00786" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804418v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. de Miranda" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4930292" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804412v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Boone" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. de Schryver" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es505738d" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01689086v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dewanckele" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Fronteau" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vontobel" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2013.12.007" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804428v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmps.2013.09.005" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804425v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bonn" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jz500090x" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804429v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.N. Boone" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nimb.2013.08.065" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05337122v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309021v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Gulotta" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lubelli" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Aguilar" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Askrabic" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309030v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Lo Presti" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. D&#8217;altri" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Patruno" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Castellazzi" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05325797v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7185/gold2023.19370" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755280v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Tengattini" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Helfen" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pijaudier-Cabot" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-05325808v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Guelard" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Guyot" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46427/gold2022.10951" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779427v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozeline Wijnhorst" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-obspm.ccsd.cnrs.fr/obspm-04072966v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Gu&#233;lard" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guyot" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779435v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etsuko Mizutani" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daisuke Ogura" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masaru Abuku" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755272v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755260v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustafa Sebaa" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755251v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755252v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Leclerc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan V.M. Borgomano" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Fortin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Schubnel" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779842v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Lubelli" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asel Maria Aguilar Sanchez" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Askrabic" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03329558v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392140v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392145v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takayuki Fumoto" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuya Hiranuma" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eikou Kim" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soichiro Wakiya" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392154v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Tudisco" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392129v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lanari" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116148v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lecl&#232;re" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Calassou" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392076v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116154v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116156v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.F. Mendonca Filho" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116150v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02116158v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Saur" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Boiron" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804367v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816748v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Yang" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Griffa" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Prade" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Kaufmann" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bonnin" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815873v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804395v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804383v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804388v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. De Miranda" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804387v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804373v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804374v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804390v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815894v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804397v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Delepierre" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816760v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hipp" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2236221" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01803261v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Boone" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815913v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Isebaert" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. van Parys" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804407v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804416v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804399v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804410v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. N. Boone" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816773v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804420v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804408v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804414v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01815908v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804411v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01816781v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Masschaele" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804423v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Jerjen" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804426v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804433v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804430v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804432v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804424v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Diaz-Gon&#231;alves" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03999133v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02456144v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04318170v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Le Merrer" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Pierre" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Budtova" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Smallenburg" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/physique-et-astrophysique/etonnante-physique/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04296780v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>