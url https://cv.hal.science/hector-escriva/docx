--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -168,8142 +168,8406 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (65)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (67)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression analysis of amphioxus orthologues of genes expressed in vertebrate lateral plate or pharyngeal mesoderm</w:t>
+                <w:t xml:space="preserve">The highly heterozygous European amphioxus ( Branchiostoma lanceolatum ) at the edge of panmixia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaël Soubigou</w:t>
+                <w:t xml:space="preserve">Marina Brasó-Vives</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lydvina Meister</w:t>
+                <w:t xml:space="preserve">Diego Hartasánchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Subirana</w:t>
+                <w:t xml:space="preserve">Stéphanie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucille Cornand</w:t>
+                <w:t xml:space="preserve">Hector Escriva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hector Escriva</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Marc Robinson-Rechavi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gene Expression Patterns</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 56, pp.119397. </w:t>
+              <w:t xml:space="preserve">BioRxiv</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.gep.2025.119397⟩</w:t>
+                <w:t xml:space="preserve">⟨10.64898/2026.01.13.699254⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05133546v1</w:t>
+                <w:t xml:space="preserve">hal-05557896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An amphioxus neurula stage cell atlas supports a complex scenario for the emergence of vertebrate head mesoderm</w:t>
+                <w:t xml:space="preserve">Expression analysis of amphioxus orthologues of genes expressed in vertebrate lateral plate or pharyngeal mesoderm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Grau-Bové</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Anaël Soubigou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydvina Meister</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Subirana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Ana Neto</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucille Cornand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Escriva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-024-48774-4⟩</w:t>
+              <w:t xml:space="preserve">Gene Expression Patterns</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 56, pp.119397. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gep.2025.119397⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04730807v1</w:t>
+                <w:t xml:space="preserve">hal-05133546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of tissue-specific expression of ancestral genes across vertebrates and insects</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Antonio Torres-Mendez</w:t>
+                <w:t xml:space="preserve">Expression analysis of amphioxus orthologues of genes expressed in vertebrate lateral plate or pharyngeal mesoderm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaël Soubigou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydvina Meister</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Subirana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucille Cornand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Escriva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41559-024-02398-5⟩</w:t>
+              <w:t xml:space="preserve">Gene Expression Patterns</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 56, pp.119397. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gep.2025.119397⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04730878v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05557399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An amphioxus neurula stage cell atlas supports a complex scenario for the emergence of vertebrate head mesoderm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Grau-Bové</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Subirana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydvina Meister</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Grau-Bové</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Anaël Soubigou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Neto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioRxiv</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/2023.09.26.559513⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (1), pp.4550. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-024-48774-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04457654v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04730807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amphioxus as a model to study the evolution of development in chordates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolution of tissue-specific expression of ancestral genes across vertebrates and insects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Mantica</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luis Iñiguez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salvatore d'Aniello</w:t>
+                <w:t xml:space="preserve">Yamile Marquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephanie Bertrand</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jon Permanyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Torres-Mendez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7554/eLife.87028⟩</w:t>
+              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 8 (6), pp.1140-1153. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41559-024-02398-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04211427v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04730878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gene Regulatory Networks of Epidermal and Neural Fate Choice in a Chordate</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">An amphioxus neurula stage cell atlas supports a complex scenario for the emergence of vertebrate head mesoderm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Grau-Bové</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Subirana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Juan Tena</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydvina Meister</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaël Soubigou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ana Neto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/molbev/msac055⟩</w:t>
+              <w:t xml:space="preserve">BioRxiv</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/2023.09.26.559513⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03643321v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04457654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functions of the FGF signalling pathway in cephalochordates provide insight into the evolution of the prechordal plate</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Amphioxus as a model to study the evolution of development in chordates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvatore d'Aniello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hector Escriva</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stephanie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1242/dev.200252⟩</w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/eLife.87028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03670427v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04211427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring tissue morphodynamics using the photoconvertible Kaede protein in amphioxus embryos</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lydvina Meister</w:t>
+                <w:t xml:space="preserve">Gene Regulatory Networks of Epidermal and Neural Fate Choice in a Chordate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Leon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Subirana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Escriva</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Kevin Magre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ildefonso Cases</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Tena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0275193⟩</w:t>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 39 (4), pp.msac055. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/molbev/msac055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03880917v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03643321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Evolution of Invertebrate Animals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Functions of the FGF signalling pathway in cephalochordates provide insight into the evolution of the prechordal plate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydvina Meister</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Escriva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Bertrand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hector Escriva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/genes13030454⟩</w:t>
+              <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 149, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1242/dev.200252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03880927v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03670427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Active DNA demethylation of developmental cis -regulatory regions predates vertebrate origins</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Exploring tissue morphodynamics using the photoconvertible Kaede protein in amphioxus embryos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydvina Meister</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Escriva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1126/sciadv.abn2258⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17 (9), pp.e0275193. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0275193⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03888288v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03880917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gain of gene regulatory network interconnectivity at the origin of vertebrates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Active DNA demethylation of developmental cis -regulatory regions predates vertebrate origins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ksenia Skvortsova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alejandro Gil-Gálvez</w:t>
+                <w:t xml:space="preserve">Danila Voronov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandra Jiménez-Gancedo</w:t>
+                <w:t xml:space="preserve">Paul Duckett</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alberto Pérez-Posada</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Rafael Acemel</w:t>
+                <w:t xml:space="preserve">Samuel Ross</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.2114802119⟩</w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8 (48), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.abn2258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03007547v2</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03888288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The emergence of the brain non-CpG methylation system in vertebrates</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Evolution of Invertebrate Animals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Escriva</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41559-020-01371-2⟩</w:t>
+              <w:t xml:space="preserve">Genes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (3), pp.454. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/genes13030454⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03880949v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03880927v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Ontology of the Amphioxus Anatomy and Life Cycle (AMPHX)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Vladimir Daric</w:t>
+                <w:t xml:space="preserve">Gain of gene regulatory network interconnectivity at the origin of vertebrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Gil-Gálvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Jiménez-Gancedo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Pérez-Posada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Franke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Acemel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fcell.2021.668025⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 119 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2114802119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03229748v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03007547v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity of Modes of Reproduction and Sex Determination Systems in Invertebrates, and the Putative Contribution of Genetic Conflict</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The emergence of the brain non-CpG methylation system in vertebrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex de Mendoza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Poppe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sam Buckberry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jahnvi Pflueger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Albertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/genes12081136⟩</w:t>
+              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5 (3), pp.369-378. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41559-020-01371-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03351968v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03880949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Updated Staging System for Cephalochordate Development: One Table Suits Them All</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Diversity of Modes of Reproduction and Sex Determination Systems in Invertebrates, and the Putative Contribution of Genetic Conflict</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion A.L. Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz Vicoso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Escriva</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fcell.2021.668006⟩</w:t>
+              <w:t xml:space="preserve">Genes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (8), pp.1136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/genes12081136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03272511v2</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03351968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crosstalk between nitric oxide and retinoic acid pathways is essential for amphioxus pharynx development</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">The Ontology of the Amphioxus Anatomy and Life Cycle (AMPHX)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João E Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dauga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Matentzoglu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vladimir Daric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7554/elife.58295⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, pp.668025. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcell.2021.668025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03353580v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03229748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymmetron lucayanum: How many species are valid?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucie Subirana</w:t>
+                <w:t xml:space="preserve">An Updated Staging System for Cephalochordate Development: One Table Suits Them All</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lahaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luok Wen Yong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jenifer Croce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viviana Farstey</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hector Escrivá</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0229119⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, pp.668006. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcell.2021.668006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02862415v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03272511v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional lability of RNA-dependent RNA polymerases in animals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Crosstalk between nitric oxide and retinoic acid pathways is essential for amphioxus pharynx development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filomena Caccavale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natalia Pinzón</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Giovanni Annona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Subirana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hector Escriva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1007915⟩</w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/elife.58295⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02081479v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03353580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic regulation of amphioxus somitogenesis informs the evolution of the vertebrate head mesoderm</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Asymmetron lucayanum: How many species are valid?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Subirana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viviana Farstey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Escriva</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41559-019-0933-z⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15 (3), pp.e0229119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0229119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02349510v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02862415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wnt evolution and function shuffling in liberal and conservative chordate genomes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Kaoru S. Imai</w:t>
+                <w:t xml:space="preserve">Functional lability of RNA-dependent RNA polymerases in animals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Pinzón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Subirana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Busseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Escriva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13059-018-1468-3⟩</w:t>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 15 (2), pp.e1007915. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1007915⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01933426v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02081479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metazoan evolution of glutamate receptors reveals unreported phylogenetic groups and divergent lineage-specific events</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Rita Reig-Viader</w:t>
+                <w:t xml:space="preserve">Genetic regulation of amphioxus somitogenesis informs the evolution of the vertebrate head mesoderm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Aldea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie L. Subirana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Keime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydvina Meister</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacio Maeso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7554/eLife.35774⟩</w:t>
+              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 3 (8), pp.1233-1240. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41559-019-0933-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03880985v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02349510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amphioxus functional genomics and the origins of vertebrate gene regulation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ozren Bogdanovic</w:t>
+                <w:t xml:space="preserve">Wnt evolution and function shuffling in liberal and conservative chordate genomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ildikó M. L. Somorjai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josep Martí-Solans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miriam Diaz-Gracia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiroki Nishida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaoru S. Imai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41586-018-0734-6⟩</w:t>
+              <w:t xml:space="preserve">Genome Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13059-018-1468-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02000511v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01933426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">My Favorite Animal, Amphioxus: Unparalleled for Studying Early Vertebrate Evolution</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Metazoan evolution of glutamate receptors reveals unreported phylogenetic groups and divergent lineage-specific events</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Ramos-Vicente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jie Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esther Gratacòs-Batlle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gemma Gou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Reig-Viader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioEssays</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/bies.201800130⟩</w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/eLife.35774⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01974406v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03880985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of the TLR Family in Branchiostoma lanceolatum and Discovery of a Novel TLR22-Like Involved in dsRNA Recognition in Amphioxus</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">My Favorite Animal, Amphioxus: Unparalleled for Studying Early Vertebrate Evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Escriva</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2018.02525⟩</w:t>
+              <w:t xml:space="preserve">BioEssays</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 40 (12), pp.1800130. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/bies.201800130⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01926829v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01974406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nodal–Activin pathway is a conserved neural induction signal in chordates</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anthony Léon</w:t>
+                <w:t xml:space="preserve">Amphioxus functional genomics and the origins of vertebrate gene regulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferdinand Marletaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panos N. Firbas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacio Maeso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan J. Tena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ozren Bogdanovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41559-017-0226-3⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 564 (7734), pp.64-70. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-018-0734-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01691634v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02000511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developmental cell-cell communication pathways in the cephalochordate amphioxus: actors and functions</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Characterization of the TLR Family in Branchiostoma lanceolatum and Discovery of a Novel TLR22-Like Involved in dsRNA Recognition in Amphioxus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jie Ji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Ramos-Vicente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrique Navas-Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Herrera-Úbeda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Miguel Lizcano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Developmental Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1387/ijdb.170202sb⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, pp.2525. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2018.02525⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02095318v1</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01926829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial: Evolution of Organismal Form: From Regulatory Interactions to Developmental Processes and Biological Patterns</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nodal–Activin pathway is a conserved neural induction signal in chordates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Pétillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Luxardi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierluigi Scerbo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Cibois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Marcellini</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anthony Léon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 7, pp.148. </w:t>
+              <w:t xml:space="preserve">Nature Ecology &amp; Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 1 (8), pp.1192-1200. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fgene.2016.00148⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41559-017-0226-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01361410v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01691634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A single three-dimensional chromatin compartment in amphioxus indicates a stepwise evolution of vertebrate Hox bimodal regulation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Juan Tena</w:t>
+                <w:t xml:space="preserve">Developmental cell-cell communication pathways in the cephalochordate amphioxus: actors and functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Pétillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ibai Irastorza-Azcarate</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ildikó M.L. Somorjai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Escriva</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ng.3497⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Developmental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 61 (10-11-12), pp.697-722. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1387/ijdb.170202sb⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03881440v1</w:t>
+                <w:t xml:space="preserve">hal-02095318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discovery of an Active RAG Transposon Illuminates the Origins of V(D)J Recombination</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A single three-dimensional chromatin compartment in amphioxus indicates a stepwise evolution of vertebrate Hox bimodal regulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Acemel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Tena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibai Irastorza-Azcarate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferdinand Marlétaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shengfeng Huang</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Peiyi Li</w:t>
+                <w:t xml:space="preserve">Carlos Gómez-Marín</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cell.2016.05.032⟩</w:t>
+              <w:t xml:space="preserve">Nature Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 48 (3), pp.336-341. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ng.3497⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01486940v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03881440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification, Evolution and Expression of an Insulin-Like Peptide in the Cephalochordate Branchiostoma lanceolatum</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Editorial: Evolution of Organismal Form: From Regulatory Interactions to Developmental Processes and Biological Patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Marcellini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hector Escriva</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent Laudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0119461⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7, pp.148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fgene.2016.00148⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03881472v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01361410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of the Role of RA and FGF Signals in the Control of Somitogenesis in Chordates</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Angel R. de Lera</w:t>
+                <w:t xml:space="preserve">Discovery of an Active RAG Transposon Illuminates the Origins of V(D)J Recombination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shengfeng Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xin Tao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shaochun Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuhang Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peiyi Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0136587⟩</w:t>
+              <w:t xml:space="preserve">Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 166 (1), pp.102 - 114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cell.2016.05.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01273354v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01486940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A dynamic history of gene duplications and losses characterizes the evolution of the SPARC family in eumetazoans</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">H. Yasuo</w:t>
+                <w:t xml:space="preserve">Evolution of the Role of RA and FGF Signals in the Control of Somitogenesis in Chordates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Aldea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvan Oulion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Subirana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angel R. de Lera</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rspb.2012.2963⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (9), pp.e0136587. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0136587⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02115487v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01273354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of bilaterian central nervous systems: a single origin?</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Identification, Evolution and Expression of an Insulin-Like Peptide in the Cephalochordate Branchiostoma lanceolatum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lecroisey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Pétillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hector Escriva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eckhard Lammert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Laudet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EvoDevo</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/2041-9139-4-27⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (3), pp.e0119461. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0119461⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01551130v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03881472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification and expression analysis of BMP signaling inhibitors genes of the DAN family in amphioxus</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Evolution of bilaterian central nervous systems: a single origin?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Z Holland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joao E Carvalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hector Escriva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Laudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Schubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gene Expression Patterns</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gep.2013.07.005⟩</w:t>
+              <w:t xml:space="preserve">EvoDevo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 4, pp.27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/2041-9139-4-27⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03882982v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01551130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of the vertebrate bone matrix: An expression analysis of the network forming collagen paralogues in amphibian osteoblasts</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marcela Torrejon</w:t>
+                <w:t xml:space="preserve">A dynamic history of gene duplications and losses characterizes the evolution of the SPARC family in eumetazoans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Fuentealba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Aze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Hudson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Yasuo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Zoology Part B: Molecular and Developmental Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jez.b.22511⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 280 (1757), pp.20122963-20122963. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2012.2963⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03882937v1</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02115487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amphioxus FGF signaling predicts the acquisition of vertebrate morphological traits.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Identification and expression analysis of BMP signaling inhibitors genes of the DAN family in amphioxus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Petillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silvan Oulion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Line Escande</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Escriva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.1014235108⟩</w:t>
+              <w:t xml:space="preserve">Gene Expression Patterns</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 13 (8), pp.377 - 383. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gep.2013.07.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00831149v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03882982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FGFRL1 is a neglected putative actor of the FGF signalling pathway present in all major metazoan phyla.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stephanie Bertrand</w:t>
+                <w:t xml:space="preserve">Evolution of the vertebrate bone matrix: An expression analysis of the network forming collagen paralogues in amphibian osteoblasts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Aldea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Hanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ildiko Somorjai</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Javier Espinoza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcela Torrejon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2148-9-226⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Zoology Part B: Molecular and Developmental Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 320 (6), pp.375 - 384. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jez.b.22511⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00497410v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03882937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and Functional Insights into the Ligand-binding Domain of a Nonduplicated Retinoid X Nuclear Receptor from the Invertebrate Chordate Amphioxus.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Carole Peluso-Iltis</w:t>
+                <w:t xml:space="preserve">Amphioxus FGF signaling predicts the acquisition of vertebrate morphological traits.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Camasses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ildiko Somorjai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed R Belgacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1074/jbc.M805692200⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 108 (22), pp.9160-5. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1014235108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00357461v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00831149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a semi-closed aquaculture system for monitoring of individual amphioxus (Branchiostoma lanceolatum), with high survivorship</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">H. Escriva</w:t>
+                <w:t xml:space="preserve">FGFRL1 is a neglected putative actor of the FGF signalling pathway present in all major metazoan phyla.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ildiko Somorjai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordi Garcia-Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Lamonerie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Escriva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquaculture</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 9, pp.226. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2148-9-226⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01663336v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00497410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An amphioxus orthologue of the estrogen receptor that does not bind estradiol: Insights into estrogen receptor evolution</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ingemar Pongratz</w:t>
+                <w:t xml:space="preserve">Structural and Functional Insights into the Ligand-binding Domain of a Nonduplicated Retinoid X Nuclear Receptor from the Invertebrate Chordate Amphioxus.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe D. Tocchini-Valentini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Rochel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Escriva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Germain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Peluso-Iltis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2148-8-219⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 284 (3), pp.1938-1948. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1074/jbc.M805692200⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02666038v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00357461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Insights into spawning behavior and development of the european amphioxus (Branchiostoma lanceolatum).</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">An amphioxus orthologue of the estrogen receptor that does not bind estradiol: Insights into estrogen receptor evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarina Pettersson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Schubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Aurelie Mignardot</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingemar Pongratz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Zoology Part B: Molecular and Developmental Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jez.b.21179⟩</w:t>
+              <w:t xml:space="preserve">BMC Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 8 (219), 20 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2148-8-219⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00150468v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02666038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unexpected Novel Relational Links Uncovered by Extensive Developmental Profiling of Nuclear Receptor Expression.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Development of a semi-closed aquaculture system for monitoring of individual amphioxus (Branchiostoma lanceolatum), with high survivorship</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. M. L. Somorjai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Camasses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Riviere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Escriva</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Aquaculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 281 (1-4), pp.145-150</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00207389v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01663336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conserved RARE localization in amphioxus Hox clusters and implications for Hox code evolution in the vertebrate neural crest</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Insights into spawning behavior and development of the european amphioxus (Branchiostoma lanceolatum).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elia Benito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelie Mignardot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/dvdy.20730⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Zoology Part B: Molecular and Developmental Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 308B (4), pp.484-493. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jez.b.21179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02660323v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00150468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neofunctionalization in vertebrates: the example of retinoic acid receptors.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+                <w:t xml:space="preserve">Unexpected Novel Relational Links Uncovered by Extensive Developmental Profiling of Nuclear Receptor Expression.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Muriel Umbhauer</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Thisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raquel Tavares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Sachs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Chaumot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2006, 2 (7), pp.e102. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pgen.0020102⟩</w:t>
+              <w:t xml:space="preserve">, 2007, 3 (11), pp.e188. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.0030188⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00187905v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00207389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A conserved retinoid X receptor (RXR) from the mollusk Biomphalaria glabrata transactivates transcription in the presence of retinoids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">D. Bouton</w:t>
+                <w:t xml:space="preserve">Neofunctionalization in vertebrates: the example of retinoic acid receptors.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Escriva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hector Escriva</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Béranger Bertin</w:t>
+                <w:t xml:space="preserve">Marc Robinson-Rechavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Umbhauer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Endocrinology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 2 (7), pp.e102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.0020102⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02674177v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00187905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retinoic acid signaling acts via Hox1 to establish the posterior limit of the pharynx in the chordate amphioxus</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Conserved RARE localization in amphioxus Hox clusters and implications for Hox code evolution in the vertebrate neural crest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiroshi Wada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Escriva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shicui Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Laudet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Developmental Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 235 (6), pp.1522-1531. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/dvdy.20730⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02680621v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02660323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The orphan COUP-TF nuclear receptors are markers for neurogenesis from cnidarians to vertebrates</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M.C. Langlois</w:t>
+                <w:t xml:space="preserve">A conserved retinoid X receptor (RXR) from the mollusk Biomphalaria glabrata transactivates transcription in the presence of retinoids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bouton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Escriva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.L. de Mendonca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Glineur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béranger Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 275 (1), pp.104-123</w:t>
+              <w:t xml:space="preserve">Journal of Molecular Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 34, pp.567-582</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02670861v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02674177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preliminary observations on the spawning conditions of the European amphioxus (Branchiostoma lanceolatum) in captivity.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId174" w:history="1">
+                <w:t xml:space="preserve">Retinoic acid signaling acts via Hox1 to establish the posterior limit of the pharynx in the chordate amphioxus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Schubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Elia Benito</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.K. Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.D. Holland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Escriva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Laudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Zoology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Development (Cambridge, England)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 132, pp.61-73</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00121764v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02680621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The evolution of the nuclear receptor superfamily</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">The orphan COUP-TF nuclear receptors are markers for neurogenesis from cnidarians to vertebrates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Gauchat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Escriva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Miljkovic-Licina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.C. Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Essays in Biochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 40, pp.11-26</w:t>
+              <w:t xml:space="preserve">Developmental Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 275 (1), pp.104-123</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02675836v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02670861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolutionary genomics of nuclear receptors: from twenty-five ancestral genes to derived endocrine systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stephanie Bertrand</w:t>
+                <w:t xml:space="preserve">Preliminary observations on the spawning conditions of the European amphioxus (Branchiostoma lanceolatum) in captivity.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Schubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Dalfo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Brunet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Vincent Laudet</w:t>
+                <w:t xml:space="preserve">Simona Candiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elia Benito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Experimental Zoology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 302 (4), pp.343-391. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jez.b.20025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02676961v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00121764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retinoic acid influences anteroposterior positioning of epidermal sensory neurons and their gene expression in a developing chordate (amphioxus)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">The evolution of the nuclear receptor superfamily</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Escriva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Laudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 101 (28), pp.10320-10325</w:t>
+              <w:t xml:space="preserve">Essays in Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 40, pp.11-26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02677175v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02675836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preliminary observations on the spawning conditions of the European amphioxus (Branchiostoma lanceolatum) in captivity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evolutionary genomics of nuclear receptors: from twenty-five ancestral genes to derived endocrine systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Fuentes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Michael Schubert</w:t>
+                <w:t xml:space="preserve">Frédéric Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Escriva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Dalfo</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">E. Benito</w:t>
+                <w:t xml:space="preserve">Gilles Parmentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Laudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Zoology Part B: Molecular and Developmental Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 302 (4), pp.384-391</w:t>
+              <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 21 (10), pp.1923-1937</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02678930v1</w:t>
+                <w:t xml:space="preserve">hal-02676961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The nuclear receptor superfamily</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId241" w:history="1">
+                <w:t xml:space="preserve">Retinoic acid influences anteroposterior positioning of epidermal sensory neurons and their gene expression in a developing chordate (amphioxus)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Schubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.D. Holland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Escriva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.Z. Holland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Laudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cell Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 116, pp.585-586</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 101 (28), pp.10320-10325</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02670443v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02677175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nuclear receptors are markers of animal genome evolution</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Preliminary observations on the spawning conditions of the European amphioxus (Branchiostoma lanceolatum) in captivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Fuentes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Schubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Escriva-Garcia</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">D. Dalfo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Candiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Benito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Structural and Functional Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2003, 3 (1-4), pp.177-184</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Zoology Part B: Molecular and Developmental Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 302 (4), pp.384-391</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02673070v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02678930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A functionally conserved member of the FTZ‐F1 nuclear receptor family from Schistosoma mansoni</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nuclear receptors are markers of animal genome evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Bouton</w:t>
+                <w:t xml:space="preserve">H. Escriva-Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Laudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Bertin</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M. Robinson-Rechavi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Biochemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journal of Structural and Functional Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 3 (1-4), pp.177-184</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05373430v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02673070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recepteurs nucléaires : évolution des communications hormonales et émergence des vertébrés.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent Laudet</w:t>
+                <w:t xml:space="preserve">The nuclear receptor superfamily</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Robinson-Rechavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Escriva-Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Laudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mésogée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 59, pp.75-78</w:t>
+              <w:t xml:space="preserve">Journal of Cell Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 116, pp.585-586</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00023837v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02670443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An ancestral whole-genome duplication may not have been responsible for abundance of duplicated fish genes.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Robinson-Rechavi</w:t>
+                <w:t xml:space="preserve">A functionally conserved member of the FTZ‐F1 nuclear receptor family from Schistosoma mansoni</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ricardo L de Mendonça</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Bouton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Marchand</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Benjamin Bertin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hector Escriva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Noël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Biology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 269 (22), pp.5700-5711. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1046/j.1432-1033.2002.03287.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00068392v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05373430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting recent challenges to the ancient fish-specific genome duplication hypothesis.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Recepteurs nucléaires : évolution des communications hormonales et émergence des vertébrés.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Escriva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Laudet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 11, pp.1007-1008</w:t>
+              <w:t xml:space="preserve">Mésogée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 59, pp.75-78</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00068389v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00023837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular cloning and characterization of thyroid hormone receptors in teleost fish.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId275" w:history="1">
+                <w:t xml:space="preserve">An ancestral whole-genome duplication may not have been responsible for abundance of duplicated fish genes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Robinson-Rechavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Escriva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Laudet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Endocrinology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 11, pp.458-459</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00023841v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00068392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Euteleost Fish Genome are Characterized by Expansion of Gene Families.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId264" w:history="1">
+                <w:t xml:space="preserve">Revisiting recent challenges to the ancient fish-specific genome duplication hypothesis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Robinson-Rechavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Escriva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Laudet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 11, pp.781-788</w:t>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 11, pp.1007-1008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00068393v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00068389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ligand binding and nuclear hormone receptors evolution.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Molecular cloning and characterization of thyroid hormone receptors in teleost fish.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Safi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Escriva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. van Rompaey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Prunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioEssays</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Molecular Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 26, pp.51-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1677/jme.0.0260051⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00023765v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00023841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amphi-COUP-TF, a nuclear orphan receptor of the lancelet Branchiostoma floridae, is implicated in retinoic acid signaling pathways.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M.C. Langlois</w:t>
+                <w:t xml:space="preserve">Euteleost Fish Genome are Characterized by Expansion of Gene Families.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Robinson-Rechavi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Escriva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.M. Vanacker</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">H. Escriva</w:t>
+                <w:t xml:space="preserve">P.-L. Bardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Queva</w:t>
+                <w:t xml:space="preserve">D. Zelus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Development Genes and Evolution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 210, pp.471-482</w:t>
+              <w:t xml:space="preserve">Genome Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 11, pp.781-788</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00023793v1</w:t>
+                <w:t xml:space="preserve">hal-00068393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hormones and nuclear receptors in schistosome development.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Ligand binding and nuclear hormone receptors evolution.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Escriva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Delaunay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Laudet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">R. Pierce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasitology Today</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">BioEssays</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 22, pp.717-727</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...14 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00023766v1</w:t>
+                <w:t xml:space="preserve">hal-00023765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and functional divergence of a nuclear receptor of the RXR family from the trematode parasite Schistosoma mansoni.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Amphi-COUP-TF, a nuclear orphan receptor of the lancelet Branchiostoma floridae, is implicated in retinoic acid signaling pathways.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.C. Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Vanacker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N.D. Holland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Escriva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">J.-M. Vanacker</w:t>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Queva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Biochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2000, 267, pp.3208-3219</w:t>
+              <w:t xml:space="preserve">Development Genes and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 210, pp.471-482</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00023774v1</w:t>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00023793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Hormones and nuclear receptors in schistosome development.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.L. de Mendonca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Escriva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bouton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Laudet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Pierce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Parasitology Today</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 16 (6), pp.233-240. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0169-4758(00)01641-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00023766v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structural and functional divergence of a nuclear receptor of the RXR family from the trematode parasite Schistosoma mansoni.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.L. de Mendonca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Escriva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Bouton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Zelus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Vanacker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 267, pp.3208-3219</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00023774v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The complete nucleotide sequence of the mitochondrial DNA of the agnathan Lampetra fluviatilis : bearings on the phylogeny of cyclostomes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Delarbre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Escriva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gallut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Barriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Kourilsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular Biology and Evolution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 17 (4), pp.519-529. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/oxfordjournals.molbev.a026332⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId301" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00023779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8313,219 +8577,219 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spawning Induction and Embryo Micromanipulation Protocols in the Amphioxus Branchiostoma lanceolatum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Le Pétillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hector Escriva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Brain Development. Methods in Molecular Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.347-359, 2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-1-4939-9732-9_19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02349518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chordates: The acquisition of an axial backbone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Escriva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">P. Vargas; R. Zardoya. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The tree of life</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sinauer Associates, Inc., 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03882474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8535,91 +8799,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un nouveau modèle animal de Mediterranée au Laboratoire Arago</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Escriva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014, pp.27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03882919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8629,177 +8893,177 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Active metabolism of thyroid hormone during metamorphosis of amphioxus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Hillenweck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephanie Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Delous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hector Escriva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Meeting of the Society-for-Integrative-and-Comparative-Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Society for Integrative &amp; Comparative Biology., Jan 2010, Seattle, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/icb/icq052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02758523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId310"/>
+      <w:footerReference w:type="default" r:id="rId315"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8867,51 +9131,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2717795A"/>
+    <w:nsid w:val="C5CC0DF0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9098,51 +9362,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/hector-escriva" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7577-5028" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/155403885" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/K-8325-2013" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133546v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;l Soubigou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydvina Meister" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Subirana" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Cornand" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Escriva" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gep.2025.119397" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730807v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Grau-Bov&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Neto" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-48774-4" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730878v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Mantica" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis I&#241;iguez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamile Marquez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Permanyer" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Torres-Mendez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-024-02398-5" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04457654v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.09.26.559513" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04211427v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore d'Aniello" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Bertrand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.87028" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03643321v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Leon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Magre" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ildefonso Cases" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Tena" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msac055" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03670427v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.200252" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03880917v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Escriva" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0275193" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03880927v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes13030454" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888288v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ksenia Skvortsova" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danila Voronov" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Duckett" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Ross" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abn2258" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007547v2" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Gil-G&#225;lvez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Jim&#233;nez-Gancedo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto P&#233;rez-Posada" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Franke" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Acemel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2114802119" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03880949v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex de Mendoza" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Poppe" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Buckberry" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jahnvi Pflueger" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Albertin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-020-01371-2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03229748v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o E Carvalho" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dauga" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Matentzoglu" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Daric" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.668025" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03351968v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion A.L. Picard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Vicoso" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes12081136" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272511v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Carvalho" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lahaye" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luok Wen Yong" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenifer Croce" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Escriv&#225;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.668006" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03353580v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filomena Caccavale" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Annona" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.58295" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02862415v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Farstey" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bertrand" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0229119" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02081479v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Pinz&#243;n" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Busseau" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1007915" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349510v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Aldea" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie L. Subirana" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Keime" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Maeso" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-019-0933-z" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01933426v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ildik&#243; M. L. Somorjai" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Mart&#237;-Solans" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Diaz-Gracia" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroki Nishida" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaoru S. Imai" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-018-1468-3" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03880985v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ramos-Vicente" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Ji" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Gratac&#242;s-Batlle" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Gou" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Reig-Viader" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.35774" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02000511v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand Marletaz" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panos N. Firbas" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan J. Tena" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ozren Bogdanovic" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-018-0734-6" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01974406v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bies.201800130" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01926829v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Navas-P&#233;rez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Herrera-&#218;beda" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Miguel Lizcano" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2018.02525" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691634v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le P&#233;tillon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Luxardi" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierluigi Scerbo" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cibois" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony L&#233;on" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-017-0226-3" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02095318v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ildik&#243; M.L. Somorjai" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1387/ijdb.170202sb" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01361410v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Marcellini" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2016.00148" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03881440v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibai Irastorza-Azcarate" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand Marl&#233;taz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos G&#243;mez-Mar&#237;n" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ng.3497" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486940v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shengfeng Huang" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Tao" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaochun Yu" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhang Yu" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peiyi Li" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2016.05.032" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03881472v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lecroisey" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eckhard Lammert" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Laudet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0119461" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01273354v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvan Oulion" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel R. de Lera" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0136587" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115487v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bertrand" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fuentealba" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aze" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hudson" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Yasuo" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2012.2963" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01551130v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Z Holland" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao E Carvalho" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schubert" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2041-9139-4-27" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882982v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Petillon" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Escande" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gep.2013.07.005" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D3SZCR85-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882937v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Hanna" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Munoz" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Espinoza" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Torrejon" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jez.b.22511" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Z5LFRHHS-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831149v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Camasses" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ildiko Somorjai" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed R Belgacem" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chabrol" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1014235108" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497410v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Garcia-Fernandez" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lamonerie" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-9-226" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00357461v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe D. Tocchini-Valentini" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Rochel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Germain" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Peluso-Iltis" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M805692200" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663336v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. M. L. Somorjai" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Camasses" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Riviere" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666038v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Paris" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarina Pettersson" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingemar Pongratz" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-8-219" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00150468v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Fuentes" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elia Benito" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Mignardot" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jez.b.21179" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4SHHKWPM-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00207389v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Thisse" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Tavares" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Sachs" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chaumot" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.0030188" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660323v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroshi Wada" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shicui Zhang" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dvdy.20730" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187905v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Robinson-Rechavi" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Umbhauer" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.0020102" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674177v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bouton" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.L. de Mendonca" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Glineur" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;ranger Bertin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680621v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.K. Yu" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.D. Holland" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Laudet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670861v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gauchat" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Miljkovic-Licina" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chera" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Langlois" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121764v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Dalfo" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Candiani" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jez.b.20025" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JQLKS23C-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675836v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676961v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Brunet" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Parmentier" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677175v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.Z. Holland" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678930v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fuentes" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dalfo" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Candiani" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Benito" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670443v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Robinson-Rechavi" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Escriva-Garcia" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673070v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373430v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo L de Mendon&#231;a" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bouton" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bertin" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe No&#235;l" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1432-1033.2002.03287.x" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023837v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068392v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Marchand" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068389v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023841v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Safi" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. van Rompaey" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Prunet" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1677/jme.0.0260051" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068393v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-L. Bardet" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Zelus" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023765v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delaunay" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023793v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Vanacker" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Queva" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023766v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pierce" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0169-4758(00)01641-0" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K39S5N9K-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023774v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Vanacker" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023779v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delarbre" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gallut" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Barriel" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kourilsky" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordjournals.molbev.a026332" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349518v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-9732-9_19" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03882474v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882919v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758523v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Hillenweck" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Delous" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icb/icq052" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/hector-escriva" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7577-5028" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/155403885" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/K-8325-2013" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05557896v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Bras&#243;-Vives" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Hartas&#225;nchez" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bertrand" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Escriva" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Robinson-Rechavi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64898/2026.01.13.699254" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133546v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;l Soubigou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydvina Meister" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Subirana" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Cornand" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gep.2025.119397" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05557399v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730807v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Grau-Bov&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Neto" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-48774-4" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730878v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Mantica" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis I&#241;iguez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamile Marquez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Permanyer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Torres-Mendez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-024-02398-5" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04457654v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2023.09.26.559513" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04211427v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore d'Aniello" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Bertrand" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.87028" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03643321v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Leon" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Magre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ildefonso Cases" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Tena" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/molbev/msac055" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03670427v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/dev.200252" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03880917v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Escriva" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0275193" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03888288v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ksenia Skvortsova" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danila Voronov" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Duckett" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Ross" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abn2258" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03880927v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes13030454" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007547v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Gil-G&#225;lvez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Jim&#233;nez-Gancedo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto P&#233;rez-Posada" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Franke" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Acemel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2114802119" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03880949v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex de Mendoza" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Poppe" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sam Buckberry" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jahnvi Pflueger" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Albertin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-020-01371-2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03351968v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion A.L. Picard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Vicoso" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes12081136" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03229748v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o E Carvalho" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dauga" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Matentzoglu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Daric" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.668025" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03272511v2" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Carvalho" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lahaye" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luok Wen Yong" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenifer Croce" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hector Escriv&#225;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.668006" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03353580v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filomena Caccavale" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Annona" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.58295" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02862415v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviana Farstey" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0229119" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02081479v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Pinz&#243;n" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Busseau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1007915" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349510v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Aldea" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie L. Subirana" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Keime" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Maeso" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-019-0933-z" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01933426v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ildik&#243; M. L. Somorjai" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Mart&#237;-Solans" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Diaz-Gracia" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroki Nishida" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaoru S. Imai" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13059-018-1468-3" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03880985v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ramos-Vicente" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jie Ji" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Gratac&#242;s-Batlle" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Gou" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Reig-Viader" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.35774" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01974406v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bies.201800130" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02000511v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand Marletaz" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panos N. Firbas" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan J. Tena" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ozren Bogdanovic" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-018-0734-6" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01926829v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Navas-P&#233;rez" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Herrera-&#218;beda" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Miguel Lizcano" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2018.02525" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01691634v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le P&#233;tillon" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Luxardi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierluigi Scerbo" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cibois" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony L&#233;on" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-017-0226-3" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02095318v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ildik&#243; M.L. Somorjai" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1387/ijdb.170202sb" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03881440v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibai Irastorza-Azcarate" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand Marl&#233;taz" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos G&#243;mez-Mar&#237;n" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ng.3497" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01361410v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Marcellini" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2016.00148" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01486940v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shengfeng Huang" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Tao" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaochun Yu" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhang Yu" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peiyi Li" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2016.05.032" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01273354v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvan Oulion" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angel R. de Lera" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0136587" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03881472v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lecroisey" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eckhard Lammert" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Laudet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0119461" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01551130v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Z Holland" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao E Carvalho" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schubert" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2041-9139-4-27" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02115487v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bertrand" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fuentealba" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aze" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Hudson" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Yasuo" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2012.2963" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882982v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Petillon" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Escande" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gep.2013.07.005" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D3SZCR85-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882937v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Hanna" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Munoz" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Espinoza" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Torrejon" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jez.b.22511" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-Z5LFRHHS-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00831149v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Camasses" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ildiko Somorjai" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed R Belgacem" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chabrol" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1014235108" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00497410v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Garcia-Fernandez" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Lamonerie" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-9-226" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00357461v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe D. Tocchini-Valentini" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Rochel" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Germain" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Peluso-Iltis" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M805692200" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666038v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Paris" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarina Pettersson" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingemar Pongratz" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2148-8-219" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663336v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. M. L. Somorjai" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Camasses" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Riviere" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00150468v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Fuentes" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elia Benito" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Mignardot" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jez.b.21179" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-4SHHKWPM-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00207389v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Thisse" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel Tavares" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Sachs" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chaumot" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.0030188" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00187905v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Umbhauer" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.0020102" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660323v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroshi Wada" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shicui Zhang" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dvdy.20730" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674177v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bouton" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.L. de Mendonca" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Glineur" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;ranger Bertin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680621v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.K. Yu" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.D. Holland" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Laudet" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670861v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gauchat" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Miljkovic-Licina" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chera" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Langlois" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121764v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Dalfo" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Candiani" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jez.b.20025" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-JQLKS23C-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675836v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676961v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Brunet" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Parmentier" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677175v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.Z. Holland" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678930v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fuentes" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dalfo" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Candiani" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Benito" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673070v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Escriva-Garcia" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Robinson-Rechavi" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02670443v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373430v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo L de Mendon&#231;a" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Bouton" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Bertin" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe No&#235;l" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1432-1033.2002.03287.x" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023837v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068392v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Marchand" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068389v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023841v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Safi" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. van Rompaey" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Prunet" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1677/jme.0.0260051" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00068393v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.-L. Bardet" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Zelus" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023765v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delaunay" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023793v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Vanacker" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Queva" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023766v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pierce" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0169-4758(00)01641-0" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K39S5N9K-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023774v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Vanacker" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023779v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delarbre" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gallut" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Barriel" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kourilsky" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/oxfordjournals.molbev.a026332" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349518v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-9732-9_19" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03882474v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882919v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758523v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Hillenweck" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Delous" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icb/icq052" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>