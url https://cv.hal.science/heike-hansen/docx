--- v0 (2026-03-06)
+++ v1 (2026-03-29)
@@ -1012,234 +1012,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01108514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saint-Gilles du-Gard, l’église abbatiale et les bâtiments monastiques</w:t>
+                <w:t xml:space="preserve">L’ancienne abbaye de Saint-Gilles-du-Gard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Hartmann-Virnich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Buffat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandrine Legrand-Garnotel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Masbernat-Buffat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin Monumental</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, Saint-Gilles-du-Gard : nouvelles recherches sur un monument majeur de l'art roman, 171 (4), pp.293-338</w:t>
+              <w:t xml:space="preserve">, 2013, 171 (4), p. 377-390</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01109205v1</w:t>
+                <w:t xml:space="preserve">halshs-01108729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’ancienne abbaye de Saint-Gilles-du-Gard</w:t>
+                <w:t xml:space="preserve">Saint-Gilles du-Gard, l’église abbatiale et les bâtiments monastiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Hartmann-Virnich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heike Hansen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin Monumental</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 171 (4), p. 377-390</w:t>
+              <w:t xml:space="preserve">, 2013, Saint-Gilles-du-Gard : nouvelles recherches sur un monument majeur de l'art roman, 171 (4), pp.293-338</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01108729v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01109205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saint-Gilles du-Gard, la restitution 3D</w:t>
               </w:r>
@@ -2417,137 +2417,150 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03449024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La chronologie du cloître de Silos à la lumière de l'archéologie du bâti, de l'épigraphie, de l'iconographie et de l'étude stylistique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Peter K. Klein</w:t>
+                <w:t xml:space="preserve">L’abbatiale de Saint-Gilles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Hartmann-Virnich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heike Hansen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Götz Echtenacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Andreas Hartmann-Virnich. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">De Saint-Gilles à Saint-Jacques : recherches archéologiques sur l'art roman : [Actes du colloque "Chemins de Saint-Jacques de Compostelle" dans le Midi français et en Espagne, Saint-Gilles-du-Gard, 8-10 novembre 2018]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Éd. Marion Charlet; Ville de Saint-Gilles, pp.313-325, 2021, 978-2-9566309-2-0</w:t>
+              <w:t xml:space="preserve">, Éd. Marion Charlet; Ville de Saint-Gilles, pp.75-93, 2021, 978-2-9566309-2-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04085349v1</w:t>
+                <w:t xml:space="preserve">halshs-04085355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’abbatiale de Saint-Gilles</w:t>
+                <w:t xml:space="preserve">L’abbatiale de Saint-Gilles : regards archéologiques sur le chantier roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Hartmann-Virnich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heike Hansen</w:t>
@@ -2572,410 +2585,397 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Andreas Hartmann-Virnich. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">De Saint-Gilles à Saint-Jacques : recherches archéologiques sur l'art roman : [Actes du colloque "Chemins de Saint-Jacques de Compostelle" dans le Midi français et en Espagne, Saint-Gilles-du-Gard, 8-10 novembre 2018]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éd. Marion Charlet; Ville de Saint-Gilles, pp.75-93, 2021, 978-2-9566309-2-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04085355v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03436637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La façade de l'ancienne abbatiale de Saint-Gilles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L’espace claustral roman de Saint-Gilles : recherches archéologiques sur un ensemble monumental déchu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Hartmann-Virnich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heike Hansen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Andreas Hartmann-Virnich. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">De Saint-Gilles à Saint-Jacques : recherches archéologiques sur l'art roman : [Actes du colloque "Chemins de Saint-Jacques de Compostelle" dans le Midi français et en Espagne, Saint-Gilles-du-Gard, 8-10 novembre 2018]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Éd. Marion Charlet; Ville de Saint-Gilles, pp.245-263, 2021, 978-2-9566309-2-0</w:t>
+              <w:t xml:space="preserve">, Éd. Marion Charlet; Ville de Saint-Gilles, pp.95-115, 2021, 978-2-9566309-2-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04085362v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03436646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’abbatiale de Saint-Gilles : regards archéologiques sur le chantier roman</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La façade de l'ancienne abbatiale de Saint-Gilles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heike Hansen</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Götz Echtenacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Andreas Hartmann-Virnich. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">De Saint-Gilles à Saint-Jacques : recherches archéologiques sur l'art roman : [Actes du colloque "Chemins de Saint-Jacques de Compostelle" dans le Midi français et en Espagne, Saint-Gilles-du-Gard, 8-10 novembre 2018]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Éd. Marion Charlet; Ville de Saint-Gilles, pp.75-93, 2021, 978-2-9566309-2-0</w:t>
+              <w:t xml:space="preserve">, Éd. Marion Charlet; Ville de Saint-Gilles, pp.245-263, 2021, 978-2-9566309-2-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03436637v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04085362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’espace claustral roman de Saint-Gilles : recherches archéologiques sur un ensemble monumental déchu</w:t>
+                <w:t xml:space="preserve">Le chevet de l’abbatiale de Saint-Gilles-du-Gard : l’apport du relevé à l’étude d’un chantier monumental dans le Sud de la France à la fin du XIIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Hartmann-Virnich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heike Hansen</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Götz Echtenacher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">De Saint-Gilles à Saint-Jacques : recherches archéologiques sur l'art roman : [Actes du colloque "Chemins de Saint-Jacques de Compostelle" dans le Midi français et en Espagne, Saint-Gilles-du-Gard, 8-10 novembre 2018]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Éd. Marion Charlet; Ville de Saint-Gilles, pp.95-115, 2021, 978-2-9566309-2-0</w:t>
+              <w:t xml:space="preserve">L’archéologie du bâti aujourd’hui et demain. Actes du colloque international d’Auxerre, 10-12 octobre 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A paraître, BUCEMA, n° spécial</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03436646v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03440217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le chevet de l’abbatiale de Saint-Gilles-du-Gard : l’apport du relevé à l’étude d’un chantier monumental dans le Sud de la France à la fin du XIIe siècle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andreas Hartmann-Virnich</w:t>
+                <w:t xml:space="preserve">La chronologie du cloître de Silos à la lumière de l'archéologie du bâti, de l'épigraphie, de l'iconographie et de l'étude stylistique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter K. Klein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heike Hansen</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...14 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Andreas Hartmann-Virnich. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’archéologie du bâti aujourd’hui et demain. Actes du colloque international d’Auxerre, 10-12 octobre 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, A paraître, BUCEMA, n° spécial</w:t>
+              <w:t xml:space="preserve">De Saint-Gilles à Saint-Jacques : recherches archéologiques sur l'art roman : [Actes du colloque "Chemins de Saint-Jacques de Compostelle" dans le Midi français et en Espagne, Saint-Gilles-du-Gard, 8-10 novembre 2018]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éd. Marion Charlet; Ville de Saint-Gilles, pp.313-325, 2021, 978-2-9566309-2-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03440217v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04085349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La façade de l'ancienne abbatiale de Saint-Gilles : recherches archéologique du bâti sur la construction</w:t>
               </w:r>
@@ -3902,298 +3902,298 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01108508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La cathédrale d’Auxerre</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La chronologie relative des cinq portails</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heike Hansen</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Christian SAPIN. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SAPIN C. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Saint-Étienne d'Auxerre : la seconde vie d'une cathédrale : 7 ans de recherches pluridisciplinaires et internationales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Picard, pp.117-155, 2011, 978-2-7084-0918-7</w:t>
+              <w:t xml:space="preserve">, Picard, pp.211-232, 2011, 978-2-7084-0918-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01384706v1</w:t>
+                <w:t xml:space="preserve">halshs-01371813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La chronologie relative des cinq portails</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Construction et chronologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Götz Echntenacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heike Hansen</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">SAPIN C. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Aumard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christian Sapin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Saint-Étienne d'Auxerre : la seconde vie d'une cathédrale : 7 ans de recherches pluridisciplinaires et internationales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Picard, pp.211-232, 2011, 978-2-7084-0918-7</w:t>
+              <w:t xml:space="preserve">Saint-Etienne d'Auxerre : la seconde vie d'une cathdrale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre d'études médiévales; Picard, pp.117-155, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01371813v1</w:t>
+                <w:t xml:space="preserve">halshs-00644922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Construction et chronologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Götz Echntenacher</w:t>
+                <w:t xml:space="preserve">La cathédrale d’Auxerre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Götz Echtenacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heike Hansen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Aumard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Christian Sapin. </w:t>
+              <w:t xml:space="preserve">Christian SAPIN. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Saint-Etienne d'Auxerre : la seconde vie d'une cathdrale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre d'études médiévales; Picard, pp.117-155, 2011</w:t>
+              <w:t xml:space="preserve">Saint-Étienne d'Auxerre : la seconde vie d'une cathédrale : 7 ans de recherches pluridisciplinaires et internationales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Picard, pp.117-155, 2011, 978-2-7084-0918-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00644922v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01384706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Die Mühlengebäude von Schulpforta“</w:t>
               </w:r>
@@ -5790,198 +5790,198 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet collectif de recherche « AEGIMAIOR. L’ancienne abbaye de Saint-Gilles-du-Gard. Archéologie et histoire monumentale d’un site monastique majeur du Midi de la France ». Année complémentaire 2016 – Suivi archéologique 2019</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ancien chœur de l’abbatiale 2, Saint-Gilles (Gard), Mosaïques Archéologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marilou Couval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heike Hansen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Rapport d’activité complémentaire, Direction Régionale des Affaires Culturelles Languedoc-Roussillon, Service Régional de l’Archéologie. 2020, 33 p</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Gourlot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Rapport d’intervention, SRA Occitanie. 2020, 350 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02883730v1</w:t>
+                <w:t xml:space="preserve">halshs-02883726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ancien chœur de l’abbatiale 2, Saint-Gilles (Gard), Mosaïques Archéologie</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Projet collectif de recherche « AEGIMAIOR. L’ancienne abbaye de Saint-Gilles-du-Gard. Archéologie et histoire monumentale d’un site monastique majeur du Midi de la France ». Année complémentaire 2016 – Suivi archéologique 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heike Hansen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreas Hartmann-Virnich</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Rapport d’activité complémentaire, Direction Régionale des Affaires Culturelles Languedoc-Roussillon, Service Régional de l’Archéologie. 2020, 33 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Gourlot</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">halshs-02883726v1</w:t>
+                <w:t xml:space="preserve">halshs-02883730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La cathédrale Saint-Sauveur d’Aix-en-Provence. Etude complémentaire d’archéologie du bâti de la façade nord – 2016</w:t>
               </w:r>
@@ -6823,51 +6823,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La restitution 3D : un outil au service de la réflexion archéologique : Projet collectif de recherche AEGIMAIOR, Rapport, Saint-Gilles (Gard), 2012</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Götz Echntenacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Hartmann-Virnich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7717,51 +7717,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="CBF2745C"/>
+    <w:nsid w:val="E7DBECB5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7948,51 +7948,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/heike-hansen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-4035-0017" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/258754877" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05519392v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charloux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Crassard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Munirah Almushawh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diaa Albukaai" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barge" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873714v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Hartmann-Virnich" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Faucherre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Meyer-Fernandez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heike Hansen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Nouzeran" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02868822v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01817813v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#246;tz Echtenacher" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371843v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quitterie Cazes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01108514v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109205v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01108729v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Buffat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schneider" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Legrand-Garnotel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Masbernat-Buffat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109200v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109206v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867601v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867530v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Markiewicz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dellong" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lescure" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867536v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01113688v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00504434v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01455633v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sapin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Aumard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane B&#252;ttner" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cem.478" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371653v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867613v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cem.2942" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02864371v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549687v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449024v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/arthistoricum.885.c11510" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04085349v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter K. Klein" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04085355v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04085362v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03436637v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03436646v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03440217v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03436674v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04085356v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03436690v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter P. Klein" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02862800v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Bonetti" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Molina" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.6990" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01983387v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Seguin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949347v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01817807v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01533399v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371454v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.brepols.net/Pages/ShowProduct.aspx?prod_id=IS-9782503553344-1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01108508v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01384706v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371813v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00644922v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#246;tz Echntenacher" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371744v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Hoimann" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Jakobi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Lange" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter Nuytten" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05168347v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Demarthe" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04934719v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03440179v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02348336v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02883796v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867127v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Klein" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867125v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867128v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867124v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427110v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01208265v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01211429v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01533407v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371853v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109244v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867524v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-01372322v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02883730v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02883726v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilou Couval" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gourlot" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867558v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867556v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01388946v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Brun" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01223227v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Donab&#233;dian" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jorda" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Kr&#228;henb&#252;hl" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01565733v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Volpe" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867546v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00978315v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867626v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Claude" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Bouabdallah" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Huguet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867621v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867625v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867574v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Andrault-Schmitt" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Bousquet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Caucanas" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Czerniak" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne D&#233;bax" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867568v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Chaillou" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867599v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109248v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Dellong" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Mallet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00521809v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867586v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Junca" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pousthomis" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/heike-hansen" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-4035-0017" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/258754877" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05519392v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Charloux" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Crassard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Munirah Almushawh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diaa Albukaai" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Barge" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873714v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Hartmann-Virnich" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Faucherre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Meyer-Fernandez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heike Hansen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan Nouzeran" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02868822v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01817813v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#246;tz Echtenacher" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371843v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quitterie Cazes" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01108514v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01108729v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Buffat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Schneider" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Legrand-Garnotel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Masbernat-Buffat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109205v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109200v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109206v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867601v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867530v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Markiewicz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dellong" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Lescure" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867536v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01113688v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00504434v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01455633v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Sapin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Aumard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane B&#252;ttner" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cem.478" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371653v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867613v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cem.2942" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02864371v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549687v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449024v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/arthistoricum.885.c11510" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04085355v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03436637v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03436646v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04085362v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03440217v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04085349v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter K. Klein" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03436674v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04085356v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03436690v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter P. Klein" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02862800v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Bonetti" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Molina" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.6990" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01983387v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Seguin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01949347v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01817807v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01533399v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371454v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.brepols.net/Pages/ShowProduct.aspx?prod_id=IS-9782503553344-1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01108508v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371813v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00644922v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#246;tz Echntenacher" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01384706v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371744v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Hoimann" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Jakobi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias Lange" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieter Nuytten" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-05168347v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Demarthe" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04934719v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03440179v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02348336v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02883796v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867127v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Klein" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867125v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867128v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867124v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01427110v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01208265v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01211429v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01533407v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371853v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109244v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867524v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-01372322v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02883726v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilou Couval" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gourlot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02883730v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867558v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867556v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01388946v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Brun" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01223227v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Donab&#233;dian" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Jorda" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Kr&#228;henb&#252;hl" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01565733v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Volpe" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867546v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00978315v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867626v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Claude" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Bouabdallah" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Huguet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867621v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867625v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867574v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Andrault-Schmitt" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Bousquet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Caucanas" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Czerniak" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne D&#233;bax" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867568v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Chaillou" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867599v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01109248v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Dellong" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Mallet" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00521809v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02867586v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Junca" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pousthomis" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>