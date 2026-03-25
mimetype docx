--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -257,256 +257,256 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring RRT1 function in the synthesis of Arabidopsis seed mucilage.</w:t>
+                <w:t xml:space="preserve">Exploring RRT1 glycosyltransferase function in the synthesis of Arabidopsis seed mucilage.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuki Aoi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adeline Berger</w:t>
+                <w:t xml:space="preserve">Abdelilah Benamar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Luc Saulnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Christine Ralet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Helen M North</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie Christine Ralet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVI Plant Cell Wall Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Malaga, Spain</w:t>
+              <w:t xml:space="preserve">IRN France-Japan Frontiers in Plant Biology Kyoto Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Kyoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04528038v1</w:t>
+                <w:t xml:space="preserve">hal-04528036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring RRT1 glycosyltransferase function in the synthesis of Arabidopsis seed mucilage.</w:t>
+                <w:t xml:space="preserve">Exploring RRT1 function in the synthesis of Arabidopsis seed mucilage.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuki Aoi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Saulnier</w:t>
+                <w:t xml:space="preserve">Adeline Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen M North</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Christine Ralet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Helen M North</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IRN France-Japan Frontiers in Plant Biology Kyoto Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Kyoto, Japan</w:t>
+              <w:t xml:space="preserve">XVI Plant Cell Wall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Malaga, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04528036v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04528038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unveiling the genetic basis of salicylic acid-induced priming response for improved seed vigour and crop resilience.</w:t>
               </w:r>
@@ -544,51 +544,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Rajjou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Nesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen M North</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Graines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -607,312 +607,312 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04528034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vivo imaging of a multi-glycosyltransferase complex responsible for mucilage rhamnogalacturonan-1 biosynthesis.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Camelina sativa seed mucilage polysaccharide production, structure and composition.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen M North</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie Christine Ralet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3èmes journées du Réseau Français des Parois</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Versailles, France</w:t>
+              <w:t xml:space="preserve">XV meeting of the Chilean society of Plant Biologists.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, La Serena, Chile</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04528010v1</w:t>
+                <w:t xml:space="preserve">hal-04528008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vivo imaging of a multi-glycosyltransferase complex responsible for mucilage rhamnogalacturonan-1 biosynthesis</w:t>
+                <w:t xml:space="preserve">In vivo imaging of a multi-glycosyltransferase complex responsible for mucilage rhamnogalacturonan-1 biosynthesis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuki Aoi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen M North</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Christine Ralet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13èmes journées du Réeau Français des Parois</w:t>
+              <w:t xml:space="preserve">3èmes journées du Réseau Français des Parois</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03754507v1</w:t>
+                <w:t xml:space="preserve">hal-04528010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camelina sativa seed mucilage polysaccharide production, structure and composition.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">In vivo imaging of a multi-glycosyltransferase complex responsible for mucilage rhamnogalacturonan-1 biosynthesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuki Aoi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen M North</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Christine Ralet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XV meeting of the Chilean society of Plant Biologists.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2022, La Serena, Chile</w:t>
+              <w:t xml:space="preserve">13èmes journées du Réeau Français des Parois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04528008v1</w:t>
+                <w:t xml:space="preserve">hal-03754507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xylan domains allow pectin adhesion to cellulose in Arabidopsis seed mucilage</w:t>
               </w:r>
@@ -1006,51 +1006,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure and composition of the polysaccharide network in Camelina sativa seed mucilage.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Achraf M Jemmat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1364,51 +1364,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When the heat is on will mucilage be sticking around?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen M North</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IJPB International symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Versailles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1834,51 +1834,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susana Saez Aguayo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Ralet-Renard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen North</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1942,312 +1942,312 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring RRT1 function in the synthesis of Arabidopsis seed mucilage RG1.</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Unveiling the genetic basis of salicylic acid-induced priming response for improved seed vigour and crop resilience</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fabrissin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Rolland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Rajjou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Nesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen M North</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Christine Ralet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">33rd International conference on Arabidopsis research, ICAR 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Chiba, Japan</w:t>
+              <w:t xml:space="preserve">14th International Society for Seed Science biennial conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04528042v1</w:t>
+                <w:t xml:space="preserve">hal-05287200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unveiling the genetic basis of salicylic acid-induced priming response for improved seed vigour and crop resilience</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Exploring RRT1 function in the synthesis of Arabidopsis seed mucilage RG1.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuki Aoi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen M North</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Ralet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Society for Seed Science biennial conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">33rd International conference on Arabidopsis research, ICAR 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Chiba, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05287200v1</w:t>
+                <w:t xml:space="preserve">hal-04528042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of interactions between glycosyltransferases responsible for mucilage rhamnogalacturonan-1 biosynthesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuki Aoi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen M North</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Christine Ralet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2279,260 +2279,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03754525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The UDP-rhamnose/galactose transporters URGT2, URGT4 and URGT6 modulate the length and structure of rhamnogalacturonan-I (RG-I) in Arabidopsis seed coat mucilage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Susana Saez Aguayo</w:t>
+                <w:t xml:space="preserve">Mucilage composition analysis across a wide range of camelina accessions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achraf M Jemmat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen North</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jp Parras-Rojas</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bjorn Usadel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XV Cell Wall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03284046v1</w:t>
+                <w:t xml:space="preserve">hal-03754487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mucilage composition analysis across a wide range of camelina accessions</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Helen North</w:t>
+                <w:t xml:space="preserve">The UDP-rhamnose/galactose transporters URGT2, URGT4 and URGT6 modulate the length and structure of rhamnogalacturonan-I (RG-I) in Arabidopsis seed coat mucilage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susana Saez Aguayo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jp Parras-Rojas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Jeanne Crepeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Sepulveda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bjorn Usadel</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jonathan Celiz-Balboa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XV Cell Wall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03754487v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03284046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of heat shock protein 70-1 in cell wall metabolism</w:t>
               </w:r>
@@ -2570,51 +2570,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Jeanne Crepeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Ralet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XV Cell Wall Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Cambridge, United Kingdom</w:t>
@@ -2637,286 +2637,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03284067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brassinosteroid regulates seed longevity in Arabidopsis.</w:t>
+                <w:t xml:space="preserve">Brassinosteroids regulate seed aging following priming in Arabidopsis natural accessions.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Naoto Sano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Mitsunori Seo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen M North</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Dormancy Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Kyoto, Japan</w:t>
+              <w:t xml:space="preserve">International Conference SPS, Plant Sciences for the Future</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Gif sur Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04528048v1</w:t>
+                <w:t xml:space="preserve">hal-04528050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brassinosteroids regulate seed aging following priming in Arabidopsis natural accessions.</w:t>
+                <w:t xml:space="preserve">Brassinosteroid regulates seed longevity in Arabidopsis.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Mitsunori Seo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Naoto Sano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen M North</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference SPS, Plant Sciences for the Future</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Gif sur Yvette, France</w:t>
+              <w:t xml:space="preserve">Plant Dormancy Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Kyoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04528050v1</w:t>
+                <w:t xml:space="preserve">hal-04528048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">URGT2, URGT4 and URGT6 modulate rhamnogalacturonan-I length of seed coat Arabidopsis mucilage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susana Saez Aguayo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jp Parras-Rojas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Celiz-Balboa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Sepulveda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Jeanne Crepeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3077,635 +3077,635 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02608114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ measurement of molecule mobility in mucilage polysaccharide gels from different species</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The heat is on : what is the effect of climate change on seed mucilage production in Arabidopsis ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fabrissin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tudel Cadoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Charif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11e journées du Réseau Français des Parois</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Orléans, France. 2017</w:t>
+              <w:t xml:space="preserve">11èmes Journées du Réseau Français des Parois, Orléans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02606626v1</w:t>
+                <w:t xml:space="preserve">hal-03283970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The key role from UDP-Rhamnose/Galactose transporters in the biosynthesis of seed coat mucilage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jp Parra-Rojas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susana Saez Aguayo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Celiz-Balboa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Asier Largo-Gosens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I Rios-Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XII Reunion de Biología Vegetal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Villarica, Chile</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03283987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The heat is on : what is the effect of climate change on seed mucilage production in Arabidopsis ?</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">In situ measurement of molecule mobility in mucilage polysaccharide gels from different species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Grandjean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne C. Rondeau-Mouro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. North</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11èmes Journées du Réseau Français des Parois, Orléans</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Orléans, France</w:t>
+              <w:t xml:space="preserve">11e journées du Réseau Français des Parois</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Orléans, France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03283970v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02606626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of physicochemical properties of inner mucilage layer from 19 genotypes of Arabidopsis seeds using low field NMR</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Study of the physicochemical properties of inner mucilage layer from the seeds of 19 Arabidopsis accessions using low field NMR spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Esling</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Cambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Esling</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Marie-Jeanne Crepeau</w:t>
+                <w:t xml:space="preserve">M.J. Crépeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tudel Cadoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th cell wall meeting</w:t>
+              <w:t xml:space="preserve">XIV Cell wall meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Chania, Greece. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01440026v1</w:t>
+                <w:t xml:space="preserve">hal-02604559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the physicochemical properties of inner mucilage layer from the seeds of 19 Arabidopsis accessions using low field NMR spectroscopy</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. Berger</w:t>
+                <w:t xml:space="preserve">Study of physicochemical properties of inner mucilage layer from 19 genotypes of Arabidopsis seeds using low field NMR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Esling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.J. Crépeau</w:t>
+                <w:t xml:space="preserve">Mireille Cambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Jeanne Crepeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tudel Cadoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIV Cell wall meeting</w:t>
+              <w:t xml:space="preserve">14th cell wall meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Chania, Greece. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02604559v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01440026v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mucilage attachment to Arabidopsis seeds provides evidence of a novel link between cellulose and pectin</w:t>
               </w:r>
@@ -3911,51 +3911,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rôle de la cellulose dans la structuration du mucilage adhérent des graines d'arbidopsis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Sullivan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4068,51 +4068,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cytokinin response regulator ARR16 regulates seed coat permeability in Arabidopsis natural accessions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naoto Sano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Domergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4335,64 +4335,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biochemical data documenting variations in mucilage polysaccharides in a range of glycosyltransferase mutants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuki Aoi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelilah Benamar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Saulnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Ralet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4456,90 +4456,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Datasets of seed mucilage traits for Arabidopsis thaliana natural accessions with atypical outer mucilage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Cambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Sallé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Esling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Charif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4588,446 +4588,446 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03185128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transport of UDP-Rhamnose by URGT2, URGT4 and URGT6 modulates Rhamnogalacturonan-I length</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ageing beautifully: can the benefits of seed priming be separated from a reduced lifespan trade-off?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fabrissin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naoto Sano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mitsunori Seo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen North</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/plphys/kiaa070⟩</w:t>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 72 (7), pp.2312-2333. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/erab004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03128745v1</w:t>
+                <w:t xml:space="preserve">hal-03331692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sterol Glucosyltransferases Tailor Polysaccharide Accumulation in Arabidopsis Seed Coat Epidermal Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Christine Ralet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Akary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Sallé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Grandjean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cells</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 10 (10), pp.2546. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/cells10102546⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03431528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ageing beautifully: can the benefits of seed priming be separated from a reduced lifespan trade-off?</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Transport of UDP-Rhamnose by URGT2, URGT4 and URGT6 modulates Rhamnogalacturonan-I length</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susana Saez Aguayo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Pablo Parra-Rojas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Sepúlveda-Orellana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Celiz-Balboa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verónica Arenas-Morales</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 72 (7), pp.2312-2333. </w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 185 (3), pp.914-933. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/jxb/erab004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/plphys/kiaa070⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03331692v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03128745v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lost in Translation: Physiological Roles of Stored mRNAs in Seed Germination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naoto Sano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Rajjou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5368,51 +5368,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fabrissin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendal Cueff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne F. Granier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5470,343 +5470,343 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02514918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seed coats as an alternative molecular factory: thinking outside the box</w:t>
+                <w:t xml:space="preserve">Seeds as perfect factories for developing sustainable agriculture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edith Francoz</w:t>
+                <w:t xml:space="preserve">Gwyneth Ingram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen North</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Lepiniec</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Helen North</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sexual Plant Reproduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 31 (3), pp.327-342. </w:t>
+              <w:t xml:space="preserve">, 2018, 31 (3), pp.201-202. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00497-018-0345-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00497-018-0340-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02627507v1</w:t>
+                <w:t xml:space="preserve">hal-02349680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emerging functions for cell wall polysaccharides accumulated during eudicot seed development</w:t>
+                <w:t xml:space="preserve">Seed coats as an alternative molecular factory: thinking outside the box</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Sechet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Annie Marion-Poll</w:t>
+                <w:t xml:space="preserve">Edith Francoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Lepiniec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen North</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/plants7040081⟩</w:t>
+              <w:t xml:space="preserve">Sexual Plant Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 31 (3), pp.327-342. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00497-018-0345-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02627498v1</w:t>
+                <w:t xml:space="preserve">hal-02627507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seeds as perfect factories for developing sustainable agriculture</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Emerging functions for cell wall polysaccharides accumulated during eudicot seed development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Sechet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwyneth Ingram</w:t>
+                <w:t xml:space="preserve">Annie Marion-Poll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen North</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Loic Lepiniec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sexual Plant Reproduction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 31 (3), pp.201-202. </w:t>
+              <w:t xml:space="preserve">Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 7 (4), pp.1-15. </w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00497-018-0340-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/plants7040081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02349680v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02627498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sticking to cellulose: exploiting Arabidopsis seed coat mucilage to understand cellulose biosynthesis and cell wall polysaccharide interactions</w:t>
               </w:r>
@@ -5881,321 +5881,321 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01604950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xylans Provide the Structural Driving Force for Mucilage Adhesion to the Arabidopsis Seed Coat</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Christine Ralet</w:t>
+                <w:t xml:space="preserve">Dissecting seed mucilage adherence mediated by FEI2 and SOS5</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonathan Griffiths</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Jeanne Crepeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Ralet-Renard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georg J. Seifert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen North</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1104/pp.16.00211⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7 (1073), pp.1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2016.01073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02631467v1</w:t>
+                <w:t xml:space="preserve">hal-01602796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dissecting seed mucilage adherence mediated by FEI2 and SOS5</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jonathan Griffiths</w:t>
+                <w:t xml:space="preserve">Xylans Provide the Structural Driving Force for Mucilage Adhesion to the Arabidopsis Seed Coat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Ralet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Jeanne Crepeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacqueline Vigouroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline A. Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 7 (1073), pp.1-13. </w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 171 (1), pp.165 - 178. </w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpls.2016.01073⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1104/pp.16.00211⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01602796v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02631467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dissection of Arabidopsis NCED9 promoter regulatory regions reveals a role for ABA synthesized in embryos in the regulation of GA-dependent seed germination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mitsunori Seo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuri Kanno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6203,51 +6203,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen North</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Marion-Poll</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 246, pp.91-97. </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6427,51 +6427,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Staying Alive: Molecular Aspects of Seed Longevity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naoto Sano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Rajjou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6479,51 +6479,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen North</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Debeaujon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Marion-Poll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and Cell Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 57 (4), pp.660-674. </w:t>
@@ -6721,51 +6721,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cătălin Voiniciuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilian Heinrich-Wilhelm Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bo Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6829,51 +6829,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The ABA-Deficiency Suppressor Locus HAS2 Encodes the PPR Protein LOI1/MEF11 Involved in Mitochondrial RNA Editing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Sechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6957,278 +6957,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01204171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local Evolution of Seed Flotation in Arabidopsis</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Understanding polysaccharide production and properties using seed coat mutants: future perspectives for the exploitation of natural variants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen North</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susana Saez Aguayo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Ralet-Renard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1004221⟩</w:t>
+              <w:t xml:space="preserve">Annals of Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 114 (6), pp.1251-1263. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/aob/mcu011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00991499v1</w:t>
+                <w:t xml:space="preserve">hal-01204136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding polysaccharide production and properties using seed coat mutants: future perspectives for the exploitation of natural variants</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Local Evolution of Seed Flotation in Arabidopsis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Saez Aguayo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne C. Rondeau-Mouro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Macquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Kronholm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.C. Ralet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Botany</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 114 (6), pp.1251-1263. </w:t>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 10 (3), 10 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/aob/mcu011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1004221⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01204136v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00991499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PECTIN METHYLESTERASE INHIBITOR6 Promotes Arabidopsis Mucilage Release by Limiting Methylesterification of Homogalacturonan in Seed Coat Epidermal Cells</w:t>
               </w:r>
@@ -7240,51 +7240,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susana Saez Aguayo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Christine Ralet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucy Botran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7387,51 +7387,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Cuzzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mitsunori Seo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francois F. Perreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7476,429 +7476,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01004200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ESKIMO1 disruption in Arabidopsis alters vascular tissue and impairs water transport.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">CESA5 Is Required for the Synthesis of Cellulose with a Role in Structuring the Adherent Mucilage of Arabidopsis Seeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Noëlle Fortabat</w:t>
+                <w:t xml:space="preserve">Stuart Sullivan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Christine Ralet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aloïse Ducamp</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Helen M North</w:t>
+                <w:t xml:space="preserve">Eugene Diatloff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessandra Maia-Grondard</w:t>
+                <w:t xml:space="preserve">Volker V. Bischoff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 6 (2), pp.e16645. </w:t>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 156 (4), pp.1725 - 1739. </w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0016645⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1104/pp.111.179077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00593947v1</w:t>
+                <w:t xml:space="preserve">hal-01001308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New ABA-Hypersensitive Arabidopsis Mutants Are Affected in Loci Mediating Responses to Water Deficit and Dickeya dadantii Infection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anne Plessis</w:t>
+                <w:t xml:space="preserve">ESKIMO1 disruption in Arabidopsis alters vascular tissue and impairs water transport.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphael Cournol</w:t>
+                <w:t xml:space="preserve">Marie-Noëlle Fortabat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Effroy</w:t>
+                <w:t xml:space="preserve">Aloïse Ducamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen M North</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viridiana Silva Pérez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lucy Botran</w:t>
+                <w:t xml:space="preserve">Alessandra Maia-Grondard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 6 (5), pp.e20243. </w:t>
+              <w:t xml:space="preserve">, 2011, 6 (2), pp.e16645. </w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0020243⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0016645⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00999872v1</w:t>
+                <w:t xml:space="preserve">hal-00593947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CESA5 Is Required for the Synthesis of Cellulose with a Role in Structuring the Adherent Mucilage of Arabidopsis Seeds</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New ABA-Hypersensitive Arabidopsis Mutants Are Affected in Loci Mediating Responses to Water Deficit and Dickeya dadantii Infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Plessis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stuart Sullivan</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Adeline Berger</w:t>
+                <w:t xml:space="preserve">Raphael Cournol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eugene Diatloff</w:t>
+                <w:t xml:space="preserve">Delphine Effroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Volker V. Bischoff</w:t>
+                <w:t xml:space="preserve">Viridiana Silva Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucy Botran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 156 (4), pp.1725 - 1739. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6 (5), pp.e20243. </w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1104/pp.111.179077⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0020243⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01001308v1</w:t>
+                <w:t xml:space="preserve">hal-00999872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arabidopsis seed secrets unravelled after a decade of genetic and omics-driven research</w:t>
               </w:r>
@@ -8146,585 +8146,585 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05263460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Arabidopsis ABA-deficient mutant aba4 demonstrates that the major route for stress-induced ABA accumulation is via neoxanthin isomers</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A naturally occurring mutation in an Arabidopsis accession affects a beta-D-galactosidase that increases the hydrophilic potential of rhamnogalacturonan I in seed mucilage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie de Almeida</w:t>
+                <w:t xml:space="preserve">Audrey Macquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Ralet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Pierre Boutin</w:t>
+                <w:t xml:space="preserve">Olivier O. Loudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne A. Frey</w:t>
+                <w:t xml:space="preserve">Jocelyne Kronenberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra A. To</w:t>
+                <w:t xml:space="preserve">Gregory G. Mouille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 50 (5), pp.810-824. </w:t>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 19 (12), pp.3990-4006. </w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1365-313X.2007.03094.x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1105/tpc.107050179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02666777v1</w:t>
+                <w:t xml:space="preserve">hal-02660522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Arabidopsis aba4-1 mutant reveals a specific function for neoxanthin in protection against photooxidative stress</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Arabidopsis ABA-deficient mutant aba4 demonstrates that the major route for stress-induced ABA accumulation is via neoxanthin isomers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen North</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luca Dall'Osto</w:t>
+                <w:t xml:space="preserve">Aurélie de Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stefano Cazzaniga</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Annie Marion-Poll</w:t>
+                <w:t xml:space="preserve">J Pierre Boutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberto Bassi</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anne A. Frey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra A. To</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant cell</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1105/tpc.106.049114⟩</w:t>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 50 (5), pp.810-824. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-313X.2007.03094.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02663054v1</w:t>
+                <w:t xml:space="preserve">hal-02666777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ, chemical and macromolecular study of the composition of Arabidopsis thaliana seed coat mucilage</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Arabidopsis aba4-1 mutant reveals a specific function for neoxanthin in protection against photooxidative stress</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jocelyne Kronenberger</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId149" w:history="1">
+                <w:t xml:space="preserve">Luca Dall'Osto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Cazzaniga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen North</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Marion-Poll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Helen North</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Bassi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Cell Physiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/pcp/pcm068⟩</w:t>
+              <w:t xml:space="preserve">The Plant cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 19 (3), pp.810-824. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1105/tpc.106.049114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02666462v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02663054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A naturally occurring mutation in an Arabidopsis accession affects a beta-D-galactosidase that increases the hydrophilic potential of rhamnogalacturonan I in seed mucilage</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId238" w:history="1">
+                <w:t xml:space="preserve">In situ, chemical and macromolecular study of the composition of Arabidopsis thaliana seed coat mucilage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Macquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Christine Ralet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jocelyne Kronenberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Marion-Poll</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen North</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Plant cell</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 19 (12), pp.3990-4006. </w:t>
+              <w:t xml:space="preserve">Plant and Cell Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 48 (7), pp.984-999. </w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1105/tpc.107050179⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/pcp/pcm068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02660522v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02666462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulation of hormone metabolism in Arabidopsis seeds: phytochrome regulation of abscisic acid metabolism and abscisic acid regulation of gibberellin metabolism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mitsunori Seo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atsushi Hanada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8840,77 +8840,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen North</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne A. Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Sotta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mitsunori Seo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Plant Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 45 (3), pp.309-319. </w:t>
@@ -9000,51 +9000,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Boutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Sotta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Marion-Poll</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 169 (1), pp.115-124. </w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9103,51 +9103,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regulation by external K+ in a maize inward Shaker channel targets transport activity in the high concentration range</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y.H. Su</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. North</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Grignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9218,579 +9218,579 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00086949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of infrared thermal imaging to isolate Arabidopsis mutants defective in stomatal regulation</w:t>
+                <w:t xml:space="preserve">Use of infrared thermal imaging to isolate Arabidopsis mutants defective in stomatal regulation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Merlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.C. Mustilli</w:t>
+                <w:t xml:space="preserve">Anna-Chiara Mustilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Genty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen North</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Valerie Lefebvre</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Plant Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 30 (4), pp.601-609</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2002, 30 (5), pp.601-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1046/j.1365-313X.2002.01322.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02674354v1</w:t>
+                <w:t xml:space="preserve">hal-00145341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of infrared thermal imaging to isolate Arabidopsis mutants defective in stomatal regulation.</w:t>
+                <w:t xml:space="preserve">Use of infrared thermal imaging to isolate Arabidopsis mutants defective in stomatal regulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Merlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna-Chiara Mustilli</w:t>
+                <w:t xml:space="preserve">A.C. Mustilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Genty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen North</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Valérie Lefebvre</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valerie Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Plant Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002, 30 (5), pp.601-9. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2002, 30 (4), pp.601-609</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00145341v1</w:t>
+                <w:t xml:space="preserve">hal-02674354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Localisation and expression of zeaxanthin epoxidase mRNA in Arabidopsis in response to drought stress and during seed development</w:t>
+                <w:t xml:space="preserve">Approches moléculaires de la qualité et du développement des graines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Audran</w:t>
+                <w:t xml:space="preserve">Bertrand B. Dubreucq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Liotenberg</w:t>
+                <w:t xml:space="preserve">Philippe Grappin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Gonneau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">A. Frey</w:t>
+                <w:t xml:space="preserve">Martine Miquel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen North</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Rochat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Australian Journal of Plant Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 28 (12), pp.1161-1173</w:t>
+              <w:t xml:space="preserve">Oléagineux, Corps Gras, Lipides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 8 (5), pp.487-495</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00148448v1</w:t>
+                <w:t xml:space="preserve">hal-02674355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Approches moléculaires de la qualité et du développement des graines</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Localisation and expression of zeaxanthin epoxidase mRNA in Arabidopsis in response to drought stress and during seed development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Grappin</w:t>
+                <w:t xml:space="preserve">C. Audran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martine Miquel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Helen North</w:t>
+                <w:t xml:space="preserve">S. Liotenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Rochat</w:t>
+                <w:t xml:space="preserve">M. Gonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. North</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Frey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oléagineux, Corps Gras, Lipides</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2001, 8 (5), pp.487-495</w:t>
+              <w:t xml:space="preserve">Australian Journal of Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 28 (12), pp.1161-1173</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02674355v1</w:t>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00148448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Localisation and expression of zeaxanthin epoxidase mRNA in Arabidopsis in response to drought stress and during seed development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Audran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Liotenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine M. Gonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9852,247 +9852,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02681012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular analysis of a null mutant for pea (Pisum sativum L.) seed lipoxygenase-2</w:t>
+                <w:t xml:space="preserve">Molecular biology and regulation of abscisic acid biosynthesis in plants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Forster</w:t>
+                <w:t xml:space="preserve">Sylviane Liotenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen North</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Marion-Poll</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Molecular Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 39, pp.1209-1220</w:t>
+              <w:t xml:space="preserve">Plant Physiology and Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 36 (5), pp.341-350</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02690805v1</w:t>
+                <w:t xml:space="preserve">hal-02690857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular biology and regulation of abscisic acid biosynthesis in plants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Molecular analysis of a null mutant for pea (Pisum sativum L.) seed lipoxygenase-2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Forster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen North</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Afzal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Domoney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylviane Liotenberg</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">A. Hornostaj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Physiology and Biochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 36 (5), pp.341-350</w:t>
+              <w:t xml:space="preserve">Plant Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 39, pp.1209-1220</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02690857v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02690805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasma membrane transport systems in higher plants : from black boxes to molecular physiology</w:t>
               </w:r>
@@ -10356,315 +10356,315 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seed Development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...57 lines deleted...]
-                <w:t xml:space="preserve">Annie Marion-Poll</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Dubreucq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Baud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Debeaujon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Dubos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Marion-Poll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Developmental Biology - Biotechnological Perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer Berlin Heidelberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.341-359, 2010, 978-3-642-02300-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-02301-9_17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01203968v1</w:t>
+                <w:t xml:space="preserve">hal-05263499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seed Development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
-[...57 lines deleted...]
-                <w:t xml:space="preserve">A. Marion-Poll</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Dubreucq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien S. Baud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Debeaujon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Dubos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Marion-Poll</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Developmental Biology - Biotechnological Perspectives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Springer Berlin Heidelberg</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId305" w:history="1">
+                <w:t xml:space="preserve">Springer-verlag</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 497 p., 2010, 978-3-642-02300-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-642-02301-9_17⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05263499v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01203968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId313"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -10819,51 +10819,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339375v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Bessa-Gomes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Cazals" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Collard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chiron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jules" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04528038v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuki Aoi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Berger" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen M North" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Christine Ralet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04528036v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelilah Benamar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Saulnier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04528034v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fabrissin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rolland" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Rajjou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Nesi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04528010v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03754507v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04528008v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03185466v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Ralet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Saez-Aguayo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Orellana" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen North" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03759499v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf M Jemmat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn Usadel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03290786v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Sano" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tudel Cadoret" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Charif" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Collet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609211v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.M. North" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Ralet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berger" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Salle" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03754697v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03284112v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440015v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Ralet-Renard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne Crepeau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Vigouroux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Tran" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Berger" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747713v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana S. Saez Aguayo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Poulain" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204124v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Saez Aguayo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04528042v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05287200v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03754525v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03284046v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Parras-Rojas" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Sepulveda" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Celiz-Balboa" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03754487v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bjorn Usadel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03284067v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Idan-Molakandov" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Arazi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04528048v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsunori Seo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoto Sano" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04528050v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03284023v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608114v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne C. Rondeau-Mouro" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cambert" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Esling" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606626v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Grandjean" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. North" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03283987v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Parra-Rojas" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asier Largo-Gosens" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Rios-Munoz" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03283970v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440026v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Esling" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Cambert" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604559v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Cr&#233;peau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793021v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline A. Berger" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597262v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mariette" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191356v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sullivan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Bischoff" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Gonneau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176756v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Domergue" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263353v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Baud" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Corso" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Debeaujon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dubreucq" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Job" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crbiol.104" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270084v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-02604-2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03185128v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Sall&#233;" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-021-00857-3" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03128745v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo Parra-Rojas" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Sep&#250;lveda-Orellana" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica Arenas-Morales" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiaa070" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03431528v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Akary" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10102546" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03331692v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erab004" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960289v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants9030347" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959431v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Williams" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cornuault" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Irani" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vaughan Symonds" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Malmstr&#246;m" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.9b01756" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02960303v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Poulain" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Botran" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aobpla/plz031" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02514918v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Cueff" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne F. Granier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.19.00763" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627507v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Francoz" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Lepiniec" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00497-018-0345-2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627498v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sechet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Marion-Poll" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants7040081" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349680v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwyneth Ingram" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00497-018-0340-7" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604950v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Griffiths" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14468" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631467v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.16.00211" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602796v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg J. Seifert" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.01073" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531638v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Kanno" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Frey" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2016.02.013" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3RT8KBX6-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01563909v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sechet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Frey" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Effroy-Cuzzi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Perreau" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.15.01312" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531684v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcv186" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634332v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#259;t&#259;lin Voiniciuc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Zimmermann" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Heinrich-Wilhelm Schmidt" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Guenl" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lanbao Fu" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.00803" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536508v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Yang" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berit Ebert" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.15.00851" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204171v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roux" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Plessis" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Cuzzi" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molp.2014.12.005" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991499v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Saez Aguayo" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Macquet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kronholm" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1004221" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204136v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcu011" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004485v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ropartz" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.112.106575" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004200v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lefebvre" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois F. Perreau" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2011.04887.x" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593947v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Fortabat" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alo&#239;se Ducamp" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Maia-Grondard" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0016645" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00999872v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Cournol" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Effroy" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viridiana Silva P&#233;rez" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0020243" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001308v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Sullivan" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Diatloff" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker V. Bischoff" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.111.179077" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203892v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien S. Baud" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dubos" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2009.04095.x" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263460v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313x.2009.04095.x" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666777v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie de Almeida" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Pierre Boutin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne A. Frey" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra A. To" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2007.03094.x" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663054v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Dall'Osto" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Cazzaniga" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Bassi" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.106.049114" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666462v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Macquet" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Kronenberger" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcm068" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660522v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Loudet" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory G. Mouille" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.107050179" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669061v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Hanada" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayuko Kuwahara" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akira Endo" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masanori Okamoto" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2006.02881.x" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666784v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Sotta" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2005.02622.x" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675729v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Boutin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2005.03.002" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H8F7ZRS5-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086949v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.H. Su" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grignon" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Thibaud" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sentenac" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.104.030551" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674354v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Merlot" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Mustilli" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Genty" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Lefebvre" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145341v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Chiara Mustilli" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-313X.2002.01322.x" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148448v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Audran" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Liotenberg" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gonneau" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674355v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand B. Dubreucq" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grappin" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Miquel" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rochat" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681012v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Audran" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine M. Gonneau" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690805v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Forster" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Afzal" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Domoney" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hornostaj" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690857v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Liotenberg" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685157v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen M. Logan" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Basset" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ali&#233;nor V&#233;ry" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Sentenac" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1399-3054.1997.tb03450.x" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0S0LJ1RH-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696531v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Cathala" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Grignon" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Davidian" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.271.21.12227" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203968v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-02301-9_17" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263499v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dubreucq" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baud" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Debeaujon" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dubos" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marion-Poll" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/10.1007/978-3-642-02301-9_17" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05339375v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Bessa-Gomes" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Cazals" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Collard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chiron" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jules" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04528036v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuki Aoi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelilah Benamar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Saulnier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Christine Ralet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen M North" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04528038v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Berger" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04528034v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fabrissin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rolland" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Rajjou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Nesi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04528008v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04528010v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03754507v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03185466v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Ralet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Saez-Aguayo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Orellana" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen North" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03759499v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf M Jemmat" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn Usadel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03290786v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Sano" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tudel Cadoret" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Charif" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Collet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02609211v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.M. North" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Ralet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berger" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Salle" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03754697v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03284112v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440015v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Ralet-Renard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne Crepeau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Vigouroux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Tran" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Berger" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02747713v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana S. Saez Aguayo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Poulain" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204124v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Saez Aguayo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05287200v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04528042v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03754525v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03754487v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bjorn Usadel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03284046v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Parras-Rojas" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Sepulveda" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Celiz-Balboa" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03284067v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Idan-Molakandov" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Arazi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04528050v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoto Sano" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitsunori Seo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04528048v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03284023v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608114v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne C. Rondeau-Mouro" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cambert" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Esling" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03283970v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03283987v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Parra-Rojas" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asier Largo-Gosens" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Rios-Munoz" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606626v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Grandjean" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. North" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02604559v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Cr&#233;peau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440026v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Esling" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Cambert" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793021v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline A. Berger" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02597262v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mariette" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191356v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sullivan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Bischoff" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Gonneau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04176756v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Domergue" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263353v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Baud" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Corso" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Debeaujon" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Dubreucq" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Job" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crbiol.104" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270084v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-02604-2" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03185128v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Sall&#233;" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-021-00857-3" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03331692v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erab004" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03431528v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Akary" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10102546" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03128745v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pablo Parra-Rojas" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Sep&#250;lveda-Orellana" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ver&#243;nica Arenas-Morales" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/plphys/kiaa070" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960289v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants9030347" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959431v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Williams" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cornuault" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amir Irani" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vaughan Symonds" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Malmstr&#246;m" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.biomac.9b01756" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02960303v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Poulain" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Botran" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aobpla/plz031" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02514918v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Cueff" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne F. Granier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.19.00763" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02349680v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwyneth Ingram" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Lepiniec" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00497-018-0340-7" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627507v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Francoz" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00497-018-0345-2" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627498v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sechet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Marion-Poll" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants7040081" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604950v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Griffiths" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.14468" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602796v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georg J. Seifert" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.01073" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631467v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.16.00211" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531638v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Kanno" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Frey" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2016.02.013" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3RT8KBX6-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01563909v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Sechet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Frey" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Effroy-Cuzzi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Perreau" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.15.01312" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531684v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcv186" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634332v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#259;t&#259;lin Voiniciuc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Zimmermann" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilian Heinrich-Wilhelm Schmidt" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Guenl" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lanbao Fu" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.00803" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536508v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Yang" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berit Ebert" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.15.00851" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204171v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Roux" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Plessis" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Cuzzi" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molp.2014.12.005" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204136v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/aob/mcu011" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00991499v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Saez Aguayo" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Macquet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Kronholm" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1004221" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004485v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ropartz" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.112.106575" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01004200v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lefebvre" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois F. Perreau" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2011.04887.x" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001308v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart Sullivan" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugene Diatloff" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker V. Bischoff" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.111.179077" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00593947v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Fortabat" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alo&#239;se Ducamp" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Maia-Grondard" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0016645" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00999872v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Cournol" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Effroy" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viridiana Silva P&#233;rez" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0020243" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203892v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien S. Baud" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dubos" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2009.04095.x" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263460v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313x.2009.04095.x" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660522v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Macquet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Loudet" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Kronenberger" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory G. Mouille" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.107050179" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666777v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie de Almeida" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Pierre Boutin" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne A. Frey" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra A. To" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2007.03094.x" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663054v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Dall'Osto" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Cazzaniga" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Bassi" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.106.049114" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666462v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcm068" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669061v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atsushi Hanada" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayuko Kuwahara" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akira Endo" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masanori Okamoto" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2006.02881.x" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666784v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Sotta" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2005.02622.x" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675729v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Boutin" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2005.03.002" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H8F7ZRS5-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086949v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.H. Su" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Grignon" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Thibaud" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sentenac" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.104.030551" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145341v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Merlot" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Chiara Mustilli" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Genty" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1365-313X.2002.01322.x" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674354v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Mustilli" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Lefebvre" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674355v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand B. Dubreucq" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grappin" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Miquel" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rochat" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148448v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Audran" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Liotenberg" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gonneau" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681012v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Audran" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine M. Gonneau" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690857v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Liotenberg" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02690805v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Forster" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Afzal" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Domoney" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hornostaj" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685157v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen M. Logan" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Basset" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ali&#233;nor V&#233;ry" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Sentenac" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1399-3054.1997.tb03450.x" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-0S0LJ1RH-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696531v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Cathala" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Grignon" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Davidian" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.271.21.12227" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05263499v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dubreucq" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Baud" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Debeaujon" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dubos" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Marion-Poll" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/10.1007/978-3-642-02301-9_17" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-02301-9_17" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01203968v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://link.springer.com/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>