--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -190,960 +190,960 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial predictions and uncertainty maps of global fallout radionuclides (137Cs and 239+240Pu) for the Southern Hemisphere</w:t>
+                <w:t xml:space="preserve">Oceanography, biogeochemical cycles, and biodiversity in the Central Arctic Ocean: current state of knowledge and directions for future</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aydoğan Avcıoğlu</w:t>
+                <w:t xml:space="preserve">Maxime Geoffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gerald Dicen</w:t>
+                <w:t xml:space="preserve">Igor Polyakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surya Gupta</w:t>
+                <w:t xml:space="preserve">Marit Reigstad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Alewell</w:t>
+                <w:t xml:space="preserve">Silvia G Acinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Evrard</w:t>
+                <w:t xml:space="preserve">Rémi Amiraux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zenodo (CERN European Organization for Nuclear Research)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Elementa: Science of the Anthropocene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05503033v1</w:t>
+                <w:t xml:space="preserve">hal-05480562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oceanography, biogeochemical cycles, and biodiversity in the Central Arctic Ocean: current state of knowledge and directions for future</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The biogenic sulfur cycle in the coupled ocean–sea ice–atmosphere system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sakiko Ishino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Geoffroy</w:t>
+                <w:t xml:space="preserve">Megan Willis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Igor Polyakov</w:t>
+                <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marit Reigstad</w:t>
+                <w:t xml:space="preserve">Thorsten Bartels-Rausch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Silvia G Acinas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rémi Amiraux</w:t>
+                <w:t xml:space="preserve">Odile Crabeck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Elementa: Science of the Anthropocene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2026, 14 (1), pp.1-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1525/elementa.2025.00067⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05480562v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05516382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The biogenic sulfur cycle in the coupled ocean–sea ice–atmosphere system</w:t>
+                <w:t xml:space="preserve">Spatial predictions and uncertainty maps of global fallout radionuclides (137Cs and 239+240Pu) for the Southern Hemisphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sakiko Ishino</w:t>
+                <w:t xml:space="preserve">Aydoğan Avcıoğlu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Megan Willis</w:t>
+                <w:t xml:space="preserve">Gerald Dicen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Angot</w:t>
+                <w:t xml:space="preserve">Surya Gupta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thorsten Bartels-Rausch</w:t>
+                <w:t xml:space="preserve">Christine Alewell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Odile Crabeck</w:t>
+                <w:t xml:space="preserve">Olivier Evrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Elementa: Science of the Anthropocene</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 14 (1), pp.1-60. </w:t>
+              <w:t xml:space="preserve">Zenodo (CERN European Organization for Nuclear Research)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1525/elementa.2025.00067⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5281/zenodo.18492750⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05516382v1</w:t>
+                <w:t xml:space="preserve">hal-05503033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characteristics and effects of aerosols during blowing snow events in the central Arctic</w:t>
+                <w:t xml:space="preserve">Melt pond CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; dynamics and fluxes with the atmosphere in the central Arctic Ocean during the summer-to-autumn transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nora Bergner</w:t>
+                <w:t xml:space="preserve">Masaki Yoshimura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Heutte</w:t>
+                <w:t xml:space="preserve">Daiki Nomura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ivo Beck</w:t>
+                <w:t xml:space="preserve">Alison L Webb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jakob B Pernov</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hélène Angot</w:t>
+                <w:t xml:space="preserve">Yuhong Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Dall’osto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Elementa: Science of the Anthropocene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 13 (1), pp.00047. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1525/elementa.2024.00047⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 13 (1), pp.00023. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1525/elementa.2024.00023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05031108v1</w:t>
+                <w:t xml:space="preserve">hal-04907306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sources and Composition of Organic Aerosols in the Central Arctic during Spring and Summer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Characteristics and effects of aerosols during blowing snow events in the central Arctic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nora Bergner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Heutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivo Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jakob B Pernov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Imad El Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.est.5c09788⟩</w:t>
+              <w:t xml:space="preserve">Elementa: Science of the Anthropocene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13 (1), pp.00047. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1525/elementa.2024.00047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05313316v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05031108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observations of high-time-resolution and size-resolved aerosol chemical composition and microphysics in the central Arctic: implications for climate-relevant particle properties</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Sources and Composition of Organic Aerosols in the Central Arctic during Spring and Summer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Heutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gang I Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakob B Pernov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lubna Dada</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imad El Haddad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-25-2207-2025⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 59 (41), pp.21924-21940. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.est.5c09788⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04957066v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05313316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melt pond CO&amp;lt;sub&amp;gt;2&amp;lt;/sub&amp;gt; dynamics and fluxes with the atmosphere in the central Arctic Ocean during the summer-to-autumn transition</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Yuhong Li</w:t>
+                <w:t xml:space="preserve">Observations of high-time-resolution and size-resolved aerosol chemical composition and microphysics in the central Arctic: implications for climate-relevant particle properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Heutte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nora Bergner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Angot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jakob B Pernov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manuel Dall’osto</w:t>
+                <w:t xml:space="preserve">Lubna Dada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Elementa: Science of the Anthropocene</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 13 (1), pp.00023. </w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 25 (4), pp.2207-2241. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1525/elementa.2024.00023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/acp-25-2207-2025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04907306v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04957066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Methane and volatile organic compounds and their influence on air quality in Boulder, Colorado</w:t>
               </w:r>
@@ -1257,472 +1257,472 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04882137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constraining elemental mercury air–sea exchange using long-term ground-based observations</w:t>
+                <w:t xml:space="preserve">Observational ozone datasets over the global oceans and polar regions (version 2024)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Koketso M Molepo</w:t>
+                <w:t xml:space="preserve">Yugo Kanaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johannes Bieser</w:t>
+                <w:t xml:space="preserve">Roberto Sommariva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alkuin M Koenig</w:t>
+                <w:t xml:space="preserve">Alfonso Saiz-Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ian M Hedgecock</w:t>
+                <w:t xml:space="preserve">Andrea Mazzeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ralf Ebinghaus</w:t>
+                <w:t xml:space="preserve">Theodore K Koenig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 25 (17), pp.9645 - 9668. </w:t>
+              <w:t xml:space="preserve">Earth System Science Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (9), pp.4901-4932. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/acp-25-9645-2025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.17596/0004044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05233585v1</w:t>
+                <w:t xml:space="preserve">hal-05294275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mercury Sources Between Zhongshan Station and Dome A, Eastern Antarctica Identified Using Mercury Stable Isotopes</w:t>
+                <w:t xml:space="preserve">Constraining elemental mercury air–sea exchange using long-term ground-based observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chuanjin Li</w:t>
+                <w:t xml:space="preserve">Koketso M Molepo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jiubin Chen</w:t>
+                <w:t xml:space="preserve">Johannes Bieser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guitao Shi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guitao Shi</w:t>
+                <w:t xml:space="preserve">Alkuin M Koenig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wang Zheng</w:t>
+                <w:t xml:space="preserve">Ian M Hedgecock</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ralf Ebinghaus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2024GL112649⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 25 (17), pp.9645 - 9668. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-25-9645-2025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04944844v1</w:t>
+                <w:t xml:space="preserve">hal-05233585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observational ozone datasets over the global oceans and polar regions (version 2024)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mercury Sources Between Zhongshan Station and Dome A, Eastern Antarctica Identified Using Mercury Stable Isotopes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberto Sommariva</w:t>
+                <w:t xml:space="preserve">Chuanjin Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alfonso Saiz-Lopez</w:t>
+                <w:t xml:space="preserve">Jiubin Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Mazzeo</w:t>
+                <w:t xml:space="preserve">Guitao Shi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guitao Shi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theodore K Koenig</w:t>
+                <w:t xml:space="preserve">Wang Zheng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth System Science Data</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 17 (9), pp.4901-4932. </w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 52 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17596/0004044⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1029/2024GL112649⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05294275v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04944844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine phytoplankton and sea-ice initiated convection drive spatiotemporal differences in Arctic summertime mercury rebound</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fange Yue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hongwei Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1808,51 +1808,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhouqing Xie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fange Yue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haicong Zhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2063,64 +2063,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Multi-Compartment Hg Modeling and Analysis Project (MCHgMAP): mercury modeling to support international environmental policy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashu Dastoor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johannes Bieser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Brocza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2184,103 +2184,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characteristics and sources of fluorescent aerosols in the central Arctic Ocean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivo Beck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alireza Moallemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Heutte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakob Boyd Pernov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nora Bergner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Elementa: Science of the Anthropocene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 12 (1), pp.00125. </w:t>
@@ -2370,51 +2370,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauriane L J Quéléver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Bucci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 24 (22), pp.12595-12621. </w:t>
@@ -2491,51 +2491,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennie L Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Favier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Asplund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2714,4700 +2714,4700 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04693285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patterns and trends of atmospheric mercury in the GMOS network: Insights based on a decade of measurements</w:t>
+                <w:t xml:space="preserve">Stable Tuna Mercury Concentrations since 1971 Illustrate Marine Inertia and the Need for Strong Emission Reductions under the Minamata Convention</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariantonia Bencardino</w:t>
+                <w:t xml:space="preserve">Anaïs Médieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesco D’amore</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">David Point</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeroen Sonke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Bertrand</w:t>
+                <w:t xml:space="preserve">Valérie Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Pollution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 363, pp.125104. </w:t>
+              <w:t xml:space="preserve">Environmental Science and Technology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 11 (3), pp.250-258. </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envpol.2024.125104⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.estlett.3c00949⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04776658v1</w:t>
+                <w:t xml:space="preserve">hal-04508967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stable Tuna Mercury Concentrations since 1971 Illustrate Marine Inertia and the Need for Strong Emission Reductions under the Minamata Convention</w:t>
+                <w:t xml:space="preserve">Patterns and trends of atmospheric mercury in the GMOS network: Insights based on a decade of measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anaïs Médieu</w:t>
+                <w:t xml:space="preserve">Mariantonia Bencardino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Point</w:t>
+                <w:t xml:space="preserve">Francesco D’amore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeroen Sonke</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hélène Angot</w:t>
+                <w:t xml:space="preserve">Lorenzo Angiuli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Allain</w:t>
+                <w:t xml:space="preserve">Yann Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Technology Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 11 (3), pp.250-258. </w:t>
+              <w:t xml:space="preserve">Environmental Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 363, pp.125104. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.estlett.3c00949⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.envpol.2024.125104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04508967v1</w:t>
+                <w:t xml:space="preserve">hal-04776658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polar oceans and sea ice in a changing climate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Marginal Ice Zone as a dominant source region of atmospheric mercury during central Arctic summertime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fange Yue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Angot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Megan D Willis</w:t>
+                <w:t xml:space="preserve">Byron Blomquist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Lannuzel</w:t>
+                <w:t xml:space="preserve">Julia Schmale</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brent Else</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Karley Campbell</w:t>
+                <w:t xml:space="preserve">Clara J M Hoppe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Elementa: Science of the Anthropocene</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1525/elementa.2023.00056⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.4887. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-40660-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04382605v1</w:t>
+                <w:t xml:space="preserve">hal-04292742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A full year of aerosol size distribution data from the central Arctic under an extreme positive Arctic Oscillation: insights from the Multidisciplinary drifting Observatory for the Study of Arctic Climate (MOSAiC) expedition</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lauriane L J Quéléver</w:t>
+                <w:t xml:space="preserve">Bromine, iodine and sodium along the EAIIST traverse: Bulk and surface snow latitudinal variability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Celli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W R L Cairns</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Scarchilli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C A Cuevas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Saiz-Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-23-389-2023⟩</w:t>
+              <w:t xml:space="preserve">Environmental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 239 (1), pp.117344. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envres.2023.117344⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04382719v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04382659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Over a decade of atmospheric mercury monitoring at Amsterdam Island in the French Southern and Antarctic Lands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Magand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeroen E Sonke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Laffont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Data </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 10 (1), </w:t>
             </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41597-023-02740-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04349870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Untangling the influence of Antarctic and Southern Ocean life on clouds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruhi Humphries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonya Fiddes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Alexander</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katye Altieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Elementa: Science of the Anthropocene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 11 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1525/elementa.2022.00130⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04244663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling the coupled mercury-halogen-ozone cycle in the central Arctic during spring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaddy Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennie L. Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Dommergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephen D. Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Elementa: Science of the Anthropocene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 11 (1), pp.6237-6271. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1525/elementa.2022.00129⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04233284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low ozone dry deposition rates to sea ice during the MOSAiC field campaign: Implications for the Arctic boundary layer ozone budget</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johannes G M Barten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurens N Ganzeveld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gert-Jan Steeneveld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Byron W Blomquist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Elementa: Science of the Anthropocene</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 11 (1), pp.00086. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1525/elementa.2022.00086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04292739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Marginal Ice Zone as a dominant source region of atmospheric mercury during central Arctic summertime</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">A full year of aerosol size distribution data from the central Arctic under an extreme positive Arctic Oscillation: insights from the Multidisciplinary drifting Observatory for the Study of Arctic Climate (MOSAiC) expedition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Aliaga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jakob Boyd Pernov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Clara J M Hoppe</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauriane L J Quéléver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 23, pp.389 - 415. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-23-389-2023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-40660-9⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04292742v1</w:t>
+                <w:t xml:space="preserve">hal-04382719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bromine, iodine and sodium along the EAIIST traverse: Bulk and surface snow latitudinal variability</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Widespread detection of chlorine oxyacids in the Arctic atmosphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W R L Cairns</w:t>
+                <w:t xml:space="preserve">Yee Jun Tham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Scarchilli</w:t>
+                <w:t xml:space="preserve">Nina Sarnela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C A Cuevas</w:t>
+                <w:t xml:space="preserve">Siddharth Iyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Saiz-Lopez</w:t>
+                <w:t xml:space="preserve">Qinyi Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 239 (1), pp.117344. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.1769. </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envres.2023.117344⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-37387-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04382659v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04292735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Widespread detection of chlorine oxyacids in the Arctic atmosphere</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thin and transient meltwater layers and false bottoms in the Arctic sea ice pack—Recent insights on these historically overlooked features</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madison M Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Angot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yee Jun Tham</w:t>
+                <w:t xml:space="preserve">Emelia J Chamberlain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise S Droste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nina Sarnela</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Hélène Angot</w:t>
+                <w:t xml:space="preserve">Salar Karam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-37387-y⟩</w:t>
+              <w:t xml:space="preserve">Elementa: Science of the Anthropocene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (1), pp.00025. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1525/elementa.2023.00025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04292735v1</w:t>
+                <w:t xml:space="preserve">hal-04382670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thin and transient meltwater layers and false bottoms in the Arctic sea ice pack—Recent insights on these historically overlooked features</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Measurements of aerosol microphysical and chemical properties in the central Arctic atmosphere during MOSAiC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Heutte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nora Bergner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivo Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Salar Karam</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lubna Dada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Elementa: Science of the Anthropocene</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1525/elementa.2023.00025⟩</w:t>
+              <w:t xml:space="preserve">Scientific Data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10, pp.690. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41597-023-02586-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04382670v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04382649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurements of aerosol microphysical and chemical properties in the central Arctic atmosphere during MOSAiC</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Global change effects on biogeochemical mercury cycling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeroen E Sonke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lubna Dada</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanxu Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Poulain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erik Bjorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Data </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41597-023-02586-1⟩</w:t>
+              <w:t xml:space="preserve">AMBIO: A Journal of Environment and Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13280-023-01855-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04382649v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04382707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global change effects on biogeochemical mercury cycling</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Polar oceans and sea ice in a changing climate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Megan D Willis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Lannuzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brent Else</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erik Bjorn</w:t>
+                <w:t xml:space="preserve">Karley Campbell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AMBIO: A Journal of Environment and Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">Elementa: Science of the Anthropocene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11 (1), pp.00056. </w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s13280-023-01855-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1525/elementa.2023.00056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04382707v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04382605v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Substantial contribution of iodine to Arctic ozone destruction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Automated identification of local contamination in remote atmospheric composition time series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivo Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Angot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nuria Benavent</w:t>
+                <w:t xml:space="preserve">Andrea Baccarini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lubna Dada</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anoop Mahajan</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Julia Schmale</w:t>
+                <w:t xml:space="preserve">Lauriane Quéléver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Geoscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41561-022-01018-w⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 15 (14), pp.4195-4224. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/amt-15-4195-2022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03779484v1</w:t>
+                <w:t xml:space="preserve">hal-04382744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arctic atmospheric mercury: Sources and changes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ashu Dastoor</w:t>
+                <w:t xml:space="preserve">Evidence that Pacific tuna mercury levels are driven by marine methylmercury production and anthropogenic inputs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Médieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Point</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takaaki Itai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon J Wilson</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Hélène Angot</w:t>
+                <w:t xml:space="preserve">Pearse Buchanan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2022.156213⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 119 (2), pp.e2113032119. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2113032119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04382754v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03535193v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of the MOSAiC expedition: Atmosphere</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Atmospheric biogenic volatile organic compounds in the Alaskan Arctic tundra: constraints from measurements at Toolik Field Station</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Selimovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Ketcherside</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthew Shupe</w:t>
+                <w:t xml:space="preserve">Sreelekha Chaliyakunnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Markus Rex</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Byron Blomquist</w:t>
+                <w:t xml:space="preserve">Catherine Wielgasz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P Ola</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">G Persson</w:t>
+                <w:t xml:space="preserve">Wade Permar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Elementa: Science of the Anthropocene</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1525/elementa.2021.00060⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 22, pp.14037-14058. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-22-14037-2022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03614449v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04382730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automated identification of local contamination in remote atmospheric composition time series</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Year-round trace gas measurements in the central Arctic during the MOSAiC expedition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Byron Blomquist</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dean Howard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrea Baccarini</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lubna Dada</w:t>
+                <w:t xml:space="preserve">Stephen Archer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lauriane Quéléver</w:t>
+                <w:t xml:space="preserve">Ludovic Bariteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Measurement Techniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 15 (14), pp.4195-4224. </w:t>
+              <w:t xml:space="preserve">Scientific Data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9 (1), pp.723. </w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/amt-15-4195-2022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41597-022-01769-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04382744v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03933397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence that Pacific tuna mercury levels are driven by marine methylmercury production and anthropogenic inputs</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">A central arctic extreme aerosol event triggered by a warm air-mass intrusion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lubna Dada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pearse Buchanan</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivo Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Baccarini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauriane L J Quéléver</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.2113032119⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-022-32872-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03535193v1</w:t>
+                <w:t xml:space="preserve">hal-04383091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atmospheric biogenic volatile organic compounds in the Alaskan Arctic tundra: constraints from measurements at Toolik Field Station</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Wade Permar</w:t>
+                <w:t xml:space="preserve">Arctic mercury cycling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashu Dastoor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Angot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johannes Bieser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesper Christensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Douglas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-22-14037-2022⟩</w:t>
+              <w:t xml:space="preserve">Nature Reviews Earth &amp; Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s43017-022-00269-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04382730v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03619231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Year-round trace gas measurements in the central Arctic during the MOSAiC expedition</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">What are the likely changes in mercury concentration in the Arctic atmosphere and ocean under future emissions scenarios?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amina T Schartup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne L Soerensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katlin Bowman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noelle E Selin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Data </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41597-022-01769-6⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 836, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2022.155477⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03933397v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04382761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A central arctic extreme aerosol event triggered by a warm air-mass intrusion</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lauriane L J Quéléver</w:t>
+                <w:t xml:space="preserve">Overview of the MOSAiC expedition: Atmosphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Shupe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Markus Rex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Byron Blomquist</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Ola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Persson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 13, </w:t>
+              <w:t xml:space="preserve">Elementa: Science of the Anthropocene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-022-32872-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1525/elementa.2021.00060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04383091v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03614449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arctic mercury cycling</w:t>
+                <w:t xml:space="preserve">Arctic atmospheric mercury: Sources and changes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashu Dastoor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon J Wilson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oleg Travnikov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrei Ryjkov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Thomas Douglas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Reviews Earth &amp; Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s43017-022-00269-w⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 839, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2022.156213⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03619231v1</w:t>
+                <w:t xml:space="preserve">hal-04382754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What are the likely changes in mercury concentration in the Arctic atmosphere and ocean under future emissions scenarios?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Substantial contribution of iodine to Arctic ozone destruction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne L Soerensen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hélène Angot</w:t>
+                <w:t xml:space="preserve">Nuria Benavent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katlin Bowman</w:t>
+                <w:t xml:space="preserve">Anoop Mahajan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qinyi Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noelle E Selin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Carlos Cuevas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Schmale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 836, </w:t>
+              <w:t xml:space="preserve">Nature Geoscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2022.155477⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41561-022-01018-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04382761v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03779484v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atmospheric mercury sources in a coastal-urban environment: a case study in Boston, Massachusetts, USA</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Large contribution of biomass burning emissions to ozone throughout the global remote troposphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emma Rutkowski</w:t>
+                <w:t xml:space="preserve">Ilann Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maryann Sargent</w:t>
+                <w:t xml:space="preserve">Jeff Peischl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steven C Wofsy</w:t>
+                <w:t xml:space="preserve">J. Andrew Neuman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucy R Hutyra</w:t>
+                <w:t xml:space="preserve">Steven S Brown</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chelsea R Thompson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science: Processes &amp; Impacts</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d1em00253h⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 118 (52), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.2109628118⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04382791v1</w:t>
+                <w:t xml:space="preserve">hal-04382778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large contribution of biomass burning emissions to ozone throughout the global remote troposphere</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Atmospheric oil and natural gas hydrocarbon trends in the Northern Colorado Front Range are notably smaller than inventory emissions reductions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeff Peischl</w:t>
+                <w:t xml:space="preserve">Samuel J Oltmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Andrew Neuman</w:t>
+                <w:t xml:space="preserve">Lucy C Cheadle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Detlev Helmig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steven S Brown</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Chelsea R Thompson</w:t>
+                <w:t xml:space="preserve">Gabrielle Pétron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.2109628118⟩</w:t>
+              <w:t xml:space="preserve">Elementa: Science of the Anthropocene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1525/elementa.2020.00136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04382778v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04382816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atmospheric oil and natural gas hydrocarbon trends in the Northern Colorado Front Range are notably smaller than inventory emissions reductions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mercury in precipitated and surface snow at Dome C and a first estimate of mercury depositional fluxes during the Austral summer on the high Antarctic plateau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Warren Rl. Cairns</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel J Oltmans</w:t>
+                <w:t xml:space="preserve">Clara Turetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucy C Cheadle</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hélène Angot</w:t>
+                <w:t xml:space="preserve">Niccolò Maffezzoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Magand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabrielle Pétron</w:t>
+                <w:t xml:space="preserve">Beatriz Ferreira Araujo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Elementa: Science of the Anthropocene</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 9, </w:t>
+              <w:t xml:space="preserve">Atmospheric Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 262, </w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1525/elementa.2020.00136⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2021.118634⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04382816v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03706450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mercury in precipitated and surface snow at Dome C and a first estimate of mercury depositional fluxes during the Austral summer on the high Antarctic plateau</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Temporary pause in the growth of atmospheric ethane and propane in 2015–2018</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Angot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Warren Rl. Cairns</w:t>
+                <w:t xml:space="preserve">Connor Davel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clara Turetta</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Beatriz Ferreira Araujo</w:t>
+                <w:t xml:space="preserve">Christine Wiedinmyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabrielle Pétron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jashan Chopra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2021.118634⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21, pp.15153 - 15170. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-21-15153-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03706450v1</w:t>
+                <w:t xml:space="preserve">hal-04382810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporary pause in the growth of atmospheric ethane and propane in 2015–2018</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Atmospheric mercury sources in a coastal-urban environment: a case study in Boston, Massachusetts, USA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emma Rutkowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryann Sargent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Connor Davel</w:t>
+                <w:t xml:space="preserve">Steven C Wofsy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Wiedinmyer</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jashan Chopra</w:t>
+                <w:t xml:space="preserve">Lucy R Hutyra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 21, pp.15153 - 15170. </w:t>
+              <w:t xml:space="preserve">Environmental Science: Processes &amp; Impacts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23, pp.1914 - 1929. </w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/acp-21-15153-2021⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d1em00253h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04382810v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04382791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mercury Benefits of Climate Policy in China: Addressing the Paris Agreement and the Minamata Convention Simultaneously</w:t>
+                <w:t xml:space="preserve">Atmospheric mercury in the Southern Hemisphere – Part 1: Trend and inter-annual variations in atmospheric mercury at Cape Point, South Africa, in 2007–2017, and on Amsterdam Island in 2012–2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kathleen M Mulvaney</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Noelle E Selin</w:t>
+                <w:t xml:space="preserve">Franz Slemr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amanda Giang</w:t>
+                <w:t xml:space="preserve">Lynwill Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marilena Muntean</w:t>
+                <w:t xml:space="preserve">Casper Labuschagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chiao-Ting Li</w:t>
+                <w:t xml:space="preserve">Thumeka Mkololo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.est.9b06741⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (13), pp.7683-7692. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-20-7683-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04382851v1</w:t>
+                <w:t xml:space="preserve">hal-02897103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonal Variation of Mercury and Its Isotopes in Atmospheric Particles at the Coastal Zhongshan Station, Eastern Antarctica</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Atmospheric mercury in the Southern Hemisphere – Part 2: Source apportionment analysis at Cape Point station, South Africa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jiubin Chen</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Johannes Bieser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franz Slemr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lynwill Martin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20, pp.10427 - 10439. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-20-10427-2020⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.est.0c04462⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04382834v1</w:t>
+                <w:t xml:space="preserve">hal-04382841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biogenic volatile organic compound ambient mixing ratios and emission rates in the Alaskan Arctic tundra</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Seasonal Variation of Mercury and Its Isotopes in Atmospheric Particles at the Coastal Zhongshan Station, Eastern Antarctica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chuanjin Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jiubin Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jacques Hueber</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wang Zheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guitao Shi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biogeosciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/bg-17-6219-2020⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 54, pp.11344 - 11355. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.est.0c04462⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04382825v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04382834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atmospheric mercury in the Southern Hemisphere – Part 1: Trend and inter-annual variations in atmospheric mercury at Cape Point, South Africa, in 2007–2017, and on Amsterdam Island in 2012–2017</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biogenic volatile organic compound ambient mixing ratios and emission rates in the Alaskan Arctic tundra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Angot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katelyn Mcerlean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lu Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franz Slemr</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Helene Angot</w:t>
+                <w:t xml:space="preserve">Dylan B Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Hueber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-20-7683-2020⟩</w:t>
+              <w:t xml:space="preserve">Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17, pp.6219 - 6236. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/bg-17-6219-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02897103v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04382825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atmospheric mercury in the Southern Hemisphere – Part 2: Source apportionment analysis at Cape Point station, South Africa</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Impact of dam flushing operations on sediment dynamics and quality in the upper Rhône River, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Lepage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Le Coz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecile Miege</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 20, pp.10427 - 10439. </w:t>
+              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 255, pp.1-10. </w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/acp-20-10427-2020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2019.109886⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04382841v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02454925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of dam flushing operations on sediment dynamics and quality in the upper Rhône River, France</w:t>
+                <w:t xml:space="preserve">Mercury Benefits of Climate Policy in China: Addressing the Paris Agreement and the Minamata Convention Simultaneously</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugo Lepage</w:t>
+                <w:t xml:space="preserve">Kathleen M Mulvaney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noelle E Selin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marina Launay</w:t>
+                <w:t xml:space="preserve">Amanda Giang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Le Coz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hélène Angot</w:t>
+                <w:t xml:space="preserve">Marilena Muntean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecile Miege</w:t>
+                <w:t xml:space="preserve">Chiao-Ting Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 255, pp.1-10. </w:t>
+              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 54, pp.1326 - 1335. </w:t>
             </w:r>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2019.109886⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.est.9b06741⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02454925v1</w:t>
+                <w:t xml:space="preserve">hal-04382851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diurnal cycle of iodine, bromine, and mercury concentrations in Svalbard surface snow</w:t>
               </w:r>
@@ -7432,51 +7432,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elena Barbaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Cappelletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Turetta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mauro Mazzola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7521,230 +7521,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04349829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterizing Atmospheric Transport Pathways to Antarctica and the Remote Southern Ocean Using Radon-222</w:t>
+                <w:t xml:space="preserve">Sampling of suspended particulate matter using particle traps in the Rhône River: Relevance and representativeness for the monitoring of contaminants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scott D Chambers</w:t>
+                <w:t xml:space="preserve">M. Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Susanne Preunkert</w:t>
+                <w:t xml:space="preserve">H. Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rolf Weller</w:t>
+                <w:t xml:space="preserve">C. Le Bescond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sang-Bum Hong</w:t>
+                <w:t xml:space="preserve">M. Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ruhi S Humphries</w:t>
+                <w:t xml:space="preserve">Aymeric Dabrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 6, </w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 637-638, pp.538-549. </w:t>
             </w:r>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/feart.2018.00190⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.04.343⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04349815v1</w:t>
+                <w:t xml:space="preserve">hal-02015899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Feedback mechanisms between snow and atmospheric mercury: Results and observations from field campaigns on the Antarctic plateau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Spolaor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Roman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Dommergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudio Scarchilli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7801,498 +7801,498 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04382879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sampling of suspended particulate matter using particle traps in the Rhône River: Relevance and representativeness for the monitoring of contaminants</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Global and Local Impacts of Delayed Mercury Mitigation Efforts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Angot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Masson</w:t>
+                <w:t xml:space="preserve">Nicholas Hoffman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amanda Giang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Angot</w:t>
+                <w:t xml:space="preserve">Colin P Thackray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Le Bescond</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Aymeric Dabrin</w:t>
+                <w:t xml:space="preserve">Ashley N Hendricks</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.04.343⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 52, pp.12968 - 12977. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.est.8b04542⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02015899v1</w:t>
+                <w:t xml:space="preserve">hal-04382863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global and Local Impacts of Delayed Mercury Mitigation Efforts</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Understanding mercury oxidation and air–snow exchange on the East Antarctic Plateau: a modeling study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shaojie E Song</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noelle E Selin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hubert Gallée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicholas Hoffman</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Ashley N Hendricks</w:t>
+                <w:t xml:space="preserve">Francesca Sprovieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.est.8b04542⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 18 (21), pp.15825-15840. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-18-15825-2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04382863v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02350377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId328" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Understanding mercury oxidation and air–snow exchange on the East Antarctic Plateau: a modeling study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Superstatistical Nature and Interoccurrence Time of Atmospheric Mercury Concentration Fluctuations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Carbone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. G. Bruno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shaojie E Song</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Noelle E Selin</w:t>
+                <w:t xml:space="preserve">A. Naccarato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hubert Gallée</w:t>
+                <w:t xml:space="preserve">F. Deâ Simone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesca Sprovieri</w:t>
+                <w:t xml:space="preserve">C. N. Gencarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 18 (21), pp.15825-15840. </w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 123, pp.764-774. </w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/acp-18-15825-2018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/2017JD027384⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02350377v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03706514v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tracing the Fate of Atmospheric Nitrate in a Subalpine Watershed Using Δ17 O</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilann Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Savarino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Caillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albane Barbero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8337,243 +8337,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01801964v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Superstatistical Nature and Interoccurrence Time of Atmospheric Mercury Concentration Fluctuations</w:t>
+                <w:t xml:space="preserve">Characterizing Atmospheric Transport Pathways to Antarctica and the Remote Southern Ocean Using Radon-222</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Carbone</w:t>
+                <w:t xml:space="preserve">Scott D Chambers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. G. Bruno</w:t>
+                <w:t xml:space="preserve">Susanne Preunkert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Naccarato</w:t>
+                <w:t xml:space="preserve">Rolf Weller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Deâ Simone</w:t>
+                <w:t xml:space="preserve">Sang-Bum Hong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. N. Gencarelli</w:t>
+                <w:t xml:space="preserve">Ruhi S Humphries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research: Atmospheres</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 123, pp.764-774. </w:t>
+              <w:t xml:space="preserve">Frontiers in Earth Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/2017JD027384⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/feart.2018.00190⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-03706514v1</w:t>
+                <w:t xml:space="preserve">hal-04349815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Five-year records of mercury wet deposition flux at GMOS sites in the Northern and Southern hemispheres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Sprovieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicola Pirrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariantonia Bencardino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco d'Amore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 17, pp.2689-2708. </w:t>
@@ -8611,103 +8611,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-model study of mercury dispersion in the atmosphere: atmospheric processes and model evaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oleg Travnikov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo Artaxo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariantonia Bencardino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johannes Bieser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 17, pp.5271-5295. </w:t>
@@ -8739,1021 +8739,1021 @@
                 </w:rPr>
                 <w:t xml:space="preserve">insu-03706526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into the atmospheric mercury cycling in central Antarctica and implications on a continental scale</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Chemical cycling and deposition of atmospheric mercury in polar regions: review of recent measurements and comparison with models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Ricaud</w:t>
+                <w:t xml:space="preserve">Ashu E Dastoor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boris Quennehen</w:t>
+                <w:t xml:space="preserve">Francesco A de Simone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katarina E Gårdfeldt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian A Gencarelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 16 (13), pp.8249-8264. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-16-8249-2016⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 16 (16), pp.10735 - 10763. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-16-10735-2016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-01391379v1</w:t>
+                <w:t xml:space="preserve">insu-01389460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atmospheric mercury concentrations observed at ground-based monitoring sites globally distributed in the framework of the GMOS network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Sprovieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicola Pirrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariantonia Bencardino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco D 'Amore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesco Carbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 16 (18), pp.11915 - 11935. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/acp-16-11915-2016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01836095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical cycling and deposition of atmospheric mercury in polar regions: review of recent measurements and comparison with models</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Multi-year record of atmospheric mercury at Dumont d'Urville, East Antarctic coast: continental outflow and oceanic influences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Katarina E Gårdfeldt</w:t>
+                <w:t xml:space="preserve">Iris Dion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian A Gencarelli</w:t>
+                <w:t xml:space="preserve">Nicolas Vogel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Magand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 16 (16), pp.10735 - 10763. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-16-10735-2016⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 16 (13), pp.8265-8279. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/acp-16-8265-2016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01389460v1</w:t>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01391278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-year record of atmospheric mercury at Dumont d'Urville, East Antarctic coast: continental outflow and oceanic influences</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">New insights into the atmospheric mercury cycling in central Antarctica and implications on a continental scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId367" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Iris Dion</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Magand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Detlev Helmig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Vogel</w:t>
+                <w:t xml:space="preserve">Philippe Ricaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Legrand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Magand</w:t>
+                <w:t xml:space="preserve">Boris Quennehen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 16 (13), pp.8265-8279. </w:t>
+              <w:t xml:space="preserve">, 2016, 16 (13), pp.8249-8264. </w:t>
             </w:r>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/acp-16-8265-2016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/acp-16-8249-2016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-01391278v1</w:t>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-01391379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of mercury concentrations measured at several sites in the Southern Hemisphere</w:t>
+                <w:t xml:space="preserve">Top-down constraints on atmospheric mercury emissions and implications for global biogeochemical cycling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F Slemr</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">S Song.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ne Selin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.L Soerensen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Barret</w:t>
+                <w:t xml:space="preserve">R Artz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 15, pp.3125 - 3133. </w:t>
+              <w:t xml:space="preserve">, 2015, 15 (12), pp.7103-7125. </w:t>
             </w:r>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/acp-15-3125-2015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/acp-15-7103-2015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04382890v1</w:t>
+                <w:t xml:space="preserve">insu-01203657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Top-down constraints on atmospheric mercury emissions and implications for global biogeochemical cycling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Calibrating pollutant dispersion in 1-D hydraulic models of river networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Song.</w:t>
+                <w:t xml:space="preserve">J. Le Coz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ne Selin</w:t>
+                <w:t xml:space="preserve">B. Camenen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.L Soerensen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">R Artz</w:t>
+                <w:t xml:space="preserve">C. Walter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/acp-15-7103-2015⟩</w:t>
+              <w:t xml:space="preserve">Journal of Hydro-environment Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 9 (1), pp.120-132. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jher.2014.07.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-01203657v1</w:t>
+                <w:t xml:space="preserve">hal-01118986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calibrating pollutant dispersion in 1-D hydraulic models of river networks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Launay</w:t>
+                <w:t xml:space="preserve">Comparison of mercury concentrations measured at several sites in the Southern Hemisphere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Slemr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Le Coz</w:t>
+                <w:t xml:space="preserve">A Dommergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Camenen</w:t>
+                <w:t xml:space="preserve">O Magand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Walter</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">H. Angot</w:t>
+                <w:t xml:space="preserve">M Barret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hydro-environment Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 9 (1), pp.120-132. </w:t>
+              <w:t xml:space="preserve">Atmospheric Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 15, pp.3125 - 3133. </w:t>
             </w:r>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jher.2014.07.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/acp-15-3125-2015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01118986v1</w:t>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04382890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical and physical simulation of soluble contaminant transport through complex large river systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Le Coz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Dramais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9808,51 +9808,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A 2-year record of atmospheric mercury species at a background Southern Hemisphere station on Amsterdam Island</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Barret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9970,77 +9970,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation des flux de contaminants particulaires à Arles et Jons (2011 à 2012)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Le Coz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Coquery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10099,90 +10099,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des données de surveillance de l’Agence de l’Eau Rhône-Méditerranée-Corse pour le calcul de flux de contaminants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Coquery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Le Coz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Radakovitch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10260,90 +10260,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des données de surveillance de l’Agence de l’Eau Rhône-Méditerranée-Corse pour le calcul de flux de contaminants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Coquery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Le Coz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Radakovitch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10382,90 +10382,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recommandations pour la quantification des flux particulaires sur le Rhône et ses affluents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Le Coz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Coquery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Radakovitch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10504,103 +10504,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi scientifique des opérations de chasses sur le Haut Rhône de juin 2012</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Le Coz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Launay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Guertault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Camenen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] irstea. 2013, pp.58</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -10658,51 +10658,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cycle atmosphérique du mercure dans des zones reculées de l’Hémisphère Sud : cas de la couche limite marine subantarctique et du continent Antarctique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Angot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Océan, Atmosphère. Université Grenoble Alpes, 2016. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2016GREAU014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -10819,51 +10819,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7038D018"/>
+    <w:nsid w:val="BB67B634"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -11050,51 +11050,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/helene-angot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4673-8249" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/201318571" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503033v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aydo&#287;an Avc&#305;o&#287;lu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Dicen" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Surya Gupta" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Alewell" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Evrard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.18492750" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480562v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Geoffroy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Polyakov" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marit Reigstad" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia G Acinas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Amiraux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516382v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakiko Ishino" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Willis" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Angot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Bartels-Rausch" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Crabeck" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2025.00067" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031108v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Bergner" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Heutte" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo Beck" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob B Pernov" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2024.00047" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313316v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gang I Chen" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imad El Haddad" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.5c09788" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957066v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubna Dada" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-25-2207-2025" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907306v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masaki Yoshimura" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daiki Nomura" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison L Webb" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhong Li" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Dall&#8217;osto" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2024.00023" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882137v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Detlev Helmig" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Greenberg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Hueber" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Blanchard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jashan Chopra" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2023.00117" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233585v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koketso M Molepo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Bieser" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alkuin M Koenig" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian M Hedgecock" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Ebinghaus" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-25-9645-2025" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944844v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuanjin Li" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiubin Chen" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guitao Shi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Zheng" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024GL112649" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294275v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yugo Kanaya" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Sommariva" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso Saiz-Lopez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Mazzeo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodore K Koenig" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17596/0004044" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173102v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fange Yue" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongwei Liu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhouqing Xie" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-61000-z" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-05501801v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haicong Zhan" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-67864-5" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371434v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy R Macfarlane" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madison M Smith" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radiance Calmer" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise S Droste" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Tippenhauer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2025.00035" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05070963v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashu Dastoor" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Brocza" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brock Edwards" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-18-2747-2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597406v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Moallemi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob Boyd Pernov" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2023.00125" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782695v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Boyer" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Aliaga" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane L J Qu&#233;l&#233;ver" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Bucci" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-24-12595-2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04394770v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Lapere" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennie L Thomas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Favier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Asplund" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023jd039606" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693285v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma J Gillies" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mi-Ling Li" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Villy Christensen" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carie Hoover" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristen J Sora" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsenvironau.3c00072" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776658v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariantonia Bencardino" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco D&#8217;amore" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Angiuli" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bertrand" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.125104" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508967v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s M&#233;dieu" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Point" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Sonke" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Allain" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.estlett.3c00949" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382605v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan D Willis" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lannuzel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent Else" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karley Campbell" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2023.00056" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382719v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-23-389-2023" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349870v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Magand" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen E Sonke" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Laffont" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-02740-9" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244663v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mallet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruhi Humphries" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonya Fiddes" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Alexander" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katye Altieri" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2022.00130" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233284v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaddy Ahmed" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennie L. Thomas" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Dommergue" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen D. Archer" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2022.00129" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292739v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes G M Barten" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurens N Ganzeveld" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gert-Jan Steeneveld" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Byron W Blomquist" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2022.00086" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292742v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Byron Blomquist" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Schmale" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara J M Hoppe" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-40660-9" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382659v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Celli" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W R L Cairns" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Scarchilli" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C A Cuevas" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Saiz-Lopez" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2023.117344" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292735v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yee Jun Tham" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Sarnela" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siddharth Iyer" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinyi Li" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-37387-y" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382670v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emelia J Chamberlain" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salar Karam" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2023.00025" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382649v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-02586-1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382707v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanxu Zhang" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poulain" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Bjorn" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-023-01855-y" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779484v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Benavent" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anoop Mahajan" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Cuevas" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-022-01018-w" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382754v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon J Wilson" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Travnikov" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Ryjkov" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.156213" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614449v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Shupe" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Rex" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Ola" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Persson" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2021.00060" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382744v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Baccarini" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Qu&#233;l&#233;ver" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-15-4195-2022" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535193v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takaaki Itai" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pearse Buchanan" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2113032119" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382730v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Selimovic" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Ketcherside" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sreelekha Chaliyakunnel" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Wielgasz" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wade Permar" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-22-14037-2022" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933397v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dean Howard" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Archer" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bariteau" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-022-01769-6" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04383091v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-32872-2" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619231v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesper Christensen" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Douglas" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43017-022-00269-w" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382761v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina T Schartup" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne L Soerensen" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katlin Bowman" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelle E Selin" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.155477" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382791v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Rutkowski" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryann Sargent" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven C Wofsy" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy R Hutyra" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1em00253h" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382778v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilann Bourgeois" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Peischl" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Andrew Neuman" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven S Brown" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chelsea R Thompson" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2109628118" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382816v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel J Oltmans" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy C Cheadle" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle P&#233;tron" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2020.00136" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03706450v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Warren Rl. Cairns" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Turetta" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccol&#242; Maffezzoli" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Ferreira Araujo" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2021.118634" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382810v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connor Davel" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Wiedinmyer" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-21-15153-2021" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382851v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen M Mulvaney" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Giang" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilena Muntean" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiao-Ting Li" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.9b06741" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382834v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.0c04462" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382825v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katelyn Mcerlean" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Hu" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan B Millet" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-17-6219-2020" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897103v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Slemr" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynwill Martin" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casper Labuschagne" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thumeka Mkololo" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Angot" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-20-7683-2020" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382841v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-20-10427-2020" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454925v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lepage" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Launay" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Le Coz" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Miege" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2019.109886" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349829v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Spolaor" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Barbaro" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cappelletti" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Mazzola" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-13325-2019" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349815v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott D Chambers" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Preunkert" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolf Weller" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang-Bum Hong" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruhi S Humphries" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2018.00190" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382879v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Roman" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Scarchilli" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2017.12.180" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XJX5QN17-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015899v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Masson" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Angot" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Bescond" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Launay" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Dabrin" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.04.343" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382863v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Hoffman" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin P Thackray" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley N Hendricks" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.8b04542" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350377v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaojie E Song" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Gall&#233;e" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Sprovieri" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-18-15825-2018" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801964v2" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Savarino" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Caillon" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Barbero" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.7b02395" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03706514v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Carbone" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. G. Bruno" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Naccarato" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. De&#226; Simone" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. N. Gencarelli" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JD027384" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03706528v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Pirrone" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco d'Amore" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-2689-2017" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03706526v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Artaxo" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-5271-2017" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01391379v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ricaud" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Quennehen" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-8249-2016" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01836095v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco D 'Amore" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Carbone" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-11915-2016" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01389460v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashu E Dastoor" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco A de Simone" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarina E G&#229;rdfeldt" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian A Gencarelli" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-10735-2016" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01391278v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Dion" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vogel" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Legrand" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-8265-2016" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382890v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Slemr" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Dommergue" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Magand" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Barret" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-15-3125-2015" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01203657v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Song." TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ne Selin" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L Soerensen" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Artz" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-15-7103-2015" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118986v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Le Coz" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Camenen" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Walter" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jher.2014.07.005" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787320v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dramais" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Andries" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116021v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barret" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Magand" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ramonet" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dommergue" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-14-11461-2014" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787338v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Coquery" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Radakovitch" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787337v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601931v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601930v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601929v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guertault" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01536102v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016GREAU014" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/helene-angot" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4673-8249" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/201318571" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480562v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Geoffroy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Polyakov" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marit Reigstad" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia G Acinas" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Amiraux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05516382v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakiko Ishino" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Willis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Angot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thorsten Bartels-Rausch" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Crabeck" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2025.00067" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503033v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aydo&#287;an Avc&#305;o&#287;lu" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerald Dicen" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Surya Gupta" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Alewell" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Evrard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.18492750" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907306v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masaki Yoshimura" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daiki Nomura" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison L Webb" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhong Li" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Dall&#8217;osto" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2024.00023" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05031108v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nora Bergner" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Heutte" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivo Beck" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob B Pernov" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2024.00047" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313316v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gang I Chen" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imad El Haddad" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.5c09788" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04957066v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lubna Dada" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-25-2207-2025" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04882137v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Detlev Helmig" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Greenberg" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Hueber" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brendan Blanchard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jashan Chopra" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2023.00117" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05294275v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yugo Kanaya" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Sommariva" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfonso Saiz-Lopez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Mazzeo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theodore K Koenig" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17596/0004044" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233585v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koketso M Molepo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Bieser" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alkuin M Koenig" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian M Hedgecock" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Ebinghaus" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-25-9645-2025" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04944844v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuanjin Li" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiubin Chen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guitao Shi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Zheng" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2024GL112649" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173102v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fange Yue" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongwei Liu" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhouqing Xie" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-61000-z" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-05501801v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haicong Zhan" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-67864-5" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371434v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy R Macfarlane" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madison M Smith" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Radiance Calmer" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise S Droste" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Tippenhauer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2025.00035" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05070963v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashu Dastoor" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Brocza" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brock Edwards" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-18-2747-2025" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597406v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alireza Moallemi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob Boyd Pernov" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2023.00125" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782695v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Boyer" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Aliaga" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane L J Qu&#233;l&#233;ver" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Bucci" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-24-12595-2024" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04394770v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Lapere" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennie L Thomas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Favier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Asplund" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2023jd039606" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04693285v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma J Gillies" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mi-Ling Li" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Villy Christensen" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carie Hoover" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristen J Sora" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsenvironau.3c00072" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508967v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s M&#233;dieu" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Point" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Sonke" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Allain" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.estlett.3c00949" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776658v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariantonia Bencardino" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco D&#8217;amore" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Angiuli" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bertrand" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.125104" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292742v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Byron Blomquist" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Schmale" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara J M Hoppe" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-40660-9" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382659v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Celli" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W R L Cairns" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Scarchilli" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C A Cuevas" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Saiz-Lopez" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2023.117344" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349870v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Magand" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen E Sonke" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Laffont" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-02740-9" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04244663v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mallet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruhi Humphries" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonya Fiddes" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Alexander" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katye Altieri" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2022.00130" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04233284v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaddy Ahmed" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennie L. Thomas" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Dommergue" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen D. Archer" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2022.00129" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292739v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes G M Barten" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurens N Ganzeveld" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gert-Jan Steeneveld" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Byron W Blomquist" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2022.00086" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382719v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-23-389-2023" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04292735v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yee Jun Tham" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Sarnela" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siddharth Iyer" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qinyi Li" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-37387-y" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382670v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emelia J Chamberlain" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salar Karam" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2023.00025" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382649v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-02586-1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382707v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanxu Zhang" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Poulain" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Bjorn" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13280-023-01855-y" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382605v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan D Willis" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Lannuzel" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent Else" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karley Campbell" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2023.00056" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382744v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Baccarini" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Qu&#233;l&#233;ver" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/amt-15-4195-2022" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535193v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takaaki Itai" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pearse Buchanan" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2113032119" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382730v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Selimovic" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Ketcherside" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sreelekha Chaliyakunnel" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Wielgasz" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wade Permar" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-22-14037-2022" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933397v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dean Howard" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Archer" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Bariteau" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-022-01769-6" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04383091v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-32872-2" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619231v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesper Christensen" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Douglas" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s43017-022-00269-w" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382761v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina T Schartup" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne L Soerensen" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katlin Bowman" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noelle E Selin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.155477" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614449v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Shupe" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Markus Rex" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Ola" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Persson" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2021.00060" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382754v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon J Wilson" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Travnikov" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Ryjkov" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.156213" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779484v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuria Benavent" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anoop Mahajan" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Cuevas" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41561-022-01018-w" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382778v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilann Bourgeois" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Peischl" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Andrew Neuman" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven S Brown" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chelsea R Thompson" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2109628118" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382816v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel J Oltmans" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy C Cheadle" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle P&#233;tron" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1525/elementa.2020.00136" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03706450v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Warren Rl. Cairns" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Turetta" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccol&#242; Maffezzoli" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Ferreira Araujo" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2021.118634" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382810v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Connor Davel" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Wiedinmyer" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-21-15153-2021" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382791v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Rutkowski" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryann Sargent" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven C Wofsy" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy R Hutyra" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1em00253h" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897103v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franz Slemr" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynwill Martin" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Casper Labuschagne" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thumeka Mkololo" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Angot" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-20-7683-2020" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382841v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-20-10427-2020" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382834v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.0c04462" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382825v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katelyn Mcerlean" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu Hu" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dylan B Millet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-17-6219-2020" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454925v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lepage" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Launay" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Le Coz" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Miege" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2019.109886" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382851v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathleen M Mulvaney" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Giang" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilena Muntean" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiao-Ting Li" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.9b06741" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349829v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Spolaor" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Barbaro" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cappelletti" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Mazzola" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-19-13325-2019" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015899v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Masson" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Angot" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Bescond" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Launay" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Dabrin" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.04.343" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382879v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Roman" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Scarchilli" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2017.12.180" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XJX5QN17-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382863v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Hoffman" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin P Thackray" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley N Hendricks" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.8b04542" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350377v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaojie E Song" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Gall&#233;e" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Sprovieri" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-18-15825-2018" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03706514v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Carbone" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. G. Bruno" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Naccarato" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. De&#226; Simone" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. N. Gencarelli" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2017JD027384" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01801964v2" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Savarino" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Caillon" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Barbero" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.7b02395" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349815v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Scott D Chambers" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Preunkert" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolf Weller" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sang-Bum Hong" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruhi S Humphries" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feart.2018.00190" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03706528v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Pirrone" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco d'Amore" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-2689-2017" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03706526v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Artaxo" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-17-5271-2017" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01389460v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashu E Dastoor" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco A de Simone" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarina E G&#229;rdfeldt" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian A Gencarelli" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-10735-2016" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01836095v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco D 'Amore" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Carbone" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-11915-2016" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01391278v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Dion" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vogel" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Legrand" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-8265-2016" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01391379v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ricaud" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Quennehen" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-16-8249-2016" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01203657v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Song." TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ne Selin" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L Soerensen" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Artz" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-15-7103-2015" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118986v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Le Coz" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Camenen" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Walter" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jher.2014.07.005" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382890v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Slemr" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Dommergue" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Magand" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Barret" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-15-3125-2015" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787320v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dramais" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Andries" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03116021v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barret" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Magand" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ramonet" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dommergue" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/acp-14-11461-2014" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787338v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Coquery" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Radakovitch" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01787337v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601931v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601930v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02601929v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guertault" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01536102v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016GREAU014" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>