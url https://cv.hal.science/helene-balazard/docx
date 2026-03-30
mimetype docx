--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -337,473 +337,473 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05489250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réenchanter l’éducation à la citoyenneté : analyse des dispositifs participatifs, agoras collèges d’Y-Nove et Les enfants s’organisent</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La démocratie d’interpellation peut-elle réduire les inégalités politiques ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Chevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chopinaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Ducasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enora Ledru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Balazard</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Solène Compingt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diversité</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, n° 121 (3), pp.70-88. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/mouv.121.0070⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05391582v1</w:t>
+                <w:t xml:space="preserve">hal-05489244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La démocratie d’interpellation peut-elle réduire les inégalités politiques ?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marion Ducasse</w:t>
+                <w:t xml:space="preserve">Réenchanter l’éducation à la citoyenneté : analyse des dispositifs participatifs, agoras collèges d’Y-Nove et Les enfants s’organisent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Balazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enora Ledru</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hélène Balazard</w:t>
+                <w:t xml:space="preserve">Regis Cortesero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Compingt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Diversité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 207</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05489244v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05391582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Démocratie d’interpellation ou d’initiative citoyenne ? Retour sur la proposition de création d’un fonds pour l’interpellation citoyenne</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Démocratie d’interpellation : les contre-pouvoirs au service de la République</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Balazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Hélène Bacqué</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hélène Balazard</w:t>
+                <w:t xml:space="preserve">Simon Cottin-Marx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gonthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Kirszbaum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Talpin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, n° 121 (3), pp.26-33. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/mouv.121.0026⟩</w:t>
+              <w:t xml:space="preserve">, 2025, n° 121 (3), pp.5-11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/mouv.121.0005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05489239v1</w:t>
+                <w:t xml:space="preserve">hal-05489237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Démocratie d’interpellation : les contre-pouvoirs au service de la République</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Démocratie d’interpellation ou d’initiative citoyenne ? Retour sur la proposition de création d’un fonds pour l’interpellation citoyenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Bacqué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Balazard</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Julien Talpin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, n° 121 (3), pp.5-11. </w:t>
+              <w:t xml:space="preserve">, 2025, n° 121 (3), pp.26-33. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/mouv.121.0005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/mouv.121.0026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05489237v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05489239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’enseignement-recherche-action comme médiation entre la mobilisation citoyenne et l’action publique : la démarche Territoire Zéro Logement Passoire dans la métropole du Grand Lyon.</w:t>
               </w:r>
@@ -1147,308 +1147,308 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05040003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Confronting Islamophobia and its consequences in East London in a context of increased surveillance and stigmatisation</w:t>
+                <w:t xml:space="preserve">Pourquoi nous ? Politiser l’expérience du racisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Balazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Talpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timothy Peace</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Guillaume Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Carrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sümbül Kaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ethnicities</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/14687968221088016⟩</w:t>
+              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2022/HS (HS n°2), pp.109-123. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/mouv.hs02.0109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03871393v1</w:t>
+                <w:t xml:space="preserve">halshs-03911367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pourquoi nous ? Politiser l’expérience du racisme</w:t>
+                <w:t xml:space="preserve">Confronting Islamophobia and its consequences in East London in a context of increased surveillance and stigmatisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Balazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sümbül Kaya</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Timothy Peace</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 2022/HS (HS n°2), pp.109-123. </w:t>
+              <w:t xml:space="preserve">Ethnicities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.146879682210880. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/mouv.hs02.0109⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/14687968221088016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03911367v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03871393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anti-racist mobilization in France: between quiet activism and awareness raising</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Balazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Carrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sümbül Kaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïk Purenne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1495,103 +1495,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Nous, les autres »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Talpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Balazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Carrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Hadj Belgacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sümbül Kaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Projet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 383 (4), pp.4-11. </w:t>
@@ -1629,103 +1629,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Nous, les autres »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Talpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Balazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Carrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Hadj Belgacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sümbül Kaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Projet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, N° 383 (4), pp.4-11. </w:t>
@@ -2121,486 +2121,486 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02006243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ma cité s’organise. Community organizing et mobilisations dans les quartiers populaires (dossier)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Convier les citoyens des quartiers populaires : prendre en compte leur expertise et favoriser leur pouvoir d’agir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Laporte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Dubreuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Jean-Gilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Madelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Balazard</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Julien Talpin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Epidemiology and Public Health = Revue d'Epidémiologie et de Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 64, pp.S101-S102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.respe.2015.07.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03179928v1</w:t>
+                <w:t xml:space="preserve">halshs-03350600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convier les citoyens des quartiers populaires : prendre en compte leur expertise et favoriser leur pouvoir d’agir</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ma cité s’organise. Community organizing et mobilisations dans les quartiers populaires (dossier)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Balazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Carrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Cottin-Marx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Talpin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidemiology and Public Health = Revue d'Epidémiologie et de Santé Publique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Mouvements, 85 (1), pp.7-145</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.respe.2015.07.015⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-03350600v1</w:t>
+                <w:t xml:space="preserve">hal-03179928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Community organizing : généalogie, modèles et circulation d’une pratique émancipatrice</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Éditorial. Ma cité s’organise. Community organizing et mobilisations dans les quartiers populaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Balazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Carrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Cottin-Marx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Jouffe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Talpin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hélène Balazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 85 (1), pp.14-31. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/mouv.085.0011⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 85 (1), pp.7-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/mouv.085.0007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01672864v1</w:t>
+                <w:t xml:space="preserve">halshs-01672821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éditorial. Ma cité s’organise. Community organizing et mobilisations dans les quartiers populaires</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Community organizing : généalogie, modèles et circulation d’une pratique émancipatrice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Talpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Balazard</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Julien Talpin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 85 (1), pp.7-10. </w:t>
+              <w:t xml:space="preserve">, 2016, 85 (1), pp.14-31. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/mouv.085.0007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/mouv.085.0011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01672821v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01672864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Community organizing , pansement aux politiques néolibérales ou révolution lente ?</w:t>
               </w:r>
@@ -2890,51 +2890,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burn-out militant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Balazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Cottin-Marx</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Payot, 208 p., 2025, 978-2-228-93971-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2952,103 +2952,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’épreuve de la discrimination. Enquête dans les quartiers populaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Talpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Balazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Carrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Hadj Belgacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sümbül Kaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">PUF, 420 p., 2021, 978-2-13-082724-5. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -3079,103 +3079,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'épreuve de la discrimination : enquête dans les quartiers populaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Talpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Balazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Carrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Hadj Belgacem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sümbül Kaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PUF</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
@@ -3574,186 +3574,186 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03350419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Organiser le pouvoir de la société civile</w:t>
+                <w:t xml:space="preserve">Community organizing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Balazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Suzie Guth. </w:t>
+              <w:t xml:space="preserve">Casillo I. et al. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Saul Alinsky, Conflit et démocratie locale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, pp. 159-176, 2013, 978-2-343-00035-0</w:t>
+              <w:t xml:space="preserve">Dictionnaire critique et interdisciplinaire de la participation (Dicopart)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">GIS Démocratie et Participation</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03350397v1</w:t>
+                <w:t xml:space="preserve">hal-03352454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Community organizing</w:t>
+                <w:t xml:space="preserve">Organiser le pouvoir de la société civile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Balazard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Casillo I. et al. </w:t>
+              <w:t xml:space="preserve">Suzie Guth. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dictionnaire critique et interdisciplinaire de la participation (Dicopart)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Saul Alinsky, Conflit et démocratie locale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp. 159-176, 2013, 978-2-343-00035-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GIS Démocratie et Participation</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-03352454v1</w:t>
+                <w:t xml:space="preserve">halshs-03350397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3784,51 +3784,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Démocratie d’interpellation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Balazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Gonthier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire critique et interdisciplinaire de la Participation, DicoPart (2ème édition)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, https://www.dicopart.fr/democratie-d-interpellation-2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3954,77 +3954,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le tournant entrepreneurial de l'innovation sociale dans les quartiers. Rapport final</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Kirszbaum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Epstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Cottin-Marx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Balazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4081,64 +4081,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À l’École de la démocratie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Balazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Compingt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Regis Cortesero</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chaire UNESCO Politiques urbaines et Citoyenneté. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4208,51 +4208,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïk Purenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Lidbury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solène Compingt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ENTPE (Vaulx-en-Velin). 2023, pp.43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4270,77 +4270,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une citoyenneté réprimée. 100 cas de restrictions des libertés associatives, 12 pistes pour mieux les protéger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Talpin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Delfini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Bacqué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Badouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4444,51 +4444,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvère Angot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Cortesero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Cottin-Marx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Chaire Unesco Politiques Urbaines et Citoyenneté. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -4845,90 +4845,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Démocratie d’interpellation : les contre-pouvoirs au service de la République</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Balazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Cottin-Marx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Gonthier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Kirszbaum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Talpin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, n° 121, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4966,113 +4966,113 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ma cité s'organise.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Balazard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Carrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Cottin-Marx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Jouffe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Talpin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mouvements : des idées et des luttes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, pp.168, 2016, Mouvements, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/mouv.085.0007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01376231v1</w:t>
@@ -5173,51 +5173,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="271ABE37"/>
+    <w:nsid w:val="2A4DA923"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5404,51 +5404,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/helene-balazard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2765-5472" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/171456629" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://umr5600.cnrs.fr/fr/lequipe/name/helene-balazard-1/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489250v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dubois" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siamak Shoara" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Balazard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Demoulin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.121.0089" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391582v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Cortesero" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Compingt" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489244v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Chevet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chopinaud" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ducasse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Ledru" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.121.0070" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489239v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Bacqu&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.121.0026" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489237v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Cottin-Marx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gonthier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kirszbaum" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Talpin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.121.0005" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039990v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Dassibat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.241.0251" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039994v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Rennes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.115.0148" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039998v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Cort&#233;s&#233;ro" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ffo.414.0058" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040003v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;k Purenne" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.035.0161" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871393v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Peace" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14687968221088016" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03911367v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Carrel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#252;mb&#252;l Kaya" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.hs02.0109" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03638869v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01419870.2022.2041683" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03352283v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Hadj Belgacem" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pro.383.0004" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04557277v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03350554v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1069450ar" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092954v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pro.363.0006" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01990833v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rui" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/clcd.008.0025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006243v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Fisher" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt Scott" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.163.0507" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03179928v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03350600v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laporte" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dubreuil" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jean-Gilles" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Madelin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2015.07.015" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01672864v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.085.0011" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01672821v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jouffe" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.085.0007" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092960v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.085.0105" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092967v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.004.0129" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092979v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.8114" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-QPKSXCZX-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228284v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216201v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.hadj.2021.01" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727781v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/lien-social-le" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03350298v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03740018v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Hatzfeld" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudette Lafaye" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfeditions.com/public/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356385v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1332/policypress/9781447336150.001.0001" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03350419v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03350397v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03352454v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dicopart.fr/fr/dico/community-organizing" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05239734v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05239751v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610071v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Epstein" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Veillard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05010503v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594884v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Cortesero" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Lidbury" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03096913v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Delfini" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Badouard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03350522v2" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylv&#232;re Angot" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-03350330v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012LYO20125" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03350536v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03350566v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Genestier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413135v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376231v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/helene-balazard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2765-5472" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/171456629" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://umr5600.cnrs.fr/fr/lequipe/name/helene-balazard-1/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489250v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Dubois" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siamak Shoara" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Balazard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Demoulin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.121.0089" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489244v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Chevet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chopinaud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ducasse" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enora Ledru" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.121.0070" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391582v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Cortesero" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Compingt" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489237v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Cottin-Marx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gonthier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kirszbaum" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Talpin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.121.0005" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489239v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Bacqu&#233;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.121.0026" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039990v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Dassibat" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.241.0251" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039994v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Rennes" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.115.0148" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05039998v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Cort&#233;s&#233;ro" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ffo.414.0058" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05040003v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;k Purenne" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.035.0161" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03911367v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Roux" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Carrel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#252;mb&#252;l Kaya" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.hs02.0109" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871393v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Peace" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14687968221088016" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03638869v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01419870.2022.2041683" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03352283v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Hadj Belgacem" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pro.383.0004" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04557277v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03350554v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1069450ar" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092954v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pro.363.0006" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01990833v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Rui" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/clcd.008.0025" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02006243v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Fisher" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matt Scott" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfap.163.0507" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03350600v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Laporte" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dubreuil" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Jean-Gilles" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Madelin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2015.07.015" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03179928v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01672821v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jouffe" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.085.0007" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01672864v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.085.0011" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092960v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mouv.085.0105" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092967v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/parti.004.0129" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092979v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.8114" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-QPKSXCZX-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228284v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03216201v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.hadj.2021.01" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04727781v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/lien-social-le" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03350298v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03740018v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Hatzfeld" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudette Lafaye" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cfeditions.com/public/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356385v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1332/policypress/9781447336150.001.0001" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03350419v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03352454v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dicopart.fr/fr/dico/community-organizing" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03350397v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05239734v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05239751v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610071v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Epstein" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Veillard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05010503v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04594884v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Cortesero" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Lidbury" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03096913v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Delfini" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Badouard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03350522v2" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylv&#232;re Angot" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-03350330v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2012LYO20125" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03350536v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03350566v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Genestier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413135v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376231v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>