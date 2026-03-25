--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -597,538 +597,538 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04208415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Re-engineering of CUP1 promoter and Cup2/Ace1 transactivator to convert Saccharomyces cerevisiae into a whole-cell eukaryotic biosensor capable of detecting 10 nM of bioavailable copper</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">LIM kinases, promising but reluctant therapeutic targets: chemistry and preclinical validation in vivo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rayan Berabez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bojan Žunar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christine Mosrin-Huaman</w:t>
+                <w:t xml:space="preserve">Sylvain Routier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Bénédetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karen Plé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Vallée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biosensors and Bioelectronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bios.2022.114502⟩</w:t>
+              <w:t xml:space="preserve">Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (13), pp.2090. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cells11132090⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03820214v1</w:t>
+                <w:t xml:space="preserve">hal-03721458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LIM kinases, promising but reluctant therapeutic targets: chemistry and preclinical validation in vivo</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Routier</w:t>
+                <w:t xml:space="preserve">Re-engineering of CUP1 promoter and Cup2/Ace1 transactivator to convert Saccharomyces cerevisiae into a whole-cell eukaryotic biosensor capable of detecting 10 nM of bioavailable copper</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bojan Žunar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Mosrin-Huaman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Bénédetti</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Karen Plé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Vallée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cells</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 11 (13), pp.2090. </w:t>
+              <w:t xml:space="preserve">Biosensors and Bioelectronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 214, pp.114502. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/cells11132090⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bios.2022.114502⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03721458v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03820214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A straightforward methodology to overcome solubility challenges for N-terminal cysteinyl peptide segments used in native chemical ligation</w:t>
+                <w:t xml:space="preserve">Design, Synthesis and SAR in 2,4,7-Trisubstituted Pyrido[3,2-d]Pyrimidine Series as Novel PI3K/mTOR Inhibitors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Skander A Abboud</w:t>
+                <w:t xml:space="preserve">Frédéric Buron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hadji H.</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hélène Bénédetti</w:t>
+                <w:t xml:space="preserve">Nuno Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Aucagne</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thibault Saurat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Aude Hiebel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d0sc06001a⟩</w:t>
+              <w:t xml:space="preserve">Molecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 26 (17), pp.5349. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/molecules26175349⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03447239v1</w:t>
+                <w:t xml:space="preserve">hal-03348966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design, Synthesis and SAR in 2,4,7-Trisubstituted Pyrido[3,2-d]Pyrimidine Series as Novel PI3K/mTOR Inhibitors</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A straightforward methodology to overcome solubility challenges for N-terminal cysteinyl peptide segments used in native chemical ligation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Saurat</w:t>
+                <w:t xml:space="preserve">Skander A Abboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Aude Hiebel</w:t>
+                <w:t xml:space="preserve">Hadji H.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Doudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Bénédetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Bourg</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vincent Aucagne</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecules</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 26 (17), pp.5349. </w:t>
+              <w:t xml:space="preserve">Chemical Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.3194 - 3201. </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/molecules26175349⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d0sc06001a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03348966v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03447239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The GTPase-activating protein-related domain of neurofibromin interacts with MC1R and regulates pigmentation-mediated signaling in human melanocytes</w:t>
               </w:r>
@@ -1764,295 +1764,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01966439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pharmacomodulation of microRNA Expression in Neurocognitive Diseases: Obstacles and Future Opportunities</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">MicroRNAs in Neurocognitive Dysfunctions: New Molecular Targets for Pharmacological Treatments?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wissem Deraredj Nadim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viorel Simion</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Wissem Deraredj Nadim</w:t>
+                <w:t xml:space="preserve">Simion Viorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Bénédetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Morisset-Lopez</w:t>
+                <w:t xml:space="preserve">Patrick Baril</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Neuropharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 15 (2), pp.276 - 290. </w:t>
+              <w:t xml:space="preserve">, 2017, 15 (2), pp.260 - 275. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2174/1570159X14666160630210422⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2174/1570159X14666160709001441⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01618771v1</w:t>
+                <w:t xml:space="preserve">hal-01618199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MicroRNAs in Neurocognitive Dysfunctions: New Molecular Targets for Pharmacological Treatments?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pharmacomodulation of microRNA Expression in Neurocognitive Diseases: Obstacles and Future Opportunities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viorel Simion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wissem Deraredj Nadim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Bénédetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Baril</w:t>
+                <w:t xml:space="preserve">Séverine Morisset-Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Neuropharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 15 (2), pp.260 - 275. </w:t>
+              <w:t xml:space="preserve">, 2017, 15 (2), pp.276 - 290. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2174/1570159X14666160709001441⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2174/1570159X14666160630210422⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01618199v1</w:t>
+                <w:t xml:space="preserve">hal-01618771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physical interaction between neurofibromin and serotonin 5-HT 6 receptor promotes receptor constitutive activity</w:t>
               </w:r>
@@ -2574,77 +2574,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design, Synthesis, and Biological Activity of Pyridopyrimidine Scaffolds as Novel PI3K/mTOR Dual Inhibitors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Saurat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Buron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nuno Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Ludivine de Tauzia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3014,77 +3014,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reine Nehmé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hala Nehmé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Saurat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Ludivine De-Tauzia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Buron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 406 (15), pp.3743-3754. </w:t>
@@ -3655,449 +3655,449 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03054185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A fraction of neurofibromin interacts with PML bodies in the nucleus of the CCF astrocytoma cell line.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Godin</w:t>
+                <w:t xml:space="preserve">LIMK2d, a truncated isoform of Lim kinase 2 regulates neurite growth in absence of the LIM kinase domain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Tastet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Villette</w:t>
+                <w:t xml:space="preserve">Frédéric Laumonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Séverine Morisset-Lopez</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Michelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 418 (4), pp.689-94. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbrc.2012.01.079⟩</w:t>
+              <w:t xml:space="preserve">, 2012, 420 (2), pp.247-252. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbrc.2012.02.134⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00721861v1</w:t>
+                <w:t xml:space="preserve">hal-01136281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interaction Proteomics Suggests a New Role for the Tfs1 Protein in Yeast.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Beaufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Cadene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Bénédetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Proteome Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 11 (6), pp.3211-3218. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/pr201239t⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00721771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LIMK2d, a truncated isoform of Lim kinase 2 regulates neurite growth in absence of the LIM kinase domain</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Laumonnier</w:t>
+                <w:t xml:space="preserve">A fraction of neurofibromin interacts with PML bodies in the nucleus of the CCF astrocytoma cell line.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Godin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Villette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Carole Michelle</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Doudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Morisset-Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 420 (2), pp.247-252. </w:t>
+              <w:t xml:space="preserve">, 2012, 418 (4), pp.689-94. </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bbrc.2012.02.134⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bbrc.2012.01.079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01136281v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00721861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A phenotypic study of TFS1 mutants differentially altered in the inhibition of Ira2p or CPY</w:t>
               </w:r>
@@ -4616,287 +4616,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00088667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tfs1, a member of the PEBP family, inhibits the Ira2p but not the Ira1p Ras GTPase activating protein in Saccharomyces cerevisiae</w:t>
+                <w:t xml:space="preserve">Train A, an RNase-A-like protein without RNase activity is secreted and reabsorbed by the same epididymal cells under testicular control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H. Chautard</w:t>
+                <w:t xml:space="preserve">S. Castella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Bénédetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Jacquer</w:t>
+                <w:t xml:space="preserve">R. de Llorens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Schoentgen</w:t>
+                <w:t xml:space="preserve">J.L. Dacheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Bureaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">H. Bénédetti</w:t>
+                <w:t xml:space="preserve">F. Dacheux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eukaryotic Cell</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 3 (2), pp.459-470. </w:t>
+              <w:t xml:space="preserve">Biology of Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 71 (5), pp.1677-1687. </w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/EC.3.2.459-470.2004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1095/biolreprod.104.031666⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00112967v1</w:t>
+                <w:t xml:space="preserve">hal-00112960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Train A, an RNase-A-like protein without RNase activity is secreted and reabsorbed by the same epididymal cells under testicular control</w:t>
+                <w:t xml:space="preserve">Tfs1, a member of the PEBP family, inhibits the Ira2p but not the Ira1p Ras GTPase activating protein in Saccharomyces cerevisiae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Castella</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hélène Bénédetti</w:t>
+                <w:t xml:space="preserve">H. Chautard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. de Llorens</w:t>
+                <w:t xml:space="preserve">M. Jacquer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.L. Dacheux</w:t>
+                <w:t xml:space="preserve">F. Schoentgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Dacheux</w:t>
+                <w:t xml:space="preserve">N. Bureaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Bénédetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biology of Reproduction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 71 (5), pp.1677-1687. </w:t>
+              <w:t xml:space="preserve">Eukaryotic Cell</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 3 (2), pp.459-470. </w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1095/biolreprod.104.031666⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/EC.3.2.459-470.2004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00112960v1</w:t>
+                <w:t xml:space="preserve">hal-00112967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of the Escherichia coli Tol-Pal and TonB systems by periplasmic production of Tol, TonB, colicin, or phage capsid soluble domains.</w:t>
               </w:r>
@@ -5418,644 +5418,644 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02130686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure of the Escherichia coli TolB protein determined by MAD methods at 1.95 A resolution.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Role of TolR N-terminal, central, and C-terminal domains in dimerization and interaction with TolA and tolQ.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Journet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Lazdunski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chantal Abergel</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">H Bénédetti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Structure</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 7 (10), pp.1291-300</w:t>
+              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 181 (15), pp.4476-84</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02130130v1</w:t>
+                <w:t xml:space="preserve">hal-02130149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vitro characterization of peptidoglycan-associated lipoprotein (PAL)-peptidoglycan and PAL-TolB interactions.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Bouveret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Bénédetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Rigal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Loret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Lazdunski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Bacteriology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, 181 (20), pp.6306-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02130134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of TolR N-terminal, central, and C-terminal domains in dimerization and interaction with TolA and tolQ.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laure Journet</w:t>
+                <w:t xml:space="preserve">Structure of the Escherichia coli TolB protein determined by MAD methods at 1.95 A resolution.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Abergel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bouveret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M Claverie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Brown</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Rigal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1999, 181 (15), pp.4476-84</w:t>
+              <w:t xml:space="preserve">Structure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 7 (10), pp.1291-300</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02130149v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02130130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colicin import into Escherichia coli cells.</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Distinct regions of the colicin A translocation domain are involved in the interaction with TolA and TolB proteins upon import into Escherichia coli.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Bouveret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Lazdunski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Bénédetti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 180 (19), pp.4993-5002</w:t>
+              <w:t xml:space="preserve">Molecular Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 27 (1), pp.143-57</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02130152v1</w:t>
+                <w:t xml:space="preserve">hal-02130155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distinct regions of the colicin A translocation domain are involved in the interaction with TolA and TolB proteins upon import into Escherichia coli.</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Colicin import into Escherichia coli cells.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C.J Lazdunski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bouveret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Journet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Lloubès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1998, 27 (1), pp.143-57</w:t>
+              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, 180 (19), pp.4993-5002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02130155v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02130152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Crystallization and preliminary crystallographic study of a component of the Escherichia coli tol system: TolB.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Abergel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Rigal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6063,51 +6063,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Chenivesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Lazdunski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.M Claverie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta crystallographica Section D : Structural biology [1993-..]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1998, 54 (Pt 1), pp.102-4</w:t>
@@ -6130,265 +6130,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02130160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The TolB protein interacts with the porins of Escherichia coli.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The N-terminal domain of colicin E3 interacts with TolB which is involved in the colicin translocation step.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Bouveret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Rigal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Lazdunski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Bénédetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Molecular Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 23 (5), pp.909-20</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02130169v1</w:t>
+                <w:t xml:space="preserve">hal-02130173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The N-terminal domain of colicin E3 interacts with TolB which is involved in the colicin translocation step.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The TolB protein interacts with the porins of Escherichia coli.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Rigal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Bouveret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Lloubes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Lazdunski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Bénédetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Microbiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 179 (23), pp.7274-7279. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/jb.179.23.7274-7279.1997⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02130173v1</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02130169v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TolA central domain interacts with Escherichia coli porins.</w:t>
               </w:r>
@@ -6400,51 +6400,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Derouiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Gavioli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Bénédetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Prilipov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6623,433 +6623,433 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02440962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protein complex within Escherichia coli inner membrane. TolA N-terminal domain interacts with TolQ and TolR proteins</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transmembrane α-Helix Interactions are Required for the Functional Assembly of theEscherichia coliTol Complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jc Lazzaroni</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean Claude Lazzaroni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Vianney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Vianney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Luc Popot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Bénédetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1074/jbc.270.19.11078⟩</w:t>
+              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 246 (1), pp.1-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1006/jmbi.1994.0058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02130187v1</w:t>
+                <w:t xml:space="preserve">hal-02130202v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transmembrane α-Helix Interactions are Required for the Functional Assembly of theEscherichia coliTol Complex</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quantification of group A colicin import sites.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Duché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Letellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Géli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Bénédetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Baty</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1006/jmbi.1994.0058⟩</w:t>
+              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 177 (17), pp.4935-4939. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/jb.177.17.4935-4939.1995⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02130202v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02130183v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification of group A colicin import sites.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId230" w:history="1">
+                <w:t xml:space="preserve">Protein complex within Escherichia coli inner membrane. TolA N-terminal domain interacts with TolQ and TolR proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Derouiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Bénédetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">D. Baty</w:t>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jc Lazzaroni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Lazdunski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Lloubès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bacteriology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/jb.177.17.4935-4939.1995⟩</w:t>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, 270 (19), pp.11078-11084. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1074/jbc.270.19.11078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02130183v1</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02130187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peptidoglycan-associated lipoprotein-TolB interaction. A possible key to explaining the formation of contact sites between the inner and outer membranes of Escherichia coli</w:t>
               </w:r>
@@ -7074,51 +7074,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Derouiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Rigal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Lloubès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Lazdunski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7169,51 +7169,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The END3 gene encodes a protein that is required for the internalization step of endocytosis and for actin cytoskeleton organization in yeast.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Bénédetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Raths</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7303,51 +7303,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Guihard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Boulanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Bénédetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Lloubés</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7549,51 +7549,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phosphate efflux through the channels formed by colicins and phage T5 in Escherichia coli cells is responsible for the fall in cytoplasmic ATP.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Guihard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Bénédetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Besnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7791,51 +7791,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of a novel sequence mediating regulated endocytosis of the G protein-coupled alpha-pheromone receptor in yeast.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Rohrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Bénédetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Zanolari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7899,51 +7899,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Colicin A unfolds during its translocation in Escherichia coli cells and spans the whole cell envelope when its pore has formed.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Bénédetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Lloubès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Lazdunski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8007,51 +8007,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Construction, expression and release of hybrid colicins.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Frenette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Bénédetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bernadac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8266,51 +8266,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Bénédetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Lazdunski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Lloubès</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMBO Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1991, 10 (8), pp.1989-95</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8494,51 +8494,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insertion and translocation of proteins into and through membranes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Lazdunski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Bénédetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEBS Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1990, 268 (2), pp.408-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8602,51 +8602,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Frenette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Baty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Lloubès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Geli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8973,355 +8973,355 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04823073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High Efficiency of Histidylated-based Lipid Formulations for mRNA Transfection of Human Schwann Cells</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Séminaire invité : Signalisation cellulaire et Neurofibromatose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Vallée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Bénédetti</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFNano 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Angers, France</w:t>
+              <w:t xml:space="preserve">Journées NF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03668422v1</w:t>
+                <w:t xml:space="preserve">hal-03560050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séminaire invité : Signalisation cellulaire et Neurofibromatose</w:t>
+                <w:t xml:space="preserve">Life in the bioink: Physiology and energetics of Saccharomyces cerevisiae embedded in polymerized Pluronic F127-DMA, a “smart” thermoresponsive hydrogel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Mosrin-Huaman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Bénédetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Guégan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bojan Zunar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées NF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Orléans, France</w:t>
+              <w:t xml:space="preserve">ICY15 meets 30ICYGMB, The spirit of Yeast</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Vienne, virtual, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03560050v1</w:t>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03559939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Life in the bioink: Physiology and energetics of Saccharomyces cerevisiae embedded in polymerized Pluronic F127-DMA, a “smart” thermoresponsive hydrogel</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hélène Bénédetti</w:t>
+                <w:t xml:space="preserve">High Efficiency of Histidylated-based Lipid Formulations for mRNA Transfection of Human Schwann Cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Laroui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Delehedde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Régis Guégan</w:t>
+                <w:t xml:space="preserve">F Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bojan Zunar</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Federico Perche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICY15 meets 30ICYGMB, The spirit of Yeast</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, Vienne, virtual, Austria</w:t>
+              <w:t xml:space="preserve">SFNano 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId320" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03559939v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03668422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a bio­active fluorescent inhibitor probe targeting the Rho kinase ROCK for monitoring inhibition action</w:t>
               </w:r>
@@ -9333,51 +9333,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Corret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sokaina Hammoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Buron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Daligaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9941,51 +9941,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement de petites molécules inhibitrices des LIM kinases, nouvelles cibles thérapeutiques pour lutter contre le cancer, les maladies neurologiques et la neurofibromatose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Plé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Cosson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10217,51 +10217,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Cosson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Doudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Braka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -11193,51 +11193,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les LIM kinases, des cibles thérapeutiques prometteuses pour le traitement du glioblastome : de la conception de petites molécules inhibitrices aux tests cellulo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Plé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11469,51 +11469,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Corret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sokaina Hammoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Buron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Daligaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11562,592 +11562,592 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03679980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights into the regulation of actin cytoskeleton dynamics via the Rho/ROCK/LIMK2/cofilin signalling pathway: a novel mechanism of regulation of cofilin by LIMK2</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stressed by hydrogel? Physiological response of yeast cells embedded in thermoresponsive Pluronic F127: a prerequisite for bioreactor development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bojan Zunar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Mosrin-Huaman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Bénédetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Guégan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Vallée</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEBS 2021, the 45th FEBS Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2021, Ljubljana, virtual, Slovenia</w:t>
+              <w:t xml:space="preserve">, Jul 2021, Ljubljana, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03680139v1</w:t>
+                <w:t xml:space="preserve">hal-03679975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId369" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sumoylation of Neurofibromin and its SecPH Domain Plays a Role in Their Functions and Implies Unexpected Structural Requirements</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mohammed Bergoug</w:t>
+                <w:t xml:space="preserve">New insights into the regulation of actin cytoskeleton dynamics via the Rho/ROCK/LIMK2/cofilin signalling pathway: a novel mechanism of regulation of cofilin by LIMK2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Villalonga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célina Chalal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déborah Cassas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Doudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Godin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Iva Sosic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 NF1 virtual conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Virtual, France</w:t>
+              <w:t xml:space="preserve">FEBS 2021, the 45th FEBS Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Ljubljana, virtual, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId369" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03680001v1</w:t>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03680139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High Efficiency of Histidylated-based Lipid Formulations for mRNA Transfection of Human Schwann Cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Laroui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Delehedde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristine Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Godin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Perche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th mRNA Health Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03668434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId374" w:history="1">
+            <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stressed by hydrogel? Physiological response of yeast cells embedded in thermoresponsive Pluronic F127: a prerequisite for bioreactor development</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sumoylation of Neurofibromin and its SecPH Domain Plays a Role in Their Functions and Implies Unexpected Structural Requirements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mosrin-Huaman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Bergoug</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Godin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Doudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iva Sosic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEBS 2021, the 45th FEBS Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Ljubljana, Slovenia</w:t>
+              <w:t xml:space="preserve">2021 NF1 virtual conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Virtual, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId374" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03679975v1</w:t>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03680001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Life in the bioink: Physiology and energetics of Saccharomyces cerevisiae embedded in polymerized Pluronic F127-DMA, a “smart” thermoresponsive hydrogel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bojan Zunar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Mosrin-Huaman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Bénédetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Guégan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Vallée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12287,777 +12287,777 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02924111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular and functional characterization of LIMK2-1, a hominidae-specific isoform of LIMK2 associated with intellectual disability</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">LIM kinases, new therapeutic targets to treat cancers, neurological disorders and Neurofibromatosis: development of small molecule inhibitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">A. Toutain</w:t>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Cosson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Doudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Godin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Champiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroFrance 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Marseille, France</w:t>
+              <w:t xml:space="preserve">FEBS Meeting 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Cracovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02924881v1</w:t>
+                <w:t xml:space="preserve">hal-02924140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the different forms of sumoylation of the neurofibromin SecPH domain</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Neurofibromin, a new SUMO target involved in neurofibromatosis type 1 disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bergoug</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Sošic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Doudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Godin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMBO Workshop "The ubiquitin system: Biology, mechanisms and roles in disease"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Cavtat, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02924090v1</w:t>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02924095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neurofibromin, a new SUMO target involved in neurofibromatosis type 1 disease</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Study of the different forms of sumoylation of the neurofibromin SecPH domain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Bénédetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bergoug</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Sošic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Doudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Godin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMBO Workshop "The ubiquitin system: Biology, mechanisms and roles in disease"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Cavtat, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02924095v1</w:t>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02924090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LIM kinases, new therapeutic targets to treat cancers, neurological disorders and Neurofibromatosis: development of small molecule inhibitors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Molecular and functional characterization of LIMK2-1, a hominidae-specific isoform of LIMK2 associated with intellectual disability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Bénédetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">A. Champiré</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Tastet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Cubéros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Toutain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEBS Meeting 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Cracovie, Poland</w:t>
+              <w:t xml:space="preserve">NeuroFrance 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02924140v1</w:t>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02924881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of small molecule inhibitors of LIM kinases, new therapeutic targets to treat Neurofibromatosis type I</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">LARP6, a RNA−binding protein involved in translation and stability of collagen mRNA, is a new partner of Neurofibromin: Molecular studies and functional implications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Bénédetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Doudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Godin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Cosson</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A. Champiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint Global Neurofibromatosis Conference 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02924077v1</w:t>
+                <w:t xml:space="preserve">hal-02924084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LARP6, a RNA−binding protein involved in translation and stability of collagen mRNA, is a new partner of Neurofibromin: Molecular studies and functional implications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">H. Bénédetti</w:t>
+                <w:t xml:space="preserve">Development of small molecule inhibitors of LIM kinases, new therapeutic targets to treat Neurofibromatosis type I</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Vallée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Cosson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Doudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">A. Cosson</w:t>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Champiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint Global Neurofibromatosis Conference 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02924084v1</w:t>
+                <w:t xml:space="preserve">hal-02924077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LIM kinases as new therapeutic targets for the treatment of neurofibromatosis type 1</w:t>
               </w:r>
@@ -13287,307 +13287,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03680148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design, synthesis and biological evaluation of LIMK inhibitors</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Braka</w:t>
+                <w:t xml:space="preserve">Study of the sumoylation of neurofibromin, the protein responsible for neurofibromatosis type 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bergoug</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Cosson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Doudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Vallée</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F. Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIVe Journées Jeunes Chercheurs (SCT)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2017, Châtenay-Malabry, France</w:t>
+              <w:t xml:space="preserve">EMBO Conference "Ubiquitin and SUMO: from molecular mechanisms to system-wide responses</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Cavtat, Croatia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02904837v1</w:t>
+                <w:t xml:space="preserve">hal-02924070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the sumoylation of neurofibromin, the protein responsible for neurofibromatosis type 1</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Cosson</w:t>
+                <w:t xml:space="preserve">Design, synthesis and biological evaluation of LIMK inhibitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Champiré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Braka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Doudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Godin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO Conference "Ubiquitin and SUMO: from molecular mechanisms to system-wide responses</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Cavtat, Croatia</w:t>
+              <w:t xml:space="preserve">XXIVe Journées Jeunes Chercheurs (SCT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, Châtenay-Malabry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02924070v1</w:t>
+                <w:t xml:space="preserve">hal-02904837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neurofibromin 1 promotes constitutive activity of native 5−HT6 receptors expressed in mouse prefrontal cortex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Morisset-Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">W. Deraredj Nadim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13720,51 +13720,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Champiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Plé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 7th EMBO meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2016, Mannheim, Germany. </w:t>
@@ -13912,402 +13912,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02740921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception, synthèse et évaluation biologique d’inhibiteurs de LIM kinases</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The three isoforms of human LIMK2 regulate actin cytoskeleton remodeling via different pathways</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">F. Godin</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Cuberos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Doudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Godin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Vourc’h</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">29e colloque de Biotechnocentre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Seillac, France</w:t>
+              <w:t xml:space="preserve">EMBL Symposium, Actin in action: From Molecules to Cellular Functions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Heidelberg, Germany. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02904847v1</w:t>
+                <w:t xml:space="preserve">hal-02453489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The three isoforms of human LIMK2 regulate actin cytoskeleton remodeling via different pathways</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">LINGO-1, a protein involved in various neurodevelopmental processes, interacts with neurofibromin (Nf1), the protein responsible for neurofibromatosis type I: molecular studies and functional implications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Bénédetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Godin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Doudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Patrick Vourc’h</w:t>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Ludivine De Tauzia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBL Symposium, Actin in action: From Molecules to Cellular Functions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Heidelberg, Germany. </w:t>
+              <w:t xml:space="preserve">10 th FENS (Forum of Neuroscience)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Copenhague, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02453489v1</w:t>
+                <w:t xml:space="preserve">hal-02453487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LINGO-1, a protein involved in various neurodevelopmental processes, interacts with neurofibromin (Nf1), the protein responsible for neurofibromatosis type I: molecular studies and functional implications</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Michel Doudeau</w:t>
+                <w:t xml:space="preserve">Conception, synthèse et évaluation biologique d’inhibiteurs de LIM kinases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Champiré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Braka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marie-Ludivine De Tauzia</w:t>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Doudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10 th FENS (Forum of Neuroscience)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Copenhague, Denmark</w:t>
+              <w:t xml:space="preserve">29e colloque de Biotechnocentre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Seillac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02453487v1</w:t>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02904847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LIMK2-1, a new primate-specific isoform of LIMK2, is associated with intellectual disability</w:t>
               </w:r>
@@ -14412,277 +14412,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02453486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Physical Interaction between Neurofibromin and Serotonin 5-HT6 Receptor Promotes Receptor Constitutive Activity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M.-L. de Tauzia</w:t>
+                <w:t xml:space="preserve">Projet Région LiCorNe: LIMK protein inhibitors, new therapeutic agents for treatment of cognitive disorders associated with type I Neurofibromatosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Vallée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Doudeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Godin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Cubéros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Champiré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th annual meeting of the GDR 3545 RCPG-PhysioMed 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Tours, France</w:t>
+              <w:t xml:space="preserve">Journée Fédération PCV FR2708</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, Orléans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02973912v1</w:t>
+                <w:t xml:space="preserve">hal-02924056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet Région LiCorNe: LIMK protein inhibitors, new therapeutic agents for treatment of cognitive disorders associated with type I Neurofibromatosis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A. Champiré</w:t>
+                <w:t xml:space="preserve">A Physical Interaction between Neurofibromin and Serotonin 5-HT6 Receptor Promotes Receptor Constitutive Activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Deraredj Nadim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chaumont-Dubel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Madouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Cobret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-L. de Tauzia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Fédération PCV FR2708</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2016, Orléans, France</w:t>
+              <w:t xml:space="preserve">5th annual meeting of the GDR 3545 RCPG-PhysioMed 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02924056v1</w:t>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02973912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LIMK2 (LIM kinase2) isoforms are differentially expressed during neuronal differentiation</w:t>
               </w:r>
@@ -15328,273 +15328,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02130674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular Mechanism of Action of Pore-Forming Colicins and of their Immunity Proteins</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">In Vivo Properties of Colicin A: Channel Activity and Translocation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Letellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Lazdunski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Bénédetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bourdineaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Boulanger</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Membrane Proteins: Structures, Interactions and Models</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.413-425, 1992</w:t>
+              <w:t xml:space="preserve">Bacteriocins, Microcins and Lantibiotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.119-125, 1992</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02130675v1</w:t>
+                <w:t xml:space="preserve">hal-02130671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In Vivo Properties of Colicin A: Channel Activity and Translocation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Molecular Mechanism of Action of Pore-Forming Colicins and of their Immunity Proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Lazdunski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Baty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Geli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Lloubes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Bénédetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bacteriocins, Microcins and Lantibiotics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.119-125, 1992</w:t>
+              <w:t xml:space="preserve">Membrane Proteins: Structures, Interactions and Models</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.413-425, 1992</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02130671v1</w:t>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02130675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Brevet (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -15612,51 +15612,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">4-(7H-Pyrrolo[2,3-D]pyrimidin-4-yl)-3,6-dihydropyridine-(2H)-carboxamide derivatives as Limk and/or Rock kinases inhibitors for use in the treatment of cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Routier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Bénédetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15664,51 +15664,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Vallée</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Bonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Plé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO2021239727 A1. AMV. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
@@ -15730,103 +15730,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TRISUBSTITUTED PYRIDO[2,3-D]PYRIMIDINES, METHODS FOR PREPARING SAME AND THERAPEUTIC USES THEREOF</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Routier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Bénédetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Buron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Aude Hiebel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Saurat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO2014027081. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
@@ -15848,51 +15848,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tools for the identification od LINGO-1, LINGO-2, LINGO-3 and LINGO-4, ligands, and uses thereof</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Morisset-Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Bénédetti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -16007,51 +16007,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Godin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Doudeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId370" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iva Sosic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -16242,51 +16242,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575964v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Champir&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayan Berabez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdennour Braka" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cosson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Corret" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2024.116391" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771131v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bergoug" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mosrin-Huaman" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Serrano" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Godin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Doudeau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2024.168768" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208405v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Villalonga" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mosrin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Normand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Girardin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells12050805" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208415v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne B&#233;n&#233;detti" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Vall&#233;e" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells12121649" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820214v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bojan &#381;unar" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2022.114502" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03721458v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Routier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Pl&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11132090" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447239v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Skander A Abboud" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadji H." TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Aucagne" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0sc06001a" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348966v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Buron" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuno Rodrigues" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Saurat" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aude Hiebel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bourg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26175349" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007433v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissem Deraredj Nadim" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shalina Hassanaly" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Kieda" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Grillon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2020.11.003" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070759v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells9112365" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02067472v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Tastet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cuberos" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Toutain" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Raynaud" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2018.12.017" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T45PC1R5-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282630v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/59820" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966439v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gosset" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618771v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viorel Simion" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Pichon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Morisset-Lopez" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1570159X14666160630210422" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618199v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simion Viorel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Baril" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1570159X14666160709001441" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407899v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Chaumont-Dubel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahima Madouri" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Cobret" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ludivine de Tauzia" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1600914113" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072231v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cuberos" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vall&#233;e" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Vourc&#8217;h" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tastet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian R Andres" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2015.10.032" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072312v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Decalonne" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Marouillat" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Malvy" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-Anne Th&#233;pault" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/ypg.0000000000000100" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170735v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Cobret" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M L de Tauzia" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Ferent" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Traiffort" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I H&#233;naoui" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bph.12945" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180887v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Colliandre" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm401138v" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01114583v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Guiheneuf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Paquin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Carreaux" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Durieu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Benedetti" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/22133356114019990002" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/R65-BP938XNX-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01086026v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bruel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Beneteau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Chabanne" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lozach" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Le Guevel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2014.09.017" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180770v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine Nehm&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Nehm&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ludivine De-Tauzia" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-014-7790-z" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070851v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hericourt" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chefdor" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bertheau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirai Tanigawa" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatsuya Maeda" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.12024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-X7NQVGB2-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721759v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Arnaud" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle D&#233;jardin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Lepl&#233;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Lesage-Descauses" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boizot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1756-0500-5-102" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764872v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bruel" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Log&#233;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-L. de Tauzia" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ravache" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Gu&#233;vel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054185v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gombault" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Tchalikian-Cosson" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0047283" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721861v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Villette" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2012.01.079" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KGXG7CSX-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721771v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Beaufour" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cadene" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/pr201239t" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136281v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Laumonnier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Michelle" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2012.02.134" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QMHFJT7R-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522432v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Warringer" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Caesar" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1567-1364.2009.00535.x" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00181161v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Sy" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Legrand" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chautard" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2007.09.057" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WQ804VBJ-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00088838v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chefdor" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. B&#233;n&#233;detti" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Depierreux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Delmotte" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Morabito" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2005.11.051" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00088667v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Quevillon-Cheruel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Leulliot" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Graille" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hervouet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Coste" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112967v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chautard" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jacquer" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Schoentgen" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bureaud" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/EC.3.2.459-470.2004" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112960v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Castella" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. de Llorens" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Dacheux" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dacheux" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.104.031666" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130103v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bouveret" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Journet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Walburger" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cascales" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130120v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Serre" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Serre" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Zelwer" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Bureaud" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Schoentgen" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.2001.4784" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-36HZ77T8-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130124v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bouveret" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rigal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Lloubes" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Lazdunski" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130686v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lazdunski" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rigal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lloubes" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1438-4221(00)80037-5" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C58CD9D174F214BEBDB6B34BE61E7A1EA38C52F4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130130v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Abergel" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M Claverie" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Brown" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130134v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bouveret" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H B&#233;n&#233;detti" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Loret" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130149v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130152v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J Lazdunski" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Lloub&#232;s" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130155v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130160v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Chenivesse" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130169v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.179.23.7274-7279.1997" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130173v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130175v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Derouiche" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gavioli" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Prilipov" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440962v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Duch&#233;" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Letellier" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Geli" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Baty" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.177.17.4935-4939.1995" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130187v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jc Lazzaroni" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.270.19.11078" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130202v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Lazzaroni" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vianney" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Vianney" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Popot" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.1994.0058" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KTQX9M4H-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130183v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V G&#233;li" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130195v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rigal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.270.19.11071" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130204v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Raths" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Crausaz" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Riezman" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130218v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guihard" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boulanger" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Lloub&#233;s" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Besnard" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130213v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Espesset" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Corda" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle Cunningham" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Lloubes" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.1994.tb00503.x" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130233v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130222v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Geli" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Zaat" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R van Spaendonk" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Rollin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0378-1097(93)90042-z" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130242v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Rohrer" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Zanolari" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130272v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130287v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Frenette" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bernadac" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130283v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Knibiehler" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pattus" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130277v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130296v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Parker" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Frenette" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0300-9084(90)90137-6" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/026F7CD4BF2A8DE2BC98031700188896C4E86A74/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130669v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130300v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/00221287-135-12-3413" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822252v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Sainjon" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Aci-Seche" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823073v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bonnet" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668422v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Laroui" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Delehedde" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Goncalves" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Godin" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Perche" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560050v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559939v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Gu&#233;gan" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bojan Zunar" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668584v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sokaina Hammoud" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Daligaux" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chesn&#233;" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928511v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bergoug" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cosson" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Casas" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Doudeau" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Godin" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928507v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Pl&#233;" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928496v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928220v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928530v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928559v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Routier" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928517v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Braka" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928226v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604786v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Lakhal" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Lesage Descauses" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Rogier" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Laine-Prade" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753426v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vourc'H" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Laumonnier" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Michelle" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Duittoz" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779581v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778711v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679991v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228729v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556346v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Berabez" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Champir&#233;" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sainjon" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679999v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Thomas" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Blot" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Lesage" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679980v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680139v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lina Chalal" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Cassas" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680001v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iva Sosic" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668434v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristine Gon&#231;alves" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Perche" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679975v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679966v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924111v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Handelaoui" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924881v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cub&#233;ros" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Toutain" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924090v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. So&#353;ic" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924095v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924140v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924077v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924084v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904794v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680148v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904837v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924070v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973767v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Deraredj Nadim" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chaumont&#8722;dubel" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Madouri" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cobret" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453490v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740921v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Dejardin" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904847v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453489v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453487v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ludivine De Tauzia" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453486v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973912v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chaumont-Dubel" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924056v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818145v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130677v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130680v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Lazdunski" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130265v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent G&#233;li" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130670v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucienne Letellier" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Baty" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130674v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130675v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130671v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bourdineaud" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555349v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131560v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Buron" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130935v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668582v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575964v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Champir&#233;" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayan Berabez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdennour Braka" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cosson" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Corret" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2024.116391" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04771131v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Bergoug" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mosrin-Huaman" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Serrano" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Godin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Doudeau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2024.168768" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208405v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Villalonga" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Mosrin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Normand" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Girardin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells12050805" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208415v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne B&#233;n&#233;detti" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Vall&#233;e" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells12121649" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03721458v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Routier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Pl&#233;" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11132090" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820214v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bojan &#381;unar" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2022.114502" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03348966v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Buron" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nuno Rodrigues" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Saurat" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aude Hiebel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bourg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules26175349" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447239v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Skander A Abboud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadji H." TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Aucagne" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0sc06001a" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03007433v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissem Deraredj Nadim" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shalina Hassanaly" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Kieda" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Grillon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2020.11.003" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070759v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells9112365" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02067472v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Tastet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cuberos" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Toutain" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Raynaud" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroscience.2018.12.017" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T45PC1R5-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02282630v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/59820" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966439v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gosset" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618199v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simion Viorel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Pichon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Baril" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1570159X14666160709001441" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01618771v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viorel Simion" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Morisset-Lopez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1570159X14666160630210422" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01407899v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Chaumont-Dubel" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahima Madouri" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Cobret" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ludivine de Tauzia" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1600914113" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072231v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cuberos" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Vall&#233;e" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Vourc&#8217;h" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tastet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian R Andres" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2015.10.032" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02072312v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Decalonne" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Marouillat" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Malvy" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rose-Anne Th&#233;pault" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/ypg.0000000000000100" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170735v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Cobret" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M L de Tauzia" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Ferent" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Traiffort" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I H&#233;naoui" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bph.12945" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180887v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Colliandre" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm401138v" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01114583v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Guiheneuf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Paquin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Carreaux" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Durieu" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Benedetti" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/22133356114019990002" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/R65-BP938XNX-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01086026v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bruel" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Beneteau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Chabanne" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lozach" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Le Guevel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2014.09.017" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01180770v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reine Nehm&#233;" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hala Nehm&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ludivine De-Tauzia" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-014-7790-z" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02070851v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hericourt" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chefdor" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bertheau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirai Tanigawa" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatsuya Maeda" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ppl.12024" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-X7NQVGB2-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721759v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Arnaud" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle D&#233;jardin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Lepl&#233;" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Lesage-Descauses" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Boizot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1756-0500-5-102" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00764872v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bruel" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Log&#233;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-L. de Tauzia" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ravache" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Le Gu&#233;vel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054185v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Gombault" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Tchalikian-Cosson" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0047283" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01136281v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Laumonnier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Michelle" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2012.02.134" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QMHFJT7R-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721771v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Beaufour" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cadene" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/pr201239t" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721861v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Villette" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2012.01.079" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KGXG7CSX-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00522432v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Warringer" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Caesar" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1567-1364.2009.00535.x" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00181161v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Sy" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Legrand" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chautard" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2007.09.057" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WQ804VBJ-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00088838v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chefdor" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. B&#233;n&#233;detti" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Depierreux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Delmotte" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Morabito" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2005.11.051" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00088667v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Quevillon-Cheruel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Leulliot" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Graille" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Hervouet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Coste" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112960v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Castella" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. de Llorens" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Dacheux" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dacheux" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.104.031666" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00112967v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Chautard" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jacquer" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Schoentgen" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bureaud" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/EC.3.2.459-470.2004" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130103v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bouveret" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Journet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Walburger" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cascales" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130120v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Serre" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Serre" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Zelwer" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Bureaud" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Schoentgen" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.2001.4784" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-36HZ77T8-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130124v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bouveret" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rigal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Lloubes" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Lazdunski" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130686v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lazdunski" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rigal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lloubes" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1438-4221(00)80037-5" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C58CD9D174F214BEBDB6B34BE61E7A1EA38C52F4/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130149v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H B&#233;n&#233;detti" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130134v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bouveret" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Loret" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130130v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Abergel" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M Claverie" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Brown" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130155v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130152v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.J Lazdunski" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Lloub&#232;s" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130160v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Chenivesse" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130173v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130169v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.179.23.7274-7279.1997" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130175v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Derouiche" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gavioli" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Prilipov" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02440962v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Duch&#233;" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Letellier" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Geli" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Baty" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jb.177.17.4935-4939.1995" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130202v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Lazzaroni" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vianney" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Vianney" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Popot" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jmbi.1994.0058" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KTQX9M4H-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130183v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V G&#233;li" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130187v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jc Lazzaroni" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.270.19.11078" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130195v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rigal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.270.19.11071" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130204v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Raths" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Crausaz" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Riezman" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130218v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Guihard" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boulanger" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Lloub&#233;s" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Besnard" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130213v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Espesset" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Corda" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyle Cunningham" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Lloubes" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2958.1994.tb00503.x" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130233v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130222v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Geli" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Zaat" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R van Spaendonk" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Rollin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0378-1097(93)90042-z" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130242v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Rohrer" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Zanolari" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130272v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130287v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Frenette" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bernadac" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130283v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Knibiehler" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pattus" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130277v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130296v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Parker" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Frenette" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/0300-9084(90)90137-6" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/026F7CD4BF2A8DE2BC98031700188896C4E86A74/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130669v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130300v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/00221287-135-12-3413" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04822252v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Sainjon" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Aci-Seche" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823073v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bonnet" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03560050v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559939v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Gu&#233;gan" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bojan Zunar" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668422v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Laroui" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Delehedde" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Goncalves" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Godin" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Perche" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668584v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sokaina Hammoud" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Daligaux" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chesn&#233;" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928511v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bergoug" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Cosson" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Casas" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Doudeau" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Godin" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928507v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Pl&#233;" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928496v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928220v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928530v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928559v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Routier" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928517v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Braka" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928226v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604786v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassim Lakhal" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Lesage Descauses" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Rogier" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Laine-Prade" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02753426v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Vourc'H" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Laumonnier" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Michelle" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Duittoz" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04779581v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04778711v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679991v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05228729v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04556346v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Berabez" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Champir&#233;" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sainjon" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679999v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Thomas" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Blot" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Lesage" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679980v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679975v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680139v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lina Chalal" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Cassas" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668434v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristine Gon&#231;alves" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Perche" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680001v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iva Sosic" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679966v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924111v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Handelaoui" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924140v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924095v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. So&#353;ic" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924090v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924881v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Cub&#233;ros" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Toutain" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924084v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924077v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904794v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680148v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924070v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904837v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973767v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Deraredj Nadim" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chaumont&#8722;dubel" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Madouri" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cobret" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453490v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740921v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Dejardin" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453489v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453487v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ludivine De Tauzia" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02904847v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02453486v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924056v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973912v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chaumont-Dubel" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02818145v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130677v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130680v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Lazdunski" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130265v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent G&#233;li" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130670v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucienne Letellier" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Baty" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130674v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130671v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bourdineaud" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130675v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555349v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131560v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Buron" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02130935v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03668582v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>