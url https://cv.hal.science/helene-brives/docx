--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -5816,208 +5816,208 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03128715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agroecological innovation: mobilizing ecological processes in agrosystems</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Agroecology and sustainable food systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brives</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexander Wezel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Carola Strassner. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovation and development in agricultural and food systems</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, Non paginé, 2018, Synthèses (Quae), 978-2-7592-2960-4</w:t>
+              <w:t xml:space="preserve">A sustainable food systems guide (produced as part of and subject to the SUSPLUS project)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.38-40, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02788751v1</w:t>
+                <w:t xml:space="preserve">hal-03672065v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Agroecology and sustainable food systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Agroecological innovation: mobilizing ecological processes in agrosystems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane de Tourdonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brives</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">A sustainable food systems guide (produced as part of and subject to the SUSPLUS project)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.38-40, 2018</w:t>
+              <w:t xml:space="preserve">Innovation and development in agricultural and food systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Quae</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Non paginé, 2018, Synthèses (Quae), 978-2-7592-2960-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03672065v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02788751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovation agro-écologique : comment mobiliser des processus écologiques dans les agrosystèmes ?</w:t>
               </w:r>
@@ -6868,51 +6868,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-05163905v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Passemard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brives" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Deslandes" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Grau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Lemoine" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04774312v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pr&#233;vost" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Le Bail" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teatske Bakker" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chauvat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-05080175v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Capitaine" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Celette" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04771521v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Hirson-Sagalyn" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Zwigard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Quinio" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Champailler" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-Vol93-art06-GB" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04583002v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-vol93-art08" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183282v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mouret" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Arsac" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Omon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03198890v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cardona" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Brives" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lamine" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Godet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Gouttenoire" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2021007" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-03697681v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brives-Beaume" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Heinisch" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu D&#233;sol&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Chazoule" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Vandenbroucke" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.16546" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-03702424v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Migliorini" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Wezel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Veromann" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carola Strassner" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominika &#346;rednicka-Tober" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJSHE-12-2019-0356" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087546v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fleury" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.5109" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087647v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larry Lev" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088992v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Casagrande" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Clement" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Dufour" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21683565.2015.1115799" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087567v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641717v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Hellec" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blanchart" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Deverre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia P. Garnier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04690507v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Courboulay" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Kling-Eveillard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boivin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Frotin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Bensoussan" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/1zwe-fb33" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649271v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane de Tourdonnet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Denis" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Thomas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210319v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nausicaa L'Hotellier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bignon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019761v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lauvie" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Audiot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Couix" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Casabianca" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2011.03.025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MXQP5LPH-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656960v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Verrier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick A. Audiot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss:2007042" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197693v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Steyaert" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barzman" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Billaud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hubert" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsci.2007.01.012" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q3TQ3HZT-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659870v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hochereau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.045.0169" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05261877v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Champailler Caroline" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morvan Alienor" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05485262v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas J. Giraud" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hazard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.18111917" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-04646766v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-04646796v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Courret" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delfosse" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976560v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioanna Mouratiadou" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Solaroli" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Aristide Perrin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Payet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-04646943v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Cremilleux" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Berthelot" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Bitkova" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-04646716v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-03257837v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cournut" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mazaud" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Taverne" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin de Verdiere" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832825v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Navarrete" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Catalogna" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089036v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089029v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787316v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Magda" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Girard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Blanc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087927v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499065v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Riousset" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189893v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Baret" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Couix-Blanc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754918v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754761v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane de Tourdonnet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173208v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cerf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thiery" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mathieu" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Beguin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197804v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Roche" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173232v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Camel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Fargue-Leli&#232;vre" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schmidely" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia Mediene" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812395v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761641v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819257v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques J. R&#233;my" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno L&#233;mery" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-04646536v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-04646559v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03494841v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lefevre" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Simon" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128715v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jabrin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Guirimand" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788751v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1540/9782759229604/innovation-and-development-in-agricultural-and-food-systems" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-03672065v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791713v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r5282-innovation-et-developpement-dans-les-systemes-agricoles-et-alimentaires.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607438v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Guellier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Compagnone" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Bispo" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chenu" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r4747-les-sols.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794447v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r4708-conseil-prive-en-agriculture.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458576v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Valantin-Morison" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801058v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186927v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dor&#233;" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ingrand" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Debaeke" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dreyfus" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Scopel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-05163905v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Passemard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brives" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kim Deslandes" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Grau" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmina Lemoine" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04774312v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pr&#233;vost" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Le Bail" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teatske Bakker" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chauvat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-05080175v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Capitaine" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Celette" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04771521v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Hirson-Sagalyn" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucy Zwigard" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Quinio" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Champailler" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-Vol93-art06-GB" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04583002v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-vol93-art08" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183282v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mouret" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Arsac" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Omon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03198890v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Cardona" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Brives" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lamine" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Godet" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Gouttenoire" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cagri/2021007" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-03697681v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brives-Beaume" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Heinisch" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu D&#233;sol&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Chazoule" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Vandenbroucke" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.16546" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-03702424v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Migliorini" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Wezel" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Veromann" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carola Strassner" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominika &#346;rednicka-Tober" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJSHE-12-2019-0356" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087546v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fleury" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.5109" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087647v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larry Lev" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02088992v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Casagrande" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Clement" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Dufour" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21683565.2015.1115799" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087567v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641717v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Hellec" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Blanchart" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Deverre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia P. Garnier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04690507v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Courboulay" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Kling-Eveillard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boivin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Frotin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Bensoussan" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/1zwe-fb33" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02649271v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane de Tourdonnet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Denis" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Thomas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01210319v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nausicaa L'Hotellier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bignon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019761v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lauvie" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Audiot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Couix" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Casabianca" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.livsci.2011.03.025" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MXQP5LPH-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656960v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Verrier" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick A. Audiot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss:2007042" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197693v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Steyaert" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Barzman" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Billaud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hubert" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsci.2007.01.012" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q3TQ3HZT-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659870v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hochereau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.045.0169" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05261877v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Champailler Caroline" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morvan Alienor" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05485262v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas J. Giraud" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hazard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.18111917" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-04646766v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-04646796v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Courret" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delfosse" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976560v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioanna Mouratiadou" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Solaroli" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Aristide Perrin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Payet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-04646943v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Cremilleux" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Berthelot" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yulia Bitkova" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-04646716v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vetagro-sup.hal.science/hal-03257837v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cournut" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Mazaud" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Taverne" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin de Verdiere" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832825v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Navarrete" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Catalogna" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089036v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089029v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787316v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Magda" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Girard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Blanc" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02087927v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499065v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Riousset" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189893v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Baret" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Couix-Blanc" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754918v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754761v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane de Tourdonnet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173208v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cerf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Thiery" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mathieu" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Beguin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197804v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Roche" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01173232v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Camel" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Fargue-Leli&#232;vre" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schmidely" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safia Mediene" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02812395v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02761641v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02819257v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques J. R&#233;my" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno L&#233;mery" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-04646536v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-04646559v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03494841v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Lefevre" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Simon" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03128715v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Jabrin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Guirimand" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-03672065v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02788751v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1540/9782759229604/innovation-and-development-in-agricultural-and-food-systems" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791713v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r5282-innovation-et-developpement-dans-les-systemes-agricoles-et-alimentaires.html" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607438v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Guellier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Compagnone" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Bispo" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Chenu" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r4747-les-sols.html" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02794447v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.quae.com/fr/r4708-conseil-prive-en-agriculture.html" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05458576v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Valantin-Morison" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02801058v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186927v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dor&#233;" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ingrand" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Debaeke" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dreyfus" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Scopel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>