--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -1050,261 +1050,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01016015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the reliability of an optical fibre probe in bubble column under industrial relevant operating conditions</w:t>
+                <w:t xml:space="preserve">Hydrodynamics and mass transfer in bubble column: Influence of liquid phase surface tension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chaumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Billet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Charles Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Delmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental Thermal and Fluid Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.expthermflusci.2006.04.018⟩</w:t>
+              <w:t xml:space="preserve">Chemical Engineering Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 6 (24), pp.7378-7390. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ces.2007.08.077⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03594029v1</w:t>
+                <w:t xml:space="preserve">hal-03594034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrodynamics and mass transfer in bubble column: Influence of liquid phase surface tension</w:t>
+                <w:t xml:space="preserve">On the reliability of an optical fibre probe in bubble column under industrial relevant operating conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chaumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Augier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Delmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 6 (24), pp.7378-7390. </w:t>
+              <w:t xml:space="preserve">Experimental Thermal and Fluid Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 3 (6), pp.495 -504. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ces.2007.08.077⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.expthermflusci.2006.04.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03594034v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03594029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validité des milieux modèles pour étudier les procédés gaz-liquide industriels</w:t>
               </w:r>
@@ -1316,51 +1316,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chaumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Augier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1521,287 +1521,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04016503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mass transfer in bubble column for industrial conditions—effects of organic medium, gas and liquid flowrates and column design</w:t>
+                <w:t xml:space="preserve">Application of the double optic probe technique to distorted tumbling bubbles in aqueous or organic liquid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chaumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Augier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Delmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 6 (22), pp.5930-5936. </w:t>
+              <w:t xml:space="preserve">, 2005, 6 (22), pp.6134 -6145. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ces.2005.04.026⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ces.2005.04.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03600501v1</w:t>
+                <w:t xml:space="preserve">hal-03600508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of the double optic probe technique to distorted tumbling bubbles in aqueous or organic liquid</w:t>
+                <w:t xml:space="preserve">Mass transfer in bubble column for industrial conditions—effects of organic medium, gas and liquid flowrates and column design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chaumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Augier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Delmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 6 (22), pp.6134 -6145. </w:t>
+              <w:t xml:space="preserve">, 2005, 6 (22), pp.5930-5936. </w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ces.2005.04.018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ces.2005.04.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03600508v1</w:t>
+                <w:t xml:space="preserve">hal-03600501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude par CFD de l'influence des internes sur l'hydrodynamique monophasique d'une colonne</w:t>
               </w:r>
@@ -1908,420 +1908,420 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemical activity and cavitation mapping in an orifice-based hydrodynamic cavitation reactor</w:t>
+                <w:t xml:space="preserve">Influence de l'écoulement du fluide et de la puissance ultrasonore sur l'activité sonochimique dans un sonoréacteur continu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amirmohammad Javidani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Chaumat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Joelle Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Poux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Laurie Barthe</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Martine Poux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th European Congress of Chemical Engineering (ECCE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Lisbon, Portugal</w:t>
+              <w:t xml:space="preserve">8èmes Journées Sonochimie, Ultrasons et Procédés (JSUP8)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05245271v1</w:t>
+                <w:t xml:space="preserve">hal-05158149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de l'écoulement du fluide et de la puissance ultrasonore sur l'activité sonochimique dans un sonoréacteur continu</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amirmohammad Javidani</w:t>
+                <w:t xml:space="preserve">Prediction of gas-liquid maldistribution impact onto chemical performance in monolith reactors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murilo Arrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chaumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Laurie Barthe</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Devatine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Julcour-Lebigue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Billet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8èmes Journées Sonochimie, Ultrasons et Procédés (JSUP8)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Grenoble, France</w:t>
+              <w:t xml:space="preserve">12th International Conference on Multiphase Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05158149v1</w:t>
+                <w:t xml:space="preserve">hal-05147929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of gas-liquid maldistribution impact onto chemical performance in monolith reactors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Murilo Arrais</w:t>
+                <w:t xml:space="preserve">Chemical activity and cavitation mapping in an orifice-based hydrodynamic cavitation reactor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amirmohammad Javidani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Barthe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joelle Aubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chaumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Anne-Marie Billet</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Poux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th International Conference on Multiphase Flow</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">15th European Congress of Chemical Engineering (ECCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05147929v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05245271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maldistribution quantification for monolithic reactors and for two different technologies of gas-liquid distributors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murilo Arrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chaumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2424,77 +2424,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amirmohammad Javidani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chaumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joelle Aubin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joelle Aubin</w:t>
+                <w:t xml:space="preserve">Martine Poux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Barthe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th European Process Intensification Conference (EPIC2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Athens, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2513,498 +2513,498 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05103234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of residence time distribution on monolith reactors to determine the effect of gas-liquid maldistribution</w:t>
+                <w:t xml:space="preserve">Characterization of gas-liquid maldistribution in monolith reactors with assessment of an innovative distributor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murilo Ricardo Do Nascimento Arrais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Devatine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Julcour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chaumat</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anne-Marie Billet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">the 9th International Conference on Tracers and Tracing Methods, 14–16 May 2024, Benicàssim, Spain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Benicassim, Spain</w:t>
+              <w:t xml:space="preserve">16th International Conference on Gas-Liquid and Gas-Liquid-Solid Reactor Engineering (GLS-16)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Dresden, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04756284v1</w:t>
+                <w:t xml:space="preserve">hal-04756305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of gas-liquid maldistribution in monolith reactors with assessment of an innovative distributor</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Murilo Ricardo Do Nascimento Arrais</w:t>
+                <w:t xml:space="preserve">Caractérisation des écoulements confinés à bulles : l'Intelligence Artificielle au service du traitement des données d'un capteur résistif innovant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Chaumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Devatine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hélène Chaumat</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Ouaret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th International Conference on Gas-Liquid and Gas-Liquid-Solid Reactor Engineering (GLS-16)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Dresden, Germany</w:t>
+              <w:t xml:space="preserve">19ème Congrès de la Société Française de Génie des Procédés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Deauville, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04756305v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04775396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation des écoulements confinés à bulles : l'Intelligence Artificielle au service du traitement des données d'un capteur résistif innovant</w:t>
+                <w:t xml:space="preserve">Machine learning to process data from innovative sensor for gas-liquid flow characterization in millimeter-scale channels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chaumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Devatine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murilo Ricardo Do Nascimento Arrais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Ouaret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19ème Congrès de la Société Française de Génie des Procédés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Deauville, France</w:t>
+              <w:t xml:space="preserve">16th International Conference on Gas-Liquid and Gas-Liquid-Solid Reactor Engineering (GLS-16)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Dresden, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04775396v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04756312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Machine learning to process data from innovative sensor for gas-liquid flow characterization in millimeter-scale channels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prediction of residence time distribution on monolith reactors to determine the effect of gas-liquid maldistribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Murilo Ricardo Do Nascimento Arrais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chaumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Devatine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Murilo Ricardo Do Nascimento Arrais</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Julcour-Lebigue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Billet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rachid Ouaret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th International Conference on Gas-Liquid and Gas-Liquid-Solid Reactor Engineering (GLS-16)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Dresden, Germany</w:t>
+              <w:t xml:space="preserve">the 9th International Conference on Tracers and Tracing Methods, 14–16 May 2024, Benicàssim, Spain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Benicassim, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04756312v1</w:t>
+                <w:t xml:space="preserve">hal-04756284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-scale approach for the analysis and assessment of a heat-exchanger monolith reactor dedicated to catalytic gas-liquid reactions</w:t>
               </w:r>
@@ -3124,51 +3124,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chaumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Tendero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Julcour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Billet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3258,51 +3258,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Ayroles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Devatine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Julcour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème Congrès SFGP, 2022 (Toulouse)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFGP, Nov 2022, Toulouse, France</w:t>
@@ -3456,51 +3456,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal Control of Acoustic Power Input in Cavitating Liquids Effect of low-frequency ultrasound on the hydrodynamics of a continuous annular reactor: Residence Time Distribution experimental approach (RTD)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Barthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chaumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3594,51 +3594,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence de la sonication par ultrasons basse fréquence sur l'hydrodynamique d'un réacteur annulaire continu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imane Benhamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Barthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chaumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4211,51 +4211,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aimé Bascoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Augier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4336,64 +4336,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Hebrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Augier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème Congrès de la Société Française de Génie des Procédés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2005, Toulouse, France. pp.0</w:t>
@@ -4493,51 +4493,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chaumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Devatine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Julcour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Billet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4735,51 +4735,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chaumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Devatine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Julcour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Billet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4938,51 +4938,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Degradation of 2,4-D herbicide by ultrasonic and gamma radiation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germán Cruz-González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Julcour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chaumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5184,51 +5184,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Degradation of chlordecone and β-HCH by photolysis and photo-Fenton processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Germán Cruz-González</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Julcour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chaumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5430,51 +5430,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chaumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Augier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5519,273 +5519,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04809802v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation des capteurs de pression en colonne à bulles industrielle : des mesures fiables et complètes</w:t>
+                <w:t xml:space="preserve">Mass transfer in bubble column for industrial applications. Effects of organic medium, gas and liquid flow rates and column design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chaumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Frederic Augier</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Augier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10ème Congrès de la Société Française de Génie des Procédés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2005, Toulouse, France</w:t>
+              <w:t xml:space="preserve">7th International Conference on Gas-Liquid and Gas-Liquid-Solid Reactor Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2005, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04775402v1</w:t>
+                <w:t xml:space="preserve">hal-04809884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mass transfer in bubble column for industrial applications. Effects of organic medium, gas and liquid flow rates and column design</w:t>
+                <w:t xml:space="preserve">Utilisation des capteurs de pression en colonne à bulles industrielle : des mesures fiables et complètes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chaumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Augier</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aimé Bascoul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Augier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Gas-Liquid and Gas-Liquid-Solid Reactor Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2005, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">10ème Congrès de la Société Française de Génie des Procédés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2005, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04809884v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04775402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of the double optic probe technique to distorted tumbling bubbles in aqueous or organic liquid</w:t>
               </w:r>
@@ -5797,51 +5797,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chaumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Billet-Duquenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Augier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5931,51 +5931,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Hébrard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Augier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6138,51 +6138,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chaumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Billet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Augier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6259,51 +6259,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chaumat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Duquenne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Augier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6697,51 +6697,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="66DF6ECE"/>
+    <w:nsid w:val="32DD99D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6928,51 +6928,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/helene-chaumat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0360-1464" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/145606961" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/209138512" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000358441637" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/AAB-7415-2019" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403699v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murilo Ricardo Do Nascimento Arrais" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chaumat" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Devatine" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Julcour-Lebigue" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Ayroles" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cep.2023.109610" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950009v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germ&#225;n Cruz-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bourdon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Ramon-Portugal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03601234.2017.1388682" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879971v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulises J&#225;uregui-Haza" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Delmas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2017.12.049" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882029v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Guillaume" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bismath Tati Tchibouanga" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy-Libardo Dur&#225;n Mart&#237;nez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cep.2017.10.015" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775416v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Benhamed" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hengl" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Baup" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gondrexon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016015v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Iken" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guillen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Rose Mazi&#232;res" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Plaquevent" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.TETLET.2012.04.119" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594029v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Billet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Augier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Mathieu" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2006.04.018" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594034v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2007.08.077" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775406v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Mathieu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016503v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2202/1542-6580.1342" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QT4-V55D8P5X-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03600501v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2005.04.026" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03600508v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2005.04.018" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775420v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Sardeing" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245271v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amirmohammad Javidani" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Barthe" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Aubin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Poux" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158149v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147929v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murilo Arrais" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147885v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103234v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756284v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756305v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Julcour" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775396v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Ouaret" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756312v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750827v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775394v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Tendero" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751304v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756276v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798301v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Baup" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775418v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980528v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193844v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Renault" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Colin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cognet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tz&#233;dakis" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Orieux" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775419v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guillen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Tzedakis" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809900v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Billet-Duquenne" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092052v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aim&#233; Bascoul" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092045v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Hebrard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373611v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772879v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghinwa Zaarour" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752639v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403601v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rouzineau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775398v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulises Jauregui-Haza" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810024v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775399v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Ramon Portugal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809960v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Sabri" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Groenen Serrano" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Savall" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809802v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775402v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Augier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809884v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809881v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775403v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles H&#233;brard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809965v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809817v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809763v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Duquenne" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403436v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Da Costa" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignace Coghe" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04258400v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2004INPT017G" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/helene-chaumat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0360-1464" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/145606961" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/209138512" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000358441637" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/AAB-7415-2019" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403699v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murilo Ricardo Do Nascimento Arrais" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chaumat" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Devatine" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Julcour-Lebigue" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Ayroles" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cep.2023.109610" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950009v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germ&#225;n Cruz-Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bourdon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Ramon-Portugal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03601234.2017.1388682" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879971v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulises J&#225;uregui-Haza" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Delmas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jece.2017.12.049" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882029v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Guillaume" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bismath Tati Tchibouanga" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy-Libardo Dur&#225;n Mart&#237;nez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cep.2017.10.015" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775416v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Benhamed" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hengl" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Baup" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gondrexon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016015v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hicham Iken" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guillen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Rose Mazi&#232;res" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Plaquevent" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.TETLET.2012.04.119" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594034v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Billet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2007.08.077" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594029v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Augier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Mathieu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2006.04.018" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775406v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Mathieu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04016503v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2202/1542-6580.1342" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QT4-V55D8P5X-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03600508v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2005.04.018" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03600501v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2005.04.026" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775420v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Sardeing" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05158149v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amirmohammad Javidani" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Aubin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Poux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Barthe" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147929v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murilo Arrais" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245271v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05147885v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103234v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756305v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Julcour" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775396v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Ouaret" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756312v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756284v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750827v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775394v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Tendero" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751304v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756276v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798301v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Baup" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775418v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01980528v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02193844v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Renault" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Colin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cognet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tz&#233;dakis" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Orieux" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775419v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guillen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Tzedakis" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809900v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Billet-Duquenne" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092052v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aim&#233; Bascoul" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04092045v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Hebrard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373611v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04772879v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghinwa Zaarour" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752639v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403601v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rouzineau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775398v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulises Jauregui-Haza" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810024v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775399v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Ramon Portugal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809960v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Sabri" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Groenen Serrano" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Savall" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809802v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809884v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775402v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Augier" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809881v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775403v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles H&#233;brard" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809965v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809817v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809763v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Duquenne" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04403436v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Da Costa" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignace Coghe" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04258400v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2004INPT017G" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>