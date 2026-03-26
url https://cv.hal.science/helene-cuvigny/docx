--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -636,399 +636,399 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05321228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Early Imperial fortress of Berkou, Eastern Desert, Egypt</w:t>
+                <w:t xml:space="preserve">Le faune et le préfet. Une chambre peinte au Mons Claudianus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer Gates-Foster</w:t>
+                <w:t xml:space="preserve">Hélène Eristov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Cuvigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Goncalves</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Wilfried van Rengen</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Roman Archaeology (JRA)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S1047759421000337⟩</w:t>
+              <w:t xml:space="preserve">Bulletin de l'Institut Français d'Archéologie Orientale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 121, pp.183-254. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bifao.9678⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03298807v2</w:t>
+                <w:t xml:space="preserve">halshs-03498677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le faune et le préfet. Une chambre peinte au Mons Claudianus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hélène Eristov</w:t>
+                <w:t xml:space="preserve">Désert oriental (2020)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Faucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérangère Redon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adam Bülow-Jacobsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maël Crépy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Cuvigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l'Institut Français d'Archéologie Orientale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/bifao.9678⟩</w:t>
+              <w:t xml:space="preserve">Bulletin archéologique des Écoles françaises à l’étranger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Le désert oriental et le littoral de la mer Rouge, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/baefe.2714⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03498677v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03323502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Désert oriental (2020)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Faucher</w:t>
+                <w:t xml:space="preserve">The Early Imperial fortress of Berkou, Eastern Desert, Egypt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Gates-Foster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bérangère Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Cuvigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adam Bülow-Jacobsen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hélène Cuvigny</w:t>
+                <w:t xml:space="preserve">Mariola Hepa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin archéologique des Écoles françaises à l’étranger</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, Le désert oriental et le littoral de la mer Rouge, </w:t>
+              <w:t xml:space="preserve">Journal of Roman Archaeology (JRA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 34 (1), pp.30-74. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/baefe.2714⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S1047759421000337⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03323502v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03298807v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Poste publique, renseignement militaire et citernes à sec : les lettres de Diourdanos à Archibios, curator Claudiani</w:t>
               </w:r>
@@ -1589,51 +1589,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Cardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Cuvigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Bülow-Jacobsen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archaeological Textiles Newsletter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 50, pp.2-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2189,51 +2189,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les inscriptions d’al-Muwayh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Bülow-Jacobsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Cuvigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2310,51 +2310,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Identification of Myos Hormos. New Papyrological Evidence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Bülow-Jacobsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Fournet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2618,186 +2618,186 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04856724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rome in Egypt’s Eastern Desert</w:t>
+                <w:t xml:space="preserve">Yale Papyri in the Beinecke Rare Book and Manuscript Library IV</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Cuvigny</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruth Duttenhoefer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ann Ellis Hanson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">American Society of Papyrologists, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3998/mpub.12172589⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03498629v1</w:t>
+                <w:t xml:space="preserve">halshs-03498471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yale Papyri in the Beinecke Rare Book and Manuscript Library IV</w:t>
+                <w:t xml:space="preserve">Rome in Egypt’s Eastern Desert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Cuvigny</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...31 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021, ISAW Monographs, 9781479810611</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3998/mpub.12172589⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-03498471v1</w:t>
+                <w:t xml:space="preserve">halshs-03498629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La route de Myos Hormos, L'armée romaine dans le désert Oriental d'Egypte (Praesidia du désert de Bérénice I)</w:t>
               </w:r>
@@ -2809,51 +2809,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Cuvigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Bülow-Jacobsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Cardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3114,51 +3114,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Téreygeol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Cuvigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Bülow-Jacobsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Faucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3446,51 +3446,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Περίψημα. A Question of Life and Death in a Private Letter from the Eastern Desert of Egypt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adam Bülow-Jacobsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Cuvigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3962,246 +3962,246 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00007982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le fonctionnement du réseau</w:t>
+                <w:t xml:space="preserve">Une sphère céleste antique en argent ciselé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Cuvigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Jean-Pierre BRUN, Adam BÜLOW-JACOBSEN, Dominique CARDON, Jean-Luc FOURNET, Martine LEGUILLOUX, Marie-Agnès MATELLY, Michel REDDÉ. </w:t>
+              <w:t xml:space="preserve">H. HARRAUER, R. PINTAUDI. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La route de Myos Hormos, L'armée romaine dans le désert Oriental d'Egypte (Praesidia du désert de Bérénice I)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.295-359, 2004, Fouilles de l'IFAO 49/1-2</w:t>
+              <w:t xml:space="preserve">Gedenschrift Ulrike Horak</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.345-381, 2004, Papyrologica Florentina 34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00007986v1</w:t>
+                <w:t xml:space="preserve">halshs-00007989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une sphère céleste antique en argent ciselé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Cuvigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">H. HARRAUER, R. PINTAUDI. </w:t>
+              <w:t xml:space="preserve">H. Harrauer; R. Pintaudi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gedenschrift Ulrike Horak</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.345-381, 2004, Papyrologica Florentina 34</w:t>
+              <w:t xml:space="preserve">Gedenkschrift Ulrike Horak</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00007989v1</w:t>
+                <w:t xml:space="preserve">hal-02988554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une sphère céleste antique en argent ciselé</w:t>
+                <w:t xml:space="preserve">Le fonctionnement du réseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Cuvigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">H. Harrauer; R. Pintaudi. </w:t>
+              <w:t xml:space="preserve">Jean-Pierre BRUN, Adam BÜLOW-JACOBSEN, Dominique CARDON, Jean-Luc FOURNET, Martine LEGUILLOUX, Marie-Agnès MATELLY, Michel REDDÉ. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gedenkschrift Ulrike Horak</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2004</w:t>
+              <w:t xml:space="preserve">La route de Myos Hormos, L'armée romaine dans le désert Oriental d'Egypte (Praesidia du désert de Bérénice I)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.295-359, 2004, Fouilles de l'IFAO 49/1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02988554v1</w:t>
+                <w:t xml:space="preserve">halshs-00007986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les documents écrits de la route de Myos Hormos à l'époque gréco-romaine (inscriptions, graffiti, papyrus, ostraca)</w:t>
               </w:r>
@@ -4327,173 +4327,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00007988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
+                <w:t xml:space="preserve">Le témoignage de la papyrologie : kopeloi et kopelarioi dans les documents d'Égypte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Cuvigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Pierre BRUN, Adam BÜLOW-JACOBSEN, Dominique CARDON, Jean-Luc FOURNET, Martine LEGUILLOUX, Marie-Agnès MATELLY, Michel REDDÉ. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La route de Myos Hormos, L'armée romaine dans le désert Oriental d'Egypte (Praesidia du désert de Bérénice I)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.1-35, 2003, Fouilles de l'IFAO 49/1</w:t>
+              <w:t xml:space="preserve">, pp.216-228, 2003, Fouilles de l'IFAO 49/1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00007983v1</w:t>
+                <w:t xml:space="preserve">halshs-00007984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le témoignage de la papyrologie : kopeloi et kopelarioi dans les documents d'Égypte</w:t>
+                <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Cuvigny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-Pierre BRUN, Adam BÜLOW-JACOBSEN, Dominique CARDON, Jean-Luc FOURNET, Martine LEGUILLOUX, Marie-Agnès MATELLY, Michel REDDÉ. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La route de Myos Hormos, L'armée romaine dans le désert Oriental d'Egypte (Praesidia du désert de Bérénice I)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, pp.216-228, 2003, Fouilles de l'IFAO 49/1-2</w:t>
+              <w:t xml:space="preserve">, pp.1-35, 2003, Fouilles de l'IFAO 49/1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00007984v1</w:t>
+                <w:t xml:space="preserve">halshs-00007983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La société civile des praesidia</w:t>
               </w:r>
@@ -4901,51 +4901,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05232835v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Cr&#233;py" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faucher" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Redon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samar Adel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Aguer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14fx3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679299v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cuvigny" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11sxg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159922v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Chaufray" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.9299" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321228v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Fournet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodney Ast" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Benaissa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Clarysse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.CDE.5.134189" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03298807v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Gates-Foster" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Goncalves" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariola Hepa" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1047759421000337" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03498677v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Eristov" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried van Rengen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bifao.9678" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03323502v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam B&#252;low-Jacobsen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.2714" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974895v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110611236-012" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02975618v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974801v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Delattre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Martin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;m Vanthieghem" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.CDE.5.115219" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02976840v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02975621v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02976805v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.CDE.5.114284" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02977032v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00675023v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cardon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00675018v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01829614v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginette Vagenheim" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007979v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007978v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007977v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007976v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01710811v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Robin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/topoi.1996.1690" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01595885v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gabolde" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Robin Christian" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01595876v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974787v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856724v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Brun" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Botte" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03498629v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03498471v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Duttenhoefer" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Ellis Hanson" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3998/mpub.12172589" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007990v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803927v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03498552v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994382v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian T&#233;reygeol" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974865v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974848v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Lach-Urgacz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02975608v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Kolb" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110638332-006" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974884v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110536409-013" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02975614v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cdf.5154" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02975619v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cdf.5231" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00675027v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Nadal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00974049v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007982v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007986v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007989v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988554v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007985v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007988v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007983v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007984v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007987v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007981v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845471v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05232835v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;l Cr&#233;py" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Faucher" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Redon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samar Adel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Aguer" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14fx3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679299v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Cuvigny" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11sxg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04159922v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Chaufray" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.9299" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321228v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Fournet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodney Ast" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amin Benaissa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Clarysse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.CDE.5.134189" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03498677v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Eristov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried van Rengen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bifao.9678" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03323502v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam B&#252;low-Jacobsen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.2714" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03298807v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Gates-Foster" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Goncalves" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariola Hepa" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1047759421000337" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974895v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110611236-012" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02975618v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974801v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Delattre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Martin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;m Vanthieghem" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.CDE.5.115219" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02976840v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02975621v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02976805v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.CDE.5.114284" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02977032v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00675023v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Cardon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00675018v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01829614v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ginette Vagenheim" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007979v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007978v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007977v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007976v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01710811v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Robin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/topoi.1996.1690" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01595885v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gabolde" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Robin Christian" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01595876v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974787v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04856724v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Brun" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Botte" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03498471v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth Duttenhoefer" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Ellis Hanson" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3998/mpub.12172589" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03498629v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007990v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803927v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03498552v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994382v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian T&#233;reygeol" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974865v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974848v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Lach-Urgacz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02975608v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Kolb" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110638332-006" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974884v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783110536409-013" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02975614v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cdf.5154" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02975619v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.cdf.5231" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00675027v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Nadal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00974049v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007982v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007989v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02988554v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007986v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007985v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007988v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007984v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007983v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007987v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00007981v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845471v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>