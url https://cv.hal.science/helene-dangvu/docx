--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -547,77 +547,760 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03091025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vingt ans de lutte pour le logement et le droit à la ville : le Porto fluviale occupé à Rome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrico Perini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Baudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene Dang Vu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Delon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dominique Rivière. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les métropoles d’Europe du Sud à l’épreuve des crises du XXIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Publications de l’École française de Rome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.338-343, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04786028v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Paris 2024 Olympic Games, Steering a “Major Project” Like Any Other?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Bourdin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Dang Vu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Idt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules-Mathieu Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Planning the Paris 2024 Olympic and Paralympic Games</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer Nature Singapore; Palgrave Macmillan, pp 55-68, 2024, Mega Event Planning, 978-981-97-3724-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-97-3725-3_5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05121247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Injonctions métropolitaines : grands projets de transformation urbaine et jeux institutionnels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simonetta Armondi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela D’orazio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacima Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene Dang Vu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Montuori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les métropoles d’Europe du Sud à l’épreuve des crises du XXIe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions de l’École française de Rome</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.71-120, 2024, Publications de l’École française de Rome</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05121227v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruptures et variations. Une discussion autour de méthodes d’analyse du changement en urbanisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Dang Vu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Dorso</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nadia ARAB; Amandine MILLE; Antoine PAUCHON. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Urbanisme et changement. Injonctions, rhétorique ou nouvelles pratiques ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires du Midi, pp.157-172, 2022, 978-2-8107-0789-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03672255v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Campus du Grand Paris : des marqueurs métropolitains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene Dang Vu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Daniel Behar; Aurélien Delpirou. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atlas du Grand Paris : Une métropole en mutations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions autrement, 2020, 978-2-7467-5511-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04288195v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Universités et métropoles : stratégies croisées ou constructions parallèles ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Dang Vu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Ratouis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Bensoussan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Cordonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Campagnac-Ascher, Elisabeth. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Economie de la connaissance: une dynamique métropolitaine?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Le Moniteur, pp.237--261, 2015, 978-2-281-11964-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640560v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paris 2024 : quel héritage olympique restera-t-il après les Jeux ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Dang Vu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -659,73 +1342,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Conversation France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05121175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La gestion circulaire des eaux lyonnaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Arab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -741,306 +1424,306 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Urbanisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 431, pp.16-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04288209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les appels à projets urbains innovants en temps réel : des groupements entre recompositions et décompositions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Dang Vu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Internationale d’Urbanisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04228095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des professionnels qui s'agitent dans l'effervescence du Grand Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Dang Vu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro S Gomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers de la recherche architecturale, urbaine et paysagère</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03416781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ils interrogent l’ingénierie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Dang Vu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Urbanisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 422, pp.52-55</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04292314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Buzz ou transformations silencieuses ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Dang Vu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1056,73 +1739,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Urbanisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 415, p.59</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04288221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acteurs et systèmes d’acteurs de la production de la ville, quoi de neuf ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Arab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1138,982 +1821,299 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Internationale d’Urbanisme</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03090979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une formation en urbanisme sans institut, and so what ? Réflexion à partir d’un éternel horizon nantais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Dang vu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Devisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Territoire en mouvement. Revue de Géographie et d'Aménagement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 39-40, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/tem.4661⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02426685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La multiplication des universités : une histoire de l’aménagement de l’Île-de-France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Dang Vu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Métropolitiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, https://metropolitiques.eu/La-multiplication-des-universites-une-histoire-de-l-amenagement-de-l-Ile-de-1118</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04288224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Histoire de courbe: la publiphonie en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Dang Vu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Mazzoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Flux - Cahiers scientifiques internationaux Réseaux et territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 68, pp.105 à 113</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00348982v1</w:t>
-              </w:r>
-[...681 lines deleted...]
-                <w:t xml:space="preserve">hal-01640560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2755,51 +2755,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les student hotels à Turin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Dang Vu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Delon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magda Bolzoni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2843,51 +2843,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Turin, ville universitaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magda Bolzoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Delon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Dang Vu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3247,51 +3247,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helene Dang Vu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Gomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Qui aménage le Grand Paris</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, https://chaire-grandparis.fr/webdocumentaire-qui-amenage-le-grand-paris/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3374,51 +3374,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Lacroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Dang Vu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro S Gomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Exposition « Le Grand Paris, chemin faisant »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Paris, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3781,51 +3781,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123012v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Arab" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Crague" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Dang Vu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.lemoniteur.fr/vers-une-gestion-circulaire-des-dechets-urbains.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123027v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bourdin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Idt" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules-Mathieu Meunier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288203v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922710v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Meyrignac" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Dang Vu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lacroix" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091025v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Dang&#160;vu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121175v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288209v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04228095v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Gomes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03416781v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro S Gomes" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04292314v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288221v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090979v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426685v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Devisme" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.4661" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288224v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00348982v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mazzoni" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04786028v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Perini" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Baudry" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Delon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/efr/63912" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121247v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-97-3725-3_5" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121227v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simonetta Armondi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela D&#8217;orazio" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacima Baron" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Montuori" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/efr/63831" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03672255v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dorso" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288195v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640560v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ratouis" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bensoussan" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Cordonnier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04654039v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Appendino" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264031v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04858427v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aldhuy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04267578v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329238v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764967v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2020.0044" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288179v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288143v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magda Bolzoni" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288129v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04425524v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486156v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486146v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288217v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333676v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00202485v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Jeaneau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00348970v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123012v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Arab" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Crague" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Dang Vu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://boutique.lemoniteur.fr/vers-une-gestion-circulaire-des-dechets-urbains.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05123027v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bourdin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Idt" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules-Mathieu Meunier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288203v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922710v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Meyrignac" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Dang Vu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lacroix" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091025v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Dang&#160;vu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04786028v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Perini" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Baudry" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Delon" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/efr/63912" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121247v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-97-3725-3_5" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121227v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simonetta Armondi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela D&#8217;orazio" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacima Baron" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Montuori" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/efr/63831" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03672255v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Dorso" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288195v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640560v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ratouis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bensoussan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Cordonnier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121175v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288209v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04228095v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Gomes" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03416781v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro S Gomes" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04292314v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288221v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03090979v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426685v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Devisme" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.4661" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288224v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00348982v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Mazzoni" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04654039v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Appendino" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264031v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04858427v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Aldhuy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04267578v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329238v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764967v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25580/igp.2020.0044" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288179v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288143v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magda Bolzoni" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04288129v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04425524v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486156v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486146v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288217v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03333676v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00202485v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Jeaneau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00348970v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>