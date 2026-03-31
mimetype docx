--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -846,217 +846,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04383045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Open science, FAIR data: Challenges and principles of opening research data in social sciences</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quelle mémoire collective pour un site de mémoire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Delacour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Héloïse Berkowitz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hélène Delacour</w:t>
+                <w:t xml:space="preserve">Sébastien Liarte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pasquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Sauviat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’action publique des données &amp; Les données de l’action publique - ESR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">XXX. Conférence de l’AIMS Association Internationale de Management Stratégique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AIMS, May 2022, Annecy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03819303v1</w:t>
+                <w:t xml:space="preserve">hal-04863143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle mémoire collective pour un site de mémoire ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Open science, FAIR data: Challenges and principles of opening research data in social sciences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héloïse Berkowitz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Sauviat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXX. Conférence de l’AIMS Association Internationale de Management Stratégique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AIMS, May 2022, Annecy, France</w:t>
+              <w:t xml:space="preserve">L’action publique des données &amp; Les données de l’action publique - ESR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04863143v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03819303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Explaining industry emergence through focal key activities in interorganizational innovation networks: A longitudinal study on the autonomous vehicle industry</w:t>
               </w:r>
@@ -1072,250 +1072,250 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Gulsemin Altundas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Association Internationale de Management Stratégique (AIMS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Toulouse (on line), France</w:t>
+              <w:t xml:space="preserve">EURAM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Dublin (on line), Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02971530v1</w:t>
+                <w:t xml:space="preserve">hal-02971534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Explaining industry emergence through focal key activities in interorganizational innovation networks: A longitudinal study on the autonomous vehicle industry</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A space of their own? Spatial work in the emergence and development of a new organizational field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Candace Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Leca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EURAM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2020, Dublin (on line), Ireland</w:t>
+              <w:t xml:space="preserve">36th EGOS colloquium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Hambourg (on line), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02971534v1</w:t>
+                <w:t xml:space="preserve">hal-02971539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A space of their own? Spatial work in the emergence and development of a new organizational field</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Explaining industry emergence through focal key activities in interorganizational innovation networks: A longitudinal study on the autonomous vehicle industry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gulsemin Altundas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Bernard Leca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">36th EGOS colloquium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2020, Hambourg (on line), Germany</w:t>
+              <w:t xml:space="preserve">Association Internationale de Management Stratégique (AIMS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Toulouse (on line), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02971539v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02971530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barriers and drivers to the adoption of e-health business model: a french case study</w:t>
               </w:r>
@@ -1586,51 +1586,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Clauzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Liarte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27. Conférence de l’AIMS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1681,90 +1681,90 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Clauzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Liarte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34. EGOS colloquium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Tallin, Estonia</w:t>
+              <w:t xml:space="preserve">34. Conférence de l’AFM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02971575v1</w:t>
+                <w:t xml:space="preserve">hal-02971595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The influence of an expert negative judgment on the consumers’ judgment in the haute cuisine field</w:t>
               </w:r>
@@ -1776,90 +1776,90 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Clauzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Liarte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34. Conférence de l’AFM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">34. EGOS colloquium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Tallin, Estonia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02971595v1</w:t>
+                <w:t xml:space="preserve">hal-02971575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le tourisme de sites de bataille est-il compatible avec des considérations éthiques ? Le cas de Verdun</w:t>
               </w:r>
@@ -1871,51 +1871,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bornarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Liarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Virgili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1966,51 +1966,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial organisation of memory in a dark tourism site: From ruins to heterotopias of resistance in Oradour-sur-Glane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Liarte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33rd EGOS colloquium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Copenhagen, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2029,217 +2029,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02511903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherches en sciences de gestion et pratiques managériales : réalité, possibilité et pertinence d’un lien controversé</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The dark side of institutional change: The case of the Serbian transition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreea Zara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Romain Pierronnet</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Josserand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">"L'impact de la Recherche en Sciences de Gestion" - Etats Généraux du Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Fondation Nationale pour l'Enseignement de la Gestion des Entreprises, May 2016, Toulouse, France</w:t>
+              <w:t xml:space="preserve">32nd EGOS colloquium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Naples, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01370984v1</w:t>
+                <w:t xml:space="preserve">hal-02511915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The dark side of institutional change: The case of the Serbian transition</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Recherches en sciences de gestion et pratiques managériales : réalité, possibilité et pertinence d’un lien controversé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Liarte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Josserand</w:t>
+                <w:t xml:space="preserve">Romain Pierronnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32nd EGOS colloquium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Naples, Italy</w:t>
+              <w:t xml:space="preserve">"L'impact de la Recherche en Sciences de Gestion" - Etats Généraux du Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fondation Nationale pour l'Enseignement de la Gestion des Entreprises, May 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02511915v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01370984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Des flammes à la lumière » : 100 ans de dark tourism autour du champ de bataille de Verdun</w:t>
               </w:r>
@@ -2264,51 +2264,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bornarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Liarte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31ème conférence de l’AFM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2015, Marrakech, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2333,51 +2333,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J'irai payer sur vos tombes &amp;quot; … Opportunités, enjeux et limites de la création de valeur économique à travers le dark tourism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Liarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2454,51 +2454,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to leverage contingencies? A process study of the creation of Freudian psychoanalysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Liarte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23e conférence de l'AIMS (Association Internationale de Management Stratégique). Nouvelles pratiques stratégiques et dynamiques territoriales : la relance par l'innovation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AIMS, Association Internationale de Management Stratégique, May 2014, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2517,191 +2517,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01374604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alone in the dark: Towards an etiology of the Freudian pyschoanalysis business model creation</w:t>
+                <w:t xml:space="preserve">Shock value? Scandal and radical innovation in creative fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Liarte</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Leca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EURAM 2013 13th Annual Conference "Democratising Management" </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EURAM, European Academy of Management, Jun 2013, Istanbul, Turkey</w:t>
+              <w:t xml:space="preserve">EGOS Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EGOS, European Group for Organizational Studies, Jul 2013, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01376666v1</w:t>
+                <w:t xml:space="preserve">hal-01376663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shock value? Scandal and radical innovation in creative fields</w:t>
+                <w:t xml:space="preserve">Alone in the dark: Towards an etiology of the Freudian pyschoanalysis business model creation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">B. Leca</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Liarte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGOS Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EGOS, European Group for Organizational Studies, Jul 2013, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">EURAM 2013 13th Annual Conference "Democratising Management" </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EURAM, European Academy of Management, Jun 2013, Istanbul, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01376663v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01376666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (30)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2830,252 +2830,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05112207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Langlois, David Autissier, Gaspard Gantzer, Marie-Léandre Gomez, Marie Kerveillant (2024), Incertitude ordinaire. Résilience organisationnelle en situation de crise , Caen, Éditions EMS, 127 p.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Collective memory in conflict: Exploring spatial multivocality in Oradour-sur-Glane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Liarte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pasquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Sauviat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, N° 77, pp.199-203. </w:t>
+              <w:t xml:space="preserve">Organization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-41. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/inno.077.0199⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/13505084251348683⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05112209v1</w:t>
+                <w:t xml:space="preserve">hal-05143913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Collective memory in conflict: Exploring spatial multivocality in Oradour-sur-Glane</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Matthieu Langlois, David Autissier, Gaspard Gantzer, Marie-Léandre Gomez, Marie Kerveillant (2024), Incertitude ordinaire. Résilience organisationnelle en situation de crise , Caen, Éditions EMS, 127 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bornarel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Virgili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Sauviat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Organization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, N° 77, pp.199-203. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/13505084251348683⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/inno.077.0199⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05143913v1</w:t>
+                <w:t xml:space="preserve">hal-05112209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Embracing causal complexity: An analytical framework based on Aristotle’s conceptualization of causes and causalities</w:t>
               </w:r>
@@ -3256,51 +3256,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction: Scaling perspectives on grand challenges in management and organization studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Berkowitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Bocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3464,51 +3464,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the ontological origins of dualism: Towards a conjunctive structure of thought in organization studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreea Zara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3555,51 +3555,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Opening Research Data: What Does It Mean for Social Sciences?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Berkowitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3854,51 +3854,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the fluidity of institutional change: Complex interrelations between multiple types of institutional work during the Serbian transition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreea Zara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3939,317 +3939,317 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02971457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sustainable Academia: Open, Engaged, and Slow Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Héloïse Berkowitz</w:t>
+                <w:t xml:space="preserve">The progressive structuration and boundary setting of the creative industries as a scientific field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Boutinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">M@n@gement</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal of Arts Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 23 (1), pp.4-14</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02527707v1</w:t>
+                <w:t xml:space="preserve">hal-02971461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The progressive structuration and boundary setting of the creative industries as a scientific field</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Amélie Boutinot</w:t>
+                <w:t xml:space="preserve">Exploring travelers’ experiences when visiting Verdun battlefield : A TripAdvisor case study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Bornarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Liarte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Virgili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Arts Management</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Current Issues in Tourism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 24 (6), pp.824-841. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/13683500.2020.1751593⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02971461v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02971466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring travelers’ experiences when visiting Verdun battlefield : A TripAdvisor case study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frederic Bornarel</w:t>
+                <w:t xml:space="preserve">Sustainable Academia: Open, Engaged, and Slow Science</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Héloïse Berkowitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Virgili</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Issues in Tourism</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 24 (6), pp.824-841. </w:t>
+              <w:t xml:space="preserve">M@n@gement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 23 (1), pp.1-3. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/13683500.2020.1751593⟩</w:t>
+                <w:t xml:space="preserve">⟨10.37725/mgmt.v23.4474⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02971466v1</w:t>
+                <w:t xml:space="preserve">hal-02527707v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When cuisine becomes less haute : The impact of expert ratings on consumers' legitimacy judgments</w:t>
               </w:r>
@@ -4261,51 +4261,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Clauzel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Liarte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Business Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 105, pp.395-404. </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4365,51 +4365,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Cartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Liarte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 23 (4), pp.165-175. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4482,51 +4482,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Bornarel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Liarte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Tourism Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 68, pp.61-72. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4676,51 +4676,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Paradox of Controversial Innovation: Insights From the Rise of Impressionism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Leca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Organization Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 38 (5), pp.597-618. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4767,51 +4767,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des premières salles obscures à Roxxxy : Intimité, interactions et sensorialité au cœur de l’innovation dans l’industrie pornographique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Liarte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La revue des affaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4849,51 +4849,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stratégie d'innovation continue dans un contexte de Red Queen Effect : Une étude empirique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Liarte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Management international = International management = Gestión internacional</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 19 (2), pp.140. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4940,51 +4940,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résolution de guerre de standards par la coordination : De l’émergence à l’instrumentalisation d’un point focal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Liarte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Finance Contrôle Stratégie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 17 (3), pp.1-18. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5031,51 +5031,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">«Je t'aime... Moi non plus !»: De la marginalisation à l'intégration de l'industrie du cinéma pornographique dans le réseau Blu-Ray.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Liarte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">M@n@gement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 16 (3), pp.238 - 263. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5122,51 +5122,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Red Queen Effect : Principe, synthèse et implications pour la stratégie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Liarte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">M@n@gement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 15 (3), pp.314 - 331. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5194,277 +5194,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01380659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toutes les recherches doivent-elles être menées ? Performativité, surpâturage et responsabilité du chercheur en finance</w:t>
+                <w:t xml:space="preserve">Grandeur et décadence du salon de Paris : une étude du processus de désinstitutionnalisation d'un évènement configurateur de champs dans les activités culturelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Liarte</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Leca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française de Gestion</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3166/RFG.216.75-92⟩</w:t>
+              <w:t xml:space="preserve">M@n@gement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 14 (1), pp.436-466. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/mana.141.0436⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00657446v1</w:t>
+                <w:t xml:space="preserve">halshs-00738113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grandeur et décadence du salon de Paris : une étude du processus de désinstitutionnalisation d'un évènement configurateur de champs dans les activités culturelles</w:t>
+                <w:t xml:space="preserve">Toutes les recherches doivent-elles être menées ? Performativité, surpâturage et responsabilité du chercheur en finance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">B. Leca</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Fouilloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Liarte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">M@n@gement</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue Française de Gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 7 (216), pp.75-92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/RFG.216.75-92⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/mana.141.0436⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-00738113v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00657446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grandeur et Décadence du Salon de Paris : Une Etude du processus de désinstitutionalisation d'un événement configurateur de champ dans les activités culturelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Leca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">M@n@gement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 14 (1), pp.47-78</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5502,51 +5502,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'évolution des lieux de la concurrence. Le cas du marché de l'art contemporain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Leca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Entreprises et Histoire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 53, pp.91-99</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5571,51 +5571,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'évolution des lieux de la concurrence. La cas du marché de l'art contemporain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Leca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harry Bellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5759,51 +5759,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Simard-Casanova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pierronnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Knauf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5887,51 +5887,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Special issue: Grand challenges and management and organization studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héloïse Berkowitz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Bocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6265,783 +6265,783 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Red Queen Effect : Principe, synthèse et implications pour la stratégie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Liarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Denis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04712085v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stratégie et industries créatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Boutinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Delacour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sébastien Liarte (Ed.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les grands courants en management stratégique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EMS, p. 473-499, 2019, 9782376873174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ems.liar.2019.01.0473⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02511889v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mintzberg, l’iconoclaste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Delacour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire Économique de l’Entrepreneur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Classiques GARNIER, 2017, Bibliothèque de l'Economiste, 978-2-406-06462-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01697320v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’approche effectuale : une nouvelle façon de penser la décision stratégique dans la PME</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Liarte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Delacour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gilles Lecointre. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le grand livre de l'économie PME: 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Gualino-Lextenso, pp.499-513, 2014, 978-2-297-02068-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01695415v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Salon's life: Field configuring event, power and contestation in a creative field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Leca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Delacour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brian Moeran, Jesper Strandgaard Pedersen. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Negotiating Values in the Creative Industries</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cambridge University Press, p. 36-58, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00738920v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Salon's life. Field configuring event, power and resistance in a creative field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Delacour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Leca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Brian Moeran, Jesper Strandgaard Pedersen. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Négotiating values in the créative industries : fairs, festivals and other competitive events</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cambridge University Press, pp.36-58, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00808902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’intelligence artificielle, un artiste comme un autre ? Le collectif Obvious et son programme au regard de la sociologie de l’art</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Boutinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.64628/AAK.w94ugrvq3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02971601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les déserts commerciaux : fatalité ou nouveaux enjeux ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Heitz-Spahn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Siadou-Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Yildiz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Conversation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.64628/AAK.sge9r37v9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02971659v1</w:t>
-              </w:r>
-[...452 lines deleted...]
-                <w:t xml:space="preserve">hal-00738920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article de blog scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7059,51 +7059,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tour de France ou Black M, peut-on tout faire un site de « dark tourism » comme Verdun ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Liarte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7188,51 +7188,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Management stratégique de l’innovation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Delacour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Liarte</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Economica, pp.175, 2014, Collection Management, 978-2-7178-6740-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7340,51 +7340,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3930118F"/>
+    <w:nsid w:val="1DD7FC23"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7571,51 +7571,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/helene-delacour" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1901-7438" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/059449616" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505916v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Agrel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Capron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Delacour" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505897v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Saiad" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Hollet-Haudebert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659665v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bocquet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bouty" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949591v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04951396v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659698v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04383045v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819303v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Berkowitz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863143v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Liarte" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pasquet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sauviat" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971530v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gulsemin Altundas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971534v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971539v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candace Jones" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Leca" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021390v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Bentahar" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Di Cesare" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971546v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971555v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Boutinot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971587v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Clauzel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971575v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971595v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971565v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bornarel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Virgili" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511903v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370984v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pierronnet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511915v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Zara" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Josserand" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01697928v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01697905v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01374604v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01376666v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01376663v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Leca" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05112207v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bornarel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cohendet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.077.0005" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05112209v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.077.0199" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05143913v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13505084251348683" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981598v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Delacour" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Zaara" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.532" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508147v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2025.1266" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04688169v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Bocquet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Demil" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37725/mgmt.2024.10797" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680922v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01708406241280010" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497873v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scaman.2023.101302" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929898v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37725/mgmt.v25.9123" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03361254v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Beaulieu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/g2000.383.0119" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03521613v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01708406221080126" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971457v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1056492620949688" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527707v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37725/mgmt.v23.4474" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971461v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971466v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13683500.2020.1751593" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02513471v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbusres.2019.03.038" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971470v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Cartier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1066077ar" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511413v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annals.2017.11.005" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FHB8ZHSL-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03043082v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2017.00117" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511853v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0170840616663237" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971606v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370245v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1030392ar" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01370136v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/fcs.1521" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369247v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mana.163.0238" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380659v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mana.153.0314" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00657446v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Fouilloux" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/RFG.216.75-92" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-S2PLPF6G-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00738113v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mana.141.0436" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802333v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Delacour" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802360v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565483v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Bellet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Billault" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Quemin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.053.0091" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05155631v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Richard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Simard-Casanova" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Knauf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701003v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Demil" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04723887v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Denis" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04723918v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04723900v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04712085v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971601v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.w94ugrvq3" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971659v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Heitz-Spahn" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Siadou-Martin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Yildiz" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.sge9r37v9" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511889v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.liar.2019.01.0473" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697320v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01695415v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808902v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00738920v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971665v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.vcevrqf4v" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01695180v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/helene-delacour" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-1901-7438" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/059449616" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505916v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Agrel" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Capron" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Delacour" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505897v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Saiad" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Hollet-Haudebert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659665v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bocquet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bouty" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949591v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04951396v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04659698v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04383045v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04863143v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Liarte" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pasquet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sauviat" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819303v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Berkowitz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971534v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gulsemin Altundas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971539v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candace Jones" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Leca" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971530v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03021390v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Bentahar" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Di Cesare" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971546v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971555v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Boutinot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971587v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Clauzel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971595v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971575v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971565v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Bornarel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Virgili" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511903v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511915v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Zara" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Josserand" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370984v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pierronnet" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01697928v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01697905v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01374604v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01376663v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Leca" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01376666v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05112207v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bornarel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Cohendet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.077.0005" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05143913v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/13505084251348683" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05112209v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.077.0199" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981598v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Delacour" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Zaara" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.532" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04508147v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2025.1266" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04688169v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Bocquet" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Demil" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37725/mgmt.2024.10797" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680922v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01708406241280010" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04497873v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scaman.2023.101302" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03929898v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37725/mgmt.v25.9123" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03361254v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Beaulieu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/g2000.383.0119" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03521613v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01708406221080126" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971457v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1056492620949688" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971461v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971466v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13683500.2020.1751593" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527707v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37725/mgmt.v23.4474" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02513471v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbusres.2019.03.038" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971470v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Cartier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1066077ar" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511413v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annals.2017.11.005" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FHB8ZHSL-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03043082v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.2017.00117" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511853v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0170840616663237" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971606v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370245v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1030392ar" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01370136v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/fcs.1521" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01369247v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mana.163.0238" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380659v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mana.153.0314" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00738113v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mana.141.0436" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00657446v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Fouilloux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/RFG.216.75-92" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-S2PLPF6G-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802333v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Delacour" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00802360v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00565483v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harry Bellet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Billault" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Quemin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eh.053.0091" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05155631v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Richard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Simard-Casanova" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Knauf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04701003v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Demil" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04723887v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Denis" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04723918v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04723900v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-04712085v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02511889v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.liar.2019.01.0473" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01697320v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01695415v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00738920v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808902v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971601v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.w94ugrvq3" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971659v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Heitz-Spahn" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Siadou-Martin" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Yildiz" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.sge9r37v9" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02971665v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.vcevrqf4v" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01695180v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>