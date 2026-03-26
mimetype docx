--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1987,164 +1987,164 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04774751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S'endetter avec un budget contraint - Analyse du recours au microcrédit personnel</w:t>
+                <w:t xml:space="preserve">Vivre avec un livret A. Analyse d'un dispositif d'inclusion bancaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Ducourant</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université Gustave Eiffel. 2024, pp.62</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04595152v1</w:t>
+                <w:t xml:space="preserve">hal-04610179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vivre avec un livret A. Analyse d'un dispositif d'inclusion bancaire</w:t>
+                <w:t xml:space="preserve">S'endetter avec un budget contraint - Analyse du recours au microcrédit personnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Ducourant</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Laurence</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université Gustave Eiffel. 2024, pp.62</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04610179v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04595152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dettes de détenu.e.s. Etat des lieux</w:t>
               </w:r>
@@ -2880,51 +2880,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090948v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Narring" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ducourant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1809-4341.2025v22e00500" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671282v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Narring" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tt.044.0099" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141740v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Foucault" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Mortain" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.094.0007" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276109v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Lazarus" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etsoc.169.0241" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428980v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Canu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01875745v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Normark" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cochoy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Hagberg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17450101.2018.1504651" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05512655v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Eloire" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.013.0171" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01163639v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/geco.117.0029" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05512804v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.010.0301" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187450v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Calvignac" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297255v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Perrin-Heredia" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01163645v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Convert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.013.0009" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584205v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pulim.unilim.fr/index.php/notre-catalogue/fiche-detaillee?task=view&amp;amp;id=882" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01163653v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Mortain" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01163657v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514847v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01760813v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444401v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774751v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Benaada" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Chopin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Ronet-Yague" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595152v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Laurence" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610179v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594189v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alin Karabel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107161v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107157v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Moul&#233;vrier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107163v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107165v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01097350v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ortar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Andr&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louafi Bouzouina" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Contreras" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licie Drouilleau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01174807v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05090948v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Narring" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Ducourant" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/1809-4341.2025v22e00500" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671282v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Narring" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/tt.044.0099" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141740v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Foucault" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Mortain" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/agora.094.0007" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276109v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Lazarus" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/etsoc.169.0241" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428980v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Canu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01875745v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Normark" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cochoy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Hagberg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17450101.2018.1504651" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05512655v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Eloire" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.013.0171" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01163639v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/geco.117.0029" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05512804v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.010.0301" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187450v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Calvignac" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02297255v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Perrin-Heredia" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01163645v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Convert" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.013.0009" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01584205v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pulim.unilim.fr/index.php/notre-catalogue/fiche-detaillee?task=view&amp;amp;id=882" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01163653v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Mortain" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01163657v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03514847v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-01760813v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05444401v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774751v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasmine Benaada" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Chopin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Ronet-Yague" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610179v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595152v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Laurence" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03594189v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alin Karabel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107161v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107157v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Moul&#233;vrier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107163v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107165v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01097350v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Ortar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Andr&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louafi Bouzouina" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Contreras" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licie Drouilleau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01174807v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>