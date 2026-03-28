--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -5365,277 +5365,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01320737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long chain alkyphenol mixture promotes breast cancer initiation and progression through an ER$\alpha$36-mediated mechanism</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">From ERalpha66 to ERalpha36 : a new predcitive marker for cancer progression and therapeutic response in breast tumors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Harlé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amand Chesnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Chamard-Jovenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Malika Smaïl-Tabbone</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Symposium of the Cancer Research Center of Lyon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Lyon, France</w:t>
+              <w:t xml:space="preserve">9e Forum du Cancéropôle du Grand Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01320740v1</w:t>
+                <w:t xml:space="preserve">hal-01241778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From ERalpha66 to ERalpha36 : a new predcitive marker for cancer progression and therapeutic response in breast tumors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Long chain alkyphenol mixture promotes breast cancer initiation and progression through an ER$\alpha$36-mediated mechanism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Chamard-Jovenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amand Chesnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Alain Jung</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Dominique Devignes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Smaïl-Tabbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9e Forum du Cancéropôle du Grand Est</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2015, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">2nd International Symposium of the Cancer Research Center of Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01241778v1</w:t>
+                <w:t xml:space="preserve">hal-01320740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long chain alkylphenol mixture promotes breast cancer initiation and progression through an ERα36-mediated mechanism</w:t>
               </w:r>
@@ -6403,277 +6403,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01095448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long chain alkylphenol mixture promotes mammary epithelial cell metaplastic phenotype through an ERalpha36-mediated mechanism.</w:t>
+                <w:t xml:space="preserve">ERalpha36, un marqueur prédictif de la réponse thérapeutique et du potentiel métastatique des tumeurs mammaires ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Chamard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Malika Smaïl-Tabbone</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Jung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taha Boukhobza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Abecassis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8e Forum du Canceropôle Grand Est</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">9ème Journée de la Recherche Médicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Vandoeuvre lès Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01095763v1</w:t>
+                <w:t xml:space="preserve">hal-01095466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ERalpha36, un marqueur prédictif de la réponse thérapeutique et du potentiel métastatique des tumeurs mammaires ?</w:t>
+                <w:t xml:space="preserve">Long chain alkylphenol mixture promotes mammary epithelial cell metaplastic phenotype through an ERalpha36-mediated mechanism.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Chamard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Flament</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Bresso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taha Boukobza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Dominique Devignes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malika Smaïl-Tabbone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème Journée de la Recherche Médicale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2014, Vandoeuvre lès Nancy, France</w:t>
+              <w:t xml:space="preserve">8e Forum du Canceropôle Grand Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01095466v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01095763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence des micropolluants en mélange sur la croissance de tumeurs testiculaires d'origine germinale</w:t>
               </w:r>
@@ -6774,277 +6774,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00905778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ERα36, un marqueur prédictif de la réponse thérapeutique et du potentiel métastatique des tumeurs mammaires ?</w:t>
+                <w:t xml:space="preserve">From here to ERalpha36, a new predictive marker for breast tumor therapeutic response ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Chamard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Dumond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Jung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Flament</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amand Chesnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Macabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème Colloque Inter-Régional Grand-Est de Recherche Translationnelle en Oncologie, Oncotrans 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Reims, France</w:t>
+              <w:t xml:space="preserve">6th Inter-Canceropole Bioinformatics Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01320726v1</w:t>
+                <w:t xml:space="preserve">hal-01320718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From here to ERalpha36, a new predictive marker for breast tumor therapeutic response ?</w:t>
+                <w:t xml:space="preserve">ERα36, un marqueur prédictif de la réponse thérapeutique et du potentiel métastatique des tumeurs mammaires ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Chamard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Jung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christine Macabre</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taha Boukhobza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Abecassis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th Inter-Canceropole Bioinformatics Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">3ème Colloque Inter-Régional Grand-Est de Recherche Translationnelle en Oncologie, Oncotrans 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01320718v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01320726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From ERα66 to ERα36, a new marker for breast tumor therapeutic response ?</w:t>
               </w:r>
@@ -8483,51 +8483,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536617v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Gantner" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Dubois-Pot-Schneider" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Dumond" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/noajnl/vdaf252" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198648v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Hirtz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Rech" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.steroids.2023.109285" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173568v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Bastien" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Boukhobza" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne G&#233;gout-Petit" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Muller-Gueudin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02664763.2020.1837083" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876444v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bailly" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pierson" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms232214309" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788895v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Lebourdais" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Thomassin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers14174114" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472082v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ath&#233;na&#239;s Vaginay" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10123438" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890613v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Thi&#233;baut" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Philippe Konan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Justine Guerquin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amand Chesnel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel G. Livera" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21114116" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045654v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21239114" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145413v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Merlin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Chesnel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Leroux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20112637" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492524v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Chamard-Jovenin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Morel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Hadi Djermoune" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0173931" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609240v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bresso" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2017.00272" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171461v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jung" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Abecassis" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Flament" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12918-015-0178-7" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840880v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Ajj" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pinel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pl&#233;nat" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0061758" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915476v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Al-Asaad" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chardard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Di Clemente" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Picard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/en.2013-1229" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746502v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000337957" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747818v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Boizet-Bonhoure" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jez.b.21390" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TNWN75Z9-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518198v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Wallacides" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dvdy.21948" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518200v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Presle" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Terlain" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Mainard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Loeuille" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/art.11303" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01778176v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pacquelet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Boileau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Netter" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373275v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752702v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Jean" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Chateau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Cartier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Potteaux" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813135v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878778v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Taillandier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1878-0261.13683" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752698v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740550v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242346v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Garbar" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755211v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735741v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735761v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886015v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886030v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886056v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823594v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Clausel" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Thierry-Laumont" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823533v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994505v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667636v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Harl&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994508v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Thi&#233;bault" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320688v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Devignes" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Sma&#239;l-Tabbone" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416469v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416426v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416456v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320737v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320740v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241778v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247937v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Chamard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320699v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095437v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0959-8049(14)50156-6" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5GWHM8W1-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095429v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0959-8049(14)50435-2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K0ZP1TWN-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095481v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095448v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095763v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Boukobza" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095466v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905778v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320726v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320718v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Macabre" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905762v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840939v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747614v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Flayac" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747345v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0959-8049(12)70981-4" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MW8SQCBP-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747827v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373234v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392524v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813147v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1878-0261.13682" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214842v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00840890v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05536617v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Gantner" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Dubois-Pot-Schneider" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Dumond" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/noajnl/vdaf252" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198648v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Hirtz" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Rech" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.steroids.2023.109285" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02173568v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Bastien" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Boukhobza" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne G&#233;gout-Petit" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Muller-Gueudin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02664763.2020.1837083" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876444v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bailly" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pierson" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms232214309" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788895v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwenn Lebourdais" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Thomassin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers14174114" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03472082v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ath&#233;na&#239;s Vaginay" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells10123438" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890613v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Thi&#233;baut" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Philippe Konan" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Justine Guerquin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amand Chesnel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel G. Livera" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21114116" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045654v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21239114" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02145413v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Merlin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Chesnel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Leroux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms20112637" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492524v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Chamard-Jovenin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Morel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Hadi Djermoune" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0173931" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01609240v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bresso" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2017.00272" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01171461v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Jung" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Abecassis" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Flament" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12918-015-0178-7" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840880v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Ajj" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Pinel" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pl&#233;nat" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0061758" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00915476v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Al-Asaad" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chardard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Di Clemente" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Picard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/en.2013-1229" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746502v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000337957" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747818v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Boizet-Bonhoure" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jez.b.21390" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TNWN75Z9-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518198v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelina Wallacides" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dvdy.21948" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02518200v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Presle" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Terlain" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Mainard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Loeuille" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/art.11303" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01778176v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Pacquelet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Boileau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Netter" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373275v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752702v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Jean" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Chateau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Cartier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Potteaux" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813135v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878778v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Taillandier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1878-0261.13683" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752698v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740550v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04242346v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Garbar" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04755211v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735741v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03735761v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886015v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886030v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886056v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823594v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Clausel" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Thierry-Laumont" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01823533v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994505v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667636v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Harl&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02994508v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Thi&#233;bault" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320688v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Devignes" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Sma&#239;l-Tabbone" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416469v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416426v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416456v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320737v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01241778v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320740v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01247937v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Chamard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320699v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095437v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0959-8049(14)50156-6" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5GWHM8W1-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095429v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0959-8049(14)50435-2" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K0ZP1TWN-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095481v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095448v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095466v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01095763v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Boukobza" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905778v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320718v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Macabre" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01320726v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905762v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00840939v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747614v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Flayac" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747345v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0959-8049(12)70981-4" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MW8SQCBP-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00747827v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373234v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392524v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813147v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/1878-0261.13682" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214842v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00840890v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>