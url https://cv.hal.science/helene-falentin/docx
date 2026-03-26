--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -2247,441 +2247,441 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01510019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining selected immunomodulatory Propionibacterium freudenreichii and Lactobacillus delbrueckii strains: Reverse engineering development of an anti-inflammatory cheese</w:t>
+                <w:t xml:space="preserve">Adaptation of Propionibacterium freudenreichii to long-term survival under gradual nutritional shortage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coline Ple</w:t>
+                <w:t xml:space="preserve">Flavia Aburjaile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Breton</w:t>
+                <w:t xml:space="preserve">Marine Rohmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Richoux</w:t>
+                <w:t xml:space="preserve">Hugues Parrinello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Bernadette Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Nurdin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
+                <w:t xml:space="preserve">Eric Beaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Nutrition and Food Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 60 (4), pp.935-948. </w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17 (1), open acess. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/mnfr.201500580⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12864-016-3367-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01533860v1</w:t>
+                <w:t xml:space="preserve">hal-01416005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Permanent draft genome sequence of the probiotic strain Propionibacterium freudenreichii CIRM-BIA 129 (ITG P20).</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hélène Falentin</w:t>
+                <w:t xml:space="preserve">Combining selected immunomodulatory Propionibacterium freudenreichii and Lactobacillus delbrueckii strains: Reverse engineering development of an anti-inflammatory cheese</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coline Ple</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Richoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Nurdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Julien Buratti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Standards in Genomic Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 11, pp.6. </w:t>
+              <w:t xml:space="preserve">Molecular Nutrition and Food Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 60 (4), pp.935-948. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40793-015-0120-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/mnfr.201500580⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02640172v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01533860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation of Propionibacterium freudenreichii to long-term survival under gradual nutritional shortage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Flavia Aburjaile</w:t>
+                <w:t xml:space="preserve">Permanent draft genome sequence of the probiotic strain Propionibacterium freudenreichii CIRM-BIA 129 (ITG P20).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Falentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Rohmer</w:t>
+                <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugues Parrinello</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie-Bernadette Maillard</w:t>
+                <w:t xml:space="preserve">Amal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Beaucher</w:t>
+                <w:t xml:space="preserve">Julien Buratti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 17 (1), open acess. </w:t>
+              <w:t xml:space="preserve">Standards in Genomic Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11, pp.6. </w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12864-016-3367-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40793-015-0120-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01416005v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02640172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bovine Teat Microbiome Analysis Revealed Reduced Alpha Diversity and Significant Changes in Taxonomic Profiles in Quarters with a History of Mastitis</w:t>
               </w:r>
@@ -2795,744 +2795,744 @@
                 </w:rPr>
                 <w:t xml:space="preserve">anses-01333569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strain-to-strain differences within lactic and propionic acid bacteria species strongly impact the properties of cheese-A review</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hélène Falentin</w:t>
+                <w:t xml:space="preserve">Mutations and genomic islands can explain the strain dependency of sugar utilization in 21 strains of Propionibacterium freudenreichii</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Loux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sintia Almeida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Chiapello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amal Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dairy Science &amp; Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13594-015-0267-9⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 16 (1), pp.35. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-015-1467-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01224020v2</w:t>
+                <w:t xml:space="preserve">hal-01142363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface proteins of Propionibacterium freudenreichii are involved in its anti-inflammatory properties.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Le Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Péton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coline Plé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vroland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Proteomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 113, pp.447-461. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jprot.2014.07.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mutations and genomic islands can explain the strain dependency of sugar utilization in 21 strains of Propionibacterium freudenreichii</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Amal Hammani</w:t>
+                <w:t xml:space="preserve">Strain-to-strain differences within lactic and propionic acid bacteria species strongly impact the properties of cheese-A review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Thierry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Valence</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergine Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 16 (1), pp.35. </w:t>
+              <w:t xml:space="preserve">Dairy Science &amp; Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 95 (6), pp.895-918. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s12864-015-1467-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s13594-015-0267-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-01142363v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01224020v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single-strain starter experimental cheese reveals anti-inflammatory effect of Propionibacterium freudenreichii CIRM BIA 129 in TNBS-colitis model</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marine Nurdin</w:t>
+                <w:t xml:space="preserve">The long-term survival of [i]Propionibacterium freudenreichii[/i] in a context of nutrient shortage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavia Aburjaile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Briard-Bion</w:t>
+                <w:t xml:space="preserve">Marie-Noelle Madec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Parayre-Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anderson Miyoshi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vasco Azevedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Functional Foods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jff.2015.08.015⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 120 (2), pp.432-440. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jam.13000⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01197345v1</w:t>
+                <w:t xml:space="preserve">hal-01251265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The long-term survival of [i]Propionibacterium freudenreichii[/i] in a context of nutrient shortage</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Anderson Miyoshi</w:t>
+                <w:t xml:space="preserve">Single-strain starter experimental cheese reveals anti-inflammatory effect of Propionibacterium freudenreichii CIRM BIA 129 in TNBS-colitis model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coline Plé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Richoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Nurdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vasco Azevedo</w:t>
+                <w:t xml:space="preserve">Valérie Briard-Bion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 120 (2), pp.432-440. </w:t>
+              <w:t xml:space="preserve">Journal of Functional Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 18, Part A (Part A), pp.575--585. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jam.13000⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jff.2015.08.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01251265v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01197345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New insights about phenotypic heterogeneity within [i]Propionibacterium freudenreichii[/i] argue against its division into subspecies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosangela de Freitas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noelle Madec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoria Chuat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3635,51 +3635,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Naquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Barloy-Hubler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3769,51 +3769,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Peton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien S Bouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sintia Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Rault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4002,103 +4002,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data from an integrative approach decipher the surface proteome of [i]Propionibacterium freudenreichii[/i]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Le Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Péton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coline Le Plenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vroland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Data in Brief</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 1, pp.46-50. </w:t>
@@ -4274,51 +4274,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fine-tuned characterization of [i]Staphylococcus aureus[/i] Newbould 305, a strain associated with mild and chronic mastitis in bovines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Péton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4447,51 +4447,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Parayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Guernec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Montfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4670,191 +4670,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Temporal -omic study of propionibacterium freudenreichii CIRM-BIA1T adaptation strategies in conditions mimicking cheese ripening in the cold</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Contribution of surface β-Glucan polysaccharide to physicochemical and immunomodulatory properties of Propionibacterium freudenreichii</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Parayre-Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Dalmasso</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
+                <w:t xml:space="preserve">Antoine Bouchoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Guyomarc'H</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Dewulf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0029083⟩</w:t>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 78 (6), pp.1765-1775. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.07027-11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01189567v1</w:t>
+                <w:t xml:space="preserve">hal-01209311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accumulation of intracellular glycogen and trehalose by [i]Propionibacterium Freudenreichii[/i] under conditions mimicking cheese ripening in the cold</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Dalmasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4889,692 +4889,692 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Bernadette Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 78 (17), pp.6357-6364. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1128/AEM.00561-12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01191223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution of surface β-Glucan polysaccharide to physicochemical and immunomodulatory properties of Propionibacterium freudenreichii</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Temporal -omic study of propionibacterium freudenreichii CIRM-BIA1T adaptation strategies in conditions mimicking cheese ripening in the cold</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Dalmasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Briard-Bion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria Chuat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Joëlle Dewulf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 78 (6), pp.1765-1775. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 7 (1), pp.e29083 (1-15). </w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/AEM.07027-11⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0029083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01209311v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01189567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The first dairy product exclusively fermented by Propionibacterium freudenreichii: A new vector to study probiotic potentialities in vivo</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Reverse transcription quantitative PCR revealed persistency of thermophilic lactic acid bacteria metabolic activity until the end of the ripening of Emmental cheese</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Falentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Cousin</w:t>
+                <w:t xml:space="preserve">Nadine Henaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Louesdon</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
+                <w:t xml:space="preserve">Pierre Le Bivic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Parayre-Breton</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Food Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 32 (1), pp.135-146. </w:t>
+              <w:t xml:space="preserve">, 2012, 29 (1), pp.132-140. </w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fm.2012.05.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.fm.2011.09.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01209321v1</w:t>
+                <w:t xml:space="preserve">hal-01209298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accumulation of Intracellular Glycogen and Trehalose by Propionibacterium freudenreichii under Conditions Mimicking Cheese Ripening in the Cold</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sergine Even</w:t>
+                <w:t xml:space="preserve">The first dairy product exclusively fermented by Propionibacterium freudenreichii: A new vector to study probiotic potentialities in vivo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Cousin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Louesdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Bernadette Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Parayre-Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Bernadette Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AEM.00561-12⟩</w:t>
+              <w:t xml:space="preserve">Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 32 (1), pp.135-146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fm.2012.05.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02363390v1</w:t>
+                <w:t xml:space="preserve">hal-01209321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reverse transcription quantitative PCR revealed persistency of thermophilic lactic acid bacteria metabolic activity until the end of the ripening of Emmental cheese</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Accumulation of Intracellular Glycogen and Trehalose by Propionibacterium freudenreichii under Conditions Mimicking Cheese Ripening in the Cold</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Dalmasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergine Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Parayre-Breton</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Bernadette Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fm.2011.09.009⟩</w:t>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 78 (17), pp.6357-6364. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.00561-12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-01209298v1</w:t>
+                <w:t xml:space="preserve">hal-02363390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correction: A Temporal -omic Study of Propionibacterium freudenreichii CIRM-BIA1 T Adaptation Strategies in Conditions Mimicking Cheese Ripening in the Cold</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Dalmasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Briard-Bion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoria Chuat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5638,51 +5638,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multilocus sequence typing of Propionibacterium freudenreichii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Dalmasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5811,64 +5811,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Dalmasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Cousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 149 (1), pp.19-27. </w:t>
@@ -6060,51 +6060,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multilocus sequence typing of Propionibacterium freudenreichii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Dalmasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6207,51 +6207,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correlation of the capsular phenotype in Propionibacterium freudenreichii with the level of expression of gtf, a unique polysaccharide synthase-encoding gene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Bivic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6345,77 +6345,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Postollec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Parayre-Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Hénaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Bivic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 144 (1), pp.10-19. </w:t>
@@ -6504,51 +6504,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwénaël Jan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Thierry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7105,77 +7105,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Easy DNA extraction method and optimisation of PCR-temporal temperature gel electrophoresis to identify the predominant high and low GC-content bacteria from dairy products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Parayre-Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noelle Madec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Katia Sivieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9039,256 +9039,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03694338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterizing microbial interactions in controlled and natural microbial communities</w:t>
+                <w:t xml:space="preserve">Reasoning approaches for the characterization of cooperation and competition in large-scale microbial communities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lecomte</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Simon Labarthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David James Sherman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Frioux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop SymBioDiversity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Santiago, Chile</w:t>
+              <w:t xml:space="preserve">Journée GT Bioss 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03857848v2</w:t>
+                <w:t xml:space="preserve">hal-03857781v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reasoning approaches for the characterization of cooperation and competition in large-scale microbial communities</w:t>
+                <w:t xml:space="preserve">Characterizing microbial interactions in controlled and natural microbial communities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Lecomte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Labarthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David James Sherman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Frioux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée GT Bioss 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Nantes, France</w:t>
+              <w:t xml:space="preserve">Workshop SymBioDiversity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Santiago, Chile</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03857781v1</w:t>
+                <w:t xml:space="preserve">hal-03857848v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolic modelling deciphers interactions in a cheese bacterial community</w:t>
               </w:r>
@@ -10184,90 +10184,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Promising immunomodulatory properties of select strains of dairy propionibacteria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Foligné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Le Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Cousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Parayre-Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4 .Congress of European Microbiologists FEMS 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Genève, Switzerland</w:t>
@@ -10290,402 +10290,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01454332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multilocus sequence typing of Propionibacterium freudenreichii</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre Nicolas</w:t>
+                <w:t xml:space="preserve">Immunomodulatory properties of the β-glucan surface polysaccharide of Propionibacterium freudenreichii, a dairy bacterium with probiotic potential</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jarna Tanskanen</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Parayre-Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Dewulf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwénaël Jan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. Congress of European Microbiologists FEMS 2011</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Genève, Switzerland</w:t>
+              <w:t xml:space="preserve">6th Conference on Functional Genomics of Gram-positive Microorganisms 16th International Conference on Bacilli - Montecatini Terme, Italy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Montecatini, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01454326v1</w:t>
+                <w:t xml:space="preserve">hal-01454327v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic diversity of 24 Propionibacterium freudenreichii 1 strains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Barbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amal Plaudet Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6 Conference on Functional Genomics of Gram-positive Microorganisms 16 International Conference on Bacilli</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2011, Montecatini, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01454328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immunomodulatory properties of the β-glucan surface polysaccharide of Propionibacterium freudenreichii, a dairy bacterium with probiotic potential</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
+                <w:t xml:space="preserve">Multilocus sequence typing of Propionibacterium freudenreichii</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Dalmasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergine Even</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Gwénaël Jan</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jarna Tanskanen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th Conference on Functional Genomics of Gram-positive Microorganisms 16th International Conference on Bacilli - Montecatini Terme, Italy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Montecatini, Italy</w:t>
+              <w:t xml:space="preserve">4. Congress of European Microbiologists FEMS 2011</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Genève, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId324" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01454327v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01454326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of a secreted lipolytic esterase in Propionibacterium freudenreichii</w:t>
               </w:r>
@@ -10697,51 +10697,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Dherbecourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Barloy-Hubler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10818,51 +10818,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Postollec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Parayre-Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Henaff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10930,51 +10930,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">β-glucan biosynthesis in &amp;lt;em&amp;gt;Propionibacterium freudenreichii&amp;lt;/em&amp;gt; correlates with the expression level of gtf, a unique polysaccharide synthase encoding gene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Bivic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Parayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11042,51 +11042,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lineages with broad dairy biotope ranges and phenotypic variability in Propionibacterium freudenreichii revealed by multilocus sequence typing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Dalmasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13265,77 +13265,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single-molecule force spectroscopy to compare the surface properties of food Propionibacteria strains with distinct abilities for EPS production</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Guyomarc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Parayre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noelle Madec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Klopp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13509,277 +13509,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01827946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florilege : a database gathering microbial phenotypes of food interest</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S Buchin</w:t>
+                <w:t xml:space="preserve">Adaptation of Propionibacterium freudenreichii to long-term survival under gradual nutritional shortage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flavia Aburjaile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Rohmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Parrinello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Bernadette Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Beaucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4. International Conference on Microbial Diversity 2017</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Bari, Italy. , 2017</w:t>
+              <w:t xml:space="preserve">19. International Conference on Bacilli &amp; Gram-Positive Bacteria</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Berlin, Germany. , 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01651302v1</w:t>
+                <w:t xml:space="preserve">hal-01535200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation of Propionibacterium freudenreichii to long-term survival under gradual nutritional shortage</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Eric Beaucher</w:t>
+                <w:t xml:space="preserve">Florilege : a database gathering microbial phenotypes of food interest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Falentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Chaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bedis Dridi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bessieres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Buchin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19. International Conference on Bacilli &amp; Gram-Positive Bacteria</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Berlin, Germany. , 2017</w:t>
+              <w:t xml:space="preserve">4. International Conference on Microbial Diversity 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Bari, Italy. , 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01535200v1</w:t>
+                <w:t xml:space="preserve">hal-01651302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of bacterial consortia for fermentation of novel food mixing milk and lupin flour</w:t>
               </w:r>
@@ -14015,90 +14015,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrative analysis of transcriptomics and metabolomics data: adaptation of Propionibacterium freudenreichii to long-term survival in nutritional shortage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavia Aburjaile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anderson Miyoshi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artur Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vasco Azevedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14140,103 +14140,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monoxenic experimental cheese reveals anti-inflammatory effect of Propionibacterium freudenreichii in vivo.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Le Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Péton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coline Plé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Briard-Bion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IDF Dairy Science &amp; Technology Symposia 2016 Cheese Science &amp; Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Dublin, Ireland. , 2016</w:t>
@@ -14453,368 +14453,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01371097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mutations and genomic islands can explain the strain dependency of sugar utilization in 21 strains of &amp;lt;i&amp;gt;Propionibacterium freudenreichii&amp;lt;/i&amp;gt;</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sintia Almeida da Silva</w:t>
+                <w:t xml:space="preserve">How to design an efficient and robust pipeline for 16S rRNA-gene sequence analysis to improve our understanding on microbial communities?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Auer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helene Chiapello</w:t>
+                <w:t xml:space="preserve">Laurent Cauquil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amal Hammami</w:t>
+                <w:t xml:space="preserve">Stephane Chaillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Delbès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Dugat-Bony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOBIM 16. Journées Ouvertes de Biologie, Informatique et Mathématiques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">JOBIM 16. Journées Ouvertes Biologie Informatique Mathématiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Clermont-Ferrand, France. , 2015</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01209851v1</w:t>
+                <w:t xml:space="preserve">hal-01195512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to design an efficient and robust pipeline for 16S rRNA-gene sequence analysis to improve our understanding on microbial communities?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stephane Chaillou</w:t>
+                <w:t xml:space="preserve">Mutations and genomic islands can explain the strain dependency of sugar utilization in 21 strains of &amp;lt;i&amp;gt;Propionibacterium freudenreichii&amp;lt;/i&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Loux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sintia Almeida da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Delbès</w:t>
+                <w:t xml:space="preserve">Helene Chiapello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Dugat-Bony</w:t>
+                <w:t xml:space="preserve">Amal Hammami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOBIM 16. Journées Ouvertes Biologie Informatique Mathématiques</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">JOBIM 16. Journées Ouvertes de Biologie, Informatique et Mathématiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Clermont-Ferrand, France. , 2015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-015-1467-7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId380" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01195512v1</w:t>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01209851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mutations and genomic islands can explain the strain dependency of sugar utilization in 21 strains of Propionibacterium freudenreichii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sintia Almeida da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chiapello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amal Hammami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">20. Colloque du Club des Bactéries Lactiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Lille, France. , 2015</w:t>
@@ -15087,182 +15087,195 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploration métagénomique du microbiote mammaire bovin en lien avec la susceptibilité aux mammites</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean Marc Aubry</w:t>
+                <w:t xml:space="preserve">A unique in vivo experimental approach reveals metabolic adaptation of the probiotic [i]Propionibacterium freudenreichii[/i] to the colon environment.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwénaël Jan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taous Saraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Parayre-Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Guernec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. Journées de l'Animation transversale "Glande mammaire, lait"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, Rennes, France. , 2014, XIIIes Journées de l’animation transversale “Glande mammaire, lait”</w:t>
+              <w:t xml:space="preserve">International Scientific Conference on Probiotics and Prebiotics – IPC2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Budapest, Hungary. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">PAMIDA International Ltd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, IPC 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01123276v1</w:t>
+                <w:t xml:space="preserve">hal-01209656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Staphylococcus aureus Newbould 305, a strain associated to mild and chronic mastitis, is well armed to invade bovine mammary tissue.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Péton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Bouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15307,652 +15320,639 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">60. Congress of the Brazilian Society for Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2014, Guarujà, Brazil. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId391" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A unique in vivo experimental approach reveals metabolic adaptation of the probiotic [i]Propionibacterium freudenreichii[/i] to the colon environment.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Valentin Loux</w:t>
+                <w:t xml:space="preserve">Exploration métagénomique du microbiote mammaire bovin en lien avec la susceptibilité aux mammites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Falentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Rault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lassalas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lamberton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marc Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Scientific Conference on Probiotics and Prebiotics – IPC2014</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">, 2014, IPC 2014</w:t>
+              <w:t xml:space="preserve">13. Journées de l'Animation transversale "Glande mammaire, lait"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Rennes, France. , 2014, XIIIes Journées de l’animation transversale “Glande mammaire, lait”</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01209656v1</w:t>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01123276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An integrative approach of [i]Propionibacterium freudenreichii[/i] immunomodulatory mechanisms</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId115" w:history="1">
+                <w:t xml:space="preserve">[i]Staphylococcus aureus[/i] Newbould 305, a strain associated with mild and chronic mastitis in bovines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Péton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bouchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sintia Almeida da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Rault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th IDF Symposium on Science &amp; Technology of Fermented Milk</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2014, Melbourne, Australia. 2014</w:t>
+              <w:t xml:space="preserve">SYMPOSTAPH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Lyon, France. , 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01209584v1</w:t>
+                <w:t xml:space="preserve">hal-01209740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A unique in vivo experimental approach reveals metabolic adaptation of the probiotic [i]Propionibacterium freudenreichii[/i] to the colon environment</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Montfort</w:t>
+                <w:t xml:space="preserve">An integrative approach of [i]Propionibacterium freudenreichii[/i] immunomodulatory mechanisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Le Maréchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Péton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Briard-Bion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24. International ICFMH Conference, Food Micro 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, Nantes, France. , 2014, ICFMH Conference, Food Micro 2014</w:t>
+              <w:t xml:space="preserve">5th IDF Symposium on Science &amp; Technology of Fermented Milk</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2014, Melbourne, Australia. 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01209705v1</w:t>
+                <w:t xml:space="preserve">hal-01209584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">[i]Staphylococcus aureus[/i] Newbould 305, a strain associated with mild and chronic mastitis in bovines</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hélène Falentin</w:t>
+                <w:t xml:space="preserve">A unique in vivo experimental approach reveals metabolic adaptation of the probiotic [i]Propionibacterium freudenreichii[/i] to the colon environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taous Saraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Parayre-Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Guernec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Loux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Montfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SYMPOSTAPH</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Lyon, France. , 2014</w:t>
+              <w:t xml:space="preserve">24. International ICFMH Conference, Food Micro 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Nantes, France. , 2014, ICFMH Conference, Food Micro 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01209740v1</w:t>
+                <w:t xml:space="preserve">hal-01209705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface proteins of [i]Propionibacterium freudenreichii[/i] are involved in its anti-inflammatory properties.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coline Plé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coline Plé</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Caroline Le Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Péton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vroland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Briard-Bion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Scientific Conference on Probiotics and Prebiotics – IPC2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Budapest, Hungary. </w:t>
@@ -15988,168 +15988,168 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immunomodulatory properties of the probiotic Propionibacterium freudenreichii surface proteome</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fabien Cousin</w:t>
+                <w:t xml:space="preserve">A unique in vivo approach reveals metabolic adaptation of the probiotic Propionibacterium freudenreichii to the colon environment.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Parayre-Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taous Saraoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Guernec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Loux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Montfort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19 ième Colloque du Club des bactéries lactiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Bordeaux, France. , pp.72, 2013</w:t>
+              <w:t xml:space="preserve">Colloque Génomique Environnementale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Rennes, France. , 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01209501v1</w:t>
+                <w:t xml:space="preserve">hal-01209535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of the main esterase involved in milk fat hydrolysis in [i]Propionibacterium Freudenreichii[/i]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Claudia Abeijon Muksdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -16158,564 +16158,564 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Bernadette Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.B. Medina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Parayre-Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. International Symposium on Lactic Acid Bacteria Food, Health and Application</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Tucuman, Argentina. , 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId401" w:history="1">
+            <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A unique in vivo approach reveals metabolic adaptation of the probiotic Propionibacterium freudenreichii to the colon environment.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Montfort</w:t>
+                <w:t xml:space="preserve">Immunomodulatory properties of the probiotic Propionibacterium freudenreichii surface proteome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwénaël Jan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Foligne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rozenn Le Guellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Cousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Génomique Environnementale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Rennes, France. , 2013</w:t>
+              <w:t xml:space="preserve">19 ième Colloque du Club des bactéries lactiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Bordeaux, France. , pp.72, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01209535v1</w:t>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01209501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implication des composés de surface dans la modulation de l’inflammation intestinale par [i]Propionibacterium freudenreichii.[/i]</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Fabien Cousin</w:t>
+                <w:t xml:space="preserve">Is microbial diversity of bovine mammary ecosystem correlated to mastitis susceptibility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Falentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bouchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Rault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lassalas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Boudry</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Caroline Le Maréchal</w:t>
+                <w:t xml:space="preserve">Pierre-Guy Marnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9 congrès national de la sociéte française de microbiologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2013, Lille, France. , 2013</w:t>
+              <w:t xml:space="preserve">colloque de Génomique Environnementale et Fonctionnelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Rennes, France. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01190329v1</w:t>
+                <w:t xml:space="preserve">hal-01209534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is microbial diversity of bovine mammary ecosystem correlated to mastitis susceptibility</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jacques Lassalas</w:t>
+                <w:t xml:space="preserve">Implication des composés de surface dans la modulation de l’inflammation intestinale par [i]Propionibacterium freudenreichii.[/i]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Foligne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Cousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Guy Marnet</w:t>
+                <w:t xml:space="preserve">Gaëlle Boudry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Le Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">colloque de Génomique Environnementale et Fonctionnelle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2013, Rennes, France. 2013</w:t>
+              <w:t xml:space="preserve">9 congrès national de la sociéte française de microbiologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2013, Lille, France. , 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01209534v1</w:t>
+                <w:t xml:space="preserve">hal-01190329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheese starter Propionibacterium freudenreichii modulates inflammation: role of surface components?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Foligné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Le Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Péton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Guyomarc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 7 International Yakult Symposium 2013 (The Intestinal Microbiota and Probiotics: Exploting Their Influence on Health)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2013, Londres, United Kingdom. , 2013</w:t>
@@ -16744,103 +16744,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The probiotic[i] Propionibacterium freudenreichii[/i] surface proteome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Le Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Péton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Briard-Bion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Vroland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUPA 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Saint-Malo, France. , 2013</w:t>
@@ -16908,64 +16908,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Bernadette Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.B. Medina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Parayre-Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4. International Symposium on Lactic Acid Bacteria Food, Health and Application</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Tucuman, Argentina. , 2013</w:t>
@@ -16988,734 +16988,734 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01209520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The cheese starter [i]Propionibacterium freudenreichii[/i] modulates inflammation: role of surface components?</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Fanny Guyomarc'H</w:t>
+                <w:t xml:space="preserve">Stratégie d’adaptation et de survie de Propionibacterium freudenreichii dans des conditions simulant celle du fromage à basse température</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Dalmasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Falentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Tanskanen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium INRA ROWETT sur le microbiome du tube digestif. Microflore intestinale : amie ou ennemie ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Clermont-Ferrand, France. , 2012</w:t>
+              <w:t xml:space="preserve">Journéés des Microbiologistes de l'INRA 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, L'Isle sur la Sorgue, France. , 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01209345v1</w:t>
+                <w:t xml:space="preserve">hal-01191287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation and survival strategies of Propionibacterium freudenreichii under conditions mimicking cheese ripening in the cold</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
+                <w:t xml:space="preserve">Lipolysis by Propionibacterium freudenreichii: Identification of two lipolytic esterases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Claudia Abeijon Muksdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId414" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J. Tanskanen</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Bernadette Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R.B. Medina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Parayre-Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6.IDF Cheese Ripening &amp; Technology Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Madison, France. , 2012</w:t>
+              <w:t xml:space="preserve">6.Cheese Ripening &amp; Technology Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Madison, United States. , 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId413" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01191245v1</w:t>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01209339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lipolysis by Propionibacterium freudenreichii: Identification of two lipolytic esterases</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Parayre-Breton</w:t>
+                <w:t xml:space="preserve">Combination of in silico and proteomic approaches to identify candidate genes responsible for the immunomodulatory properties of Propionibacterium freudenreichii</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Le Maréchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Loux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amal Plaudet Hammani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Buratti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6.Cheese Ripening &amp; Technology Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Madison, United States. , 2012</w:t>
+              <w:t xml:space="preserve">Journées des Microbiologistes de l'INRA 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, L'Isle-sur-la-Sorgue, France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01209339v1</w:t>
+                <w:t xml:space="preserve">hal-01209410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégie d’adaptation et de survie de Propionibacterium freudenreichii dans des conditions simulant celle du fromage à basse température</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J. Tanskanen</w:t>
+                <w:t xml:space="preserve">The cheese starter [i]Propionibacterium freudenreichii[/i] modulates inflammation: role of surface components?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Foligné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Le Maréchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Péton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Guyomarc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journéés des Microbiologistes de l'INRA 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2012, L'Isle sur la Sorgue, France. , 2012</w:t>
+              <w:t xml:space="preserve">Symposium INRA ROWETT sur le microbiome du tube digestif. Microflore intestinale : amie ou ennemie ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Clermont-Ferrand, France. , 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01191287v1</w:t>
+                <w:t xml:space="preserve">hal-01209345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combination of in silico and proteomic approaches to identify candidate genes responsible for the immunomodulatory properties of Propionibacterium freudenreichii</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Julien Buratti</w:t>
+                <w:t xml:space="preserve">Adaptation and survival strategies of Propionibacterium freudenreichii under conditions mimicking cheese ripening in the cold</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Dalmasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Falentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Tanskanen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées des Microbiologistes de l'INRA 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2012, L'Isle-sur-la-Sorgue, France. 2012</w:t>
+              <w:t xml:space="preserve">6.IDF Cheese Ripening &amp; Technology Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Madison, France. , 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01209410v1</w:t>
+                <w:t xml:space="preserve">hal-01191245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combination of in silico and proteomic approaches to identify candidate genes responsible for the immunomodulatory properties of[i] Propionibacterium freudenreichii[/i]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Le Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mahendra Mariadassou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Loux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amal Plaudet Hammani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Buratti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées ouvertes en biologie informatique mathématiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Rennes, France. , 2012</w:t>
@@ -17783,64 +17783,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Bernadette Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.B. Medina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Parayre-Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées des Microbiolgistes de L'INRA 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2012, L'Isle sur la Sorgue, France. , 2012</w:t>
@@ -17869,51 +17869,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cold adaptation of the cheese ripening bacterium Protectionniste freudenreichii</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Dalmasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17921,51 +17921,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwénaël Jan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Parayre-Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8 Cheese Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Cork, Ireland. 91 (6), 124 p., 2011, Dairy Science and Technology</w:t>
@@ -18033,64 +18033,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Bernadette Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.B. Medina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Parayre-Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Cheese Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2011, Cork, Ireland. Dairy Science and Technology, 96 (6), 124 p., 2011, Dairy Science and Technology</w:t>
@@ -18158,64 +18158,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Bernadette Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId402" w:history="1">
+            <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.B. Medina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Parayre-Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ADSA-ASAS Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2011, New Orleans, United States. , Journal of Dairy Science, 94, 2011, Journal of Dairy Science</w:t>
@@ -18352,103 +18352,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new dairy product fermented exclusively by dairy propionibacteria: a new tool to study probiotic potentialities in vivo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Cousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Louesdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Bernadette Maillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Noelle Madec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Parayre-Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17 Colloque du Club des Bactéries Lactiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Nancy, France. , 2010</w:t>
@@ -18471,273 +18471,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01409496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First multilocus sequence typing scheme to study Propionibacterium freudenreichii population structure</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Promising immunomodulatory effects of selected strains of dairy propionibacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Foligné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Cousin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Parayre-Breton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3 International Symposium on Propionibacteria and Bifidobacteria: Dairy and Probiotic</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Oviédo, Spain. , International Journal of Food Microbiology, Volume 149, Issue 1, September 2011), 2010, International Journal of Food Microbiology</w:t>
+              <w:t xml:space="preserve">22 International ICFMH Symposium, Food Micro</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2010, Copenhague, Denmark. , International Journal of Food Microbiology, Volume 152, Issue 3, Pages 53-222 (16 January 2012), 2010, International Journal of Food Microbiology</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01454345v1</w:t>
+                <w:t xml:space="preserve">hal-01454349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Promising immunomodulatory effects of selected strains of dairy propionibacteria</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">First multilocus sequence typing scheme to study Propionibacterium freudenreichii population structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Dalmasso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Falentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jarna Tanskanen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Thierry</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22 International ICFMH Symposium, Food Micro</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2010, Copenhague, Denmark. , International Journal of Food Microbiology, Volume 152, Issue 3, Pages 53-222 (16 January 2012), 2010, International Journal of Food Microbiology</w:t>
+              <w:t xml:space="preserve">3 International Symposium on Propionibacteria and Bifidobacteria: Dairy and Probiotic</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Oviédo, Spain. , International Journal of Food Microbiology, Volume 149, Issue 1, September 2011), 2010, International Journal of Food Microbiology</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01454349v1</w:t>
+                <w:t xml:space="preserve">hal-01454345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of a secreted lipolytic esterase in Propionibacterium freudenreichii</w:t>
               </w:r>
@@ -18749,51 +18749,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Dherbecourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Jardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Barloy-Hubler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18870,51 +18870,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Falentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Parayre-Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Dherbecourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18969,51 +18969,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId429" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First Multilocus Sequence Typing scheme to study Propionibacterium freudenreichii population structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Dalmasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19090,51 +19090,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First multilocus sequence typing scheme to study Propionibacterium freudenreichii population structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Dalmasso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19211,103 +19211,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Promising immunomodulatory effects of selected strains of dairy propionibacteria as evidenced[i] in vitro[/i] and[i] in vivo.[/i]</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Foligne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie-Marie Deutsch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Cousin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Parayre-Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Dewulf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3. International Symposium on Propionibacteria and Bifidobacteria: dairy and probiotic applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Oviedo, Spain. International Journal of Food Microbiology, Volume 149, Issue 1, 1 September 2011, Pages 1, pp.1-112, 2010, International Journal of Food Microbiology</w:t>
@@ -21070,51 +21070,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D8EAA271"/>
+    <w:nsid w:val="C16A3D72"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -21301,51 +21301,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/helene-falentin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6254-5303" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/235897698" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/ABD-2801-2020" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490797v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Brossaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine S Moull&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Giblaine" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergine Even" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Bernadette Maillard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jff.2025.107095" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05311942v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Harl&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Parayre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;le Henry" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Gu&#233;don" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fft2.70118" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04509395v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lecomte" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenfan Cao" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Aubert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David James Sherman" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Falentin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymben.2024.02.014" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04470095v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Niay" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Nicolas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;le Henry" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.01936-23" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03984703v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra D&#233;rozier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bossy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Del&#233;ger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Ba" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Chaix" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0272473" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03609442v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Penland" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pawtowski" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzurra Pioli" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Debaets" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2022.111069" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03626491v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Boussekine" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Bekhouche" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Thierry" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10040736" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03654112v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meral Turgay" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Irmler" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Therese Fr&#246;hlich-Wyder" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Meola" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2022.104030" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03181204v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2021.109130" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03313075v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Boissel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlette Leduc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.1c01634" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625001v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Harle" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Valence" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Courselaud" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2019.103410" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961412v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie-Marie Deutsch" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Poirier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.586614" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03019865v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Canon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahendra Mariadassou" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.584163" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02311421v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Auer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pascal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ru&#233;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510019v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nicolas" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Le Guellec" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep46409" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533860v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Ple" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Breton" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Richoux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Nurdin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201500580" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FZMD4KVJ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640172v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Loux" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Hammani" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Buratti" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40793-015-0120-z" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416005v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Aburjaile" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Rohmer" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Parrinello" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Beaucher" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-016-3367-x" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01333569v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rault," TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien S. Bouchard," TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lassalas" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.00480" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224020v2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13594-015-0267-9" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209735v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Mar&#233;chal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent P&#233;ton" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Pl&#233;" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vroland" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jardin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2014.07.018" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01142363v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sintia Almeida" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chiapello" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-015-1467-7" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01197345v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Briard-Bion" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jff.2015.08.015" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251265v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Madec" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Parayre-Breton" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anderson Miyoshi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasco Azevedo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.13000" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150804v2" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosangela de Freitas" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Chuat" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Claudia Abeijon Muksdi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13594-015-0229-2" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019560v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Naquin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Barloy-Hubler" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Loubi&#232;re" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01176-13" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01290602v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Peton" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien S Bouchard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Rault" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-014-0106-7" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117613v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naquin D." TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loux V." TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barloy-Hubler F." TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loubi&#232;re P." TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209746v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Le Plenier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2014.08.009" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209533v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Beatriz Medina" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.03640-13" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209743v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bouchard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sintia Almeida da Silva" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/PREACCEPT-6950585981338355" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00923652v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taous Saraoui" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Guernec" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Montfort" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-14-911" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209470v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cousin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Clermont" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Creno" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ma" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00658-13" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189567v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dalmasso" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0029083" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191223v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00561-12" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209311v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bouchoux" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Guyomarc'H" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Dewulf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.07027-11" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209321v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cousin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Louesdon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2012.05.003" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F93WHLPC-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02363390v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209298v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Henaff" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Bivic" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2011.09.009" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QD79KGS6-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02363413v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/annotation/e0ff065d-a52d-44f2-8727-328393ed60b6" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454161v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarna Tanskanen" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2010.11.037" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454137v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2011.04.026" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C1Z9KZQD-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454164v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Postollec" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Pavan" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Combrisson" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Sohier" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2011.02.008" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DNZ7234R-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02363419v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655923v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Herv&#233;" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle M.-N. Madec" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Lapointe" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454117v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine H&#233;naff" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2010.06.003" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M197H467-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204238v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Jan" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0011748" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653597v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Dols-Lafargue" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Roy" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195424v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ulve" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Monnet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fauquant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2008.03869.x" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454100v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dherbecourt" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Canaan" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1475-2859-7-16" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669039v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Licitra" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Ogier" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Concetta Pediliggieri" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.M. Carnemolla" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00835-07" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454027v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Sivieri" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Le Dizes" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2007.02.011" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4M5JXDW2-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675446v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Devaux" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lavigne" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Falentin-Guyomarch" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia S. Vautrin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lecomte" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676883v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Giancola" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Marhadour" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Desloire" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Clouet" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-003-1381-2" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-D44M66XJ-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964285v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sourdille" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. T. Cadalen" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guyomarc'H" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.W. J.W. Snape" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. M.R. Perretant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-002-1044-8" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-K84DGJLF-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674286v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belhaj Fraj" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Vallavieille-Pope" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964291v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. G. Charmet" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.J. K.J. Edwards" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Bernard" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-001-0827-7" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-WWBMDQRN-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964292v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-002-0963-8" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-NGP0MHN1-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045657v4" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Robert" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Got" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Hamon-Giraud" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Siegel" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05059688v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Frioux" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Labarthe" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04164763v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Goetz" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Boutinaud" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Citti" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04149821v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie J. Aubert" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03693861v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Parayre" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Pawtowski" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-B Maillard" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851848v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03781287v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Le Fur" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03694338v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03857848v2" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03857781v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03531761v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03435234v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02975394v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158179v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156968v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gu&#233;don" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Le Chatelier" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pons" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Langella" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097232v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gagnaire" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607327v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bedis Dridi" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bessieres" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Buchin" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03192469v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454332v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Folign&#233;" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454326v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454328v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Barbe" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Plaudet Hammani" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454327v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dewulf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454329v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454370v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Postollec" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Henaff" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754893v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Herve" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454350v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04731806v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koffigan Kponouglo" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Silande" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fsn3.1229)" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04615833v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03839337v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03694214v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Derozier" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04061565v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03533795v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03533786v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03533781v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02904156v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Deleger" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda Mekdad" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737970v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475152v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343668v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le Meur" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Coton" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159613v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Coton" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mounier" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154623v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03344166v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902837v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892951v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Mounier" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862856v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827946v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bohuon" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651302v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535200v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628088v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343657v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401101v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Silva" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Loir" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512192v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372126v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371097v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Couuseau" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Meylheuc" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209851v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Chiapello" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Hammami" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195512v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cauquil" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Chaillou" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delb&#232;s" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dugat-Bony" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170054v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209835v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209836v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123276v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lamberton" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Aubry" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209664v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209656v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/264372.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209584v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209705v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209740v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209657v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/264377.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209501v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Foligne" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209701v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.B. Medina" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209535v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190329v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Boudry" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209534v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Guy Marnet" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454232v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Folign&#233;" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209498v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209520v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209345v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191245v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tanskanen" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209339v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191287v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209410v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209420v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209361v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454331v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454323v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454324v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454438v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409496v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454345v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454349v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454343v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454344v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454341v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454488v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195458v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800581v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640422v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Peter Bachmann" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ueli von Ah" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Therese Fr&#246; Hlich-Wyder" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/B9780081005965230163?via%3Dihub" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-08-100596-5.23016-3" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791803v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lortal" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoisier.fr/livre/agro-alimentaire/le-fromage-4e-ed/gillis/descriptif-9782743023157" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454136v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454606v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209868v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Halouze" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Dimanche-Boitrel" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01122566v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01122525v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454437v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03231662v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Budar" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhafid Bendahmane" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Delourme" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04088301v2" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03828105v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02789037v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04562266v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:0a1da28c523c2f32e1214b5d1c1a60ac17ec29df;origin=https://forgemia.inra.fr/tango/tango_models.git;visit=swh:1:snp:722365d9bf1004d05edfe63717763283d4adf26f;anchor=swh:1:rev:bc0bd9895942ed6d82faa9553c1f0a32f60cbbef" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/helene-falentin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6254-5303" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/235897698" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/ABD-2801-2020" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490797v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigue Brossaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine S Moull&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Giblaine" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergine Even" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Bernadette Maillard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jff.2025.107095" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05311942v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Harl&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Parayre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;le Henry" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Gu&#233;don" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fft2.70118" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04509395v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lecomte" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenfan Cao" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Aubert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David James Sherman" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Falentin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymben.2024.02.014" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04470095v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Niay" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Nicolas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;le Henry" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.01936-23" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03984703v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra D&#233;rozier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Bossy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Del&#233;ger" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouhamadou Ba" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Chaix" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0272473" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03609442v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Penland" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pawtowski" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzurra Pioli" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Debaets" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2022.111069" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03626491v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Boussekine" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farida Bekhouche" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Thierry" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10040736" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03654112v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meral Turgay" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Irmler" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Therese Fr&#246;hlich-Wyder" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Meola" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2022.104030" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03181204v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2021.109130" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03313075v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Boissel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arlette Leduc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.1c01634" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625001v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Harle" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Valence" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Courselaud" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2019.103410" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02961412v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie-Marie Deutsch" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Poirier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.586614" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03019865v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Canon" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahendra Mariadassou" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.584163" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02311421v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Auer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Pascal" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ru&#233;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01510019v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nicolas" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Le Guellec" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep46409" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416005v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavia Aburjaile" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Rohmer" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Parrinello" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Beaucher" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-016-3367-x" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533860v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Ple" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Breton" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Richoux" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Nurdin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mnfr.201500580" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FZMD4KVJ-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640172v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Loux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Hammani" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Buratti" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40793-015-0120-z" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-01333569v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rault," TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien S. Bouchard," TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lassalas" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2016.00480" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01142363v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sintia Almeida" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chiapello" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-015-1467-7" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209735v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Le Mar&#233;chal" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent P&#233;ton" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Pl&#233;" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Vroland" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jardin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2014.07.018" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224020v2" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13594-015-0267-9" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01251265v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle Madec" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Parayre-Breton" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anderson Miyoshi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasco Azevedo" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jam.13000" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01197345v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Briard-Bion" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jff.2015.08.015" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01150804v2" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosangela de Freitas" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Chuat" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Claudia Abeijon Muksdi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13594-015-0229-2" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019560v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Naquin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Barloy-Hubler" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Loubi&#232;re" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.01176-13" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01290602v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Peton" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien S Bouchard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Rault" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13567-014-0106-7" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01117613v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naquin D." TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loux V." TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barloy-Hubler F." TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loubi&#232;re P." TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209746v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Le Plenier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2014.08.009" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209533v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxana Beatriz Medina" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.03640-13" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209743v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bouchard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sintia Almeida da Silva" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/PREACCEPT-6950585981338355" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00923652v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taous Saraoui" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Guernec" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Montfort" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-14-911" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209470v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Cousin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Clermont" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Creno" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ma" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/genomeA.00658-13" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209311v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bouchoux" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Guyomarc'H" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Dewulf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.07027-11" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191223v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dalmasso" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00561-12" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189567v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0029083" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209298v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Henaff" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Bivic" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2011.09.009" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QD79KGS6-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209321v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cousin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Louesdon" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2012.05.003" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F93WHLPC-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02363390v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02363413v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/annotation/e0ff065d-a52d-44f2-8727-328393ed60b6" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454161v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarna Tanskanen" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2010.11.037" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454137v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2011.04.026" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C1Z9KZQD-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454164v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Postollec" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Pavan" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Combrisson" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Sohier" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2011.02.008" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DNZ7234R-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02363419v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655923v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Herv&#233;" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Noelle M.-N. Madec" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gis&#232;le Lapointe" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454117v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine H&#233;naff" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2010.06.003" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-M197H467-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204238v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;na&#235;l Jan" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0011748" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653597v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Dols-Lafargue" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Roy" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195424v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ulve" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Monnet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fauquant" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2008.03869.x" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454100v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dherbecourt" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Canaan" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1475-2859-7-16" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02669039v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Licitra" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Ogier" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Concetta Pediliggieri" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.M. Carnemolla" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00835-07" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454027v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Sivieri" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Le Dizes" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mimet.2007.02.011" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4M5JXDW2-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675446v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Devaux" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lavigne" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Falentin-Guyomarch" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia S. Vautrin" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lecomte" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676883v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Giancola" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Marhadour" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Desloire" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Clouet" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-003-1381-2" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-D44M66XJ-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964285v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sourdille" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. T. Cadalen" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guyomarc'H" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.W. J.W. Snape" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. M.R. Perretant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-002-1044-8" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-K84DGJLF-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674286v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belhaj Fraj" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Vallavieille-Pope" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964291v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. G. Charmet" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.J. K.J. Edwards" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. M. Bernard" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-001-0827-7" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-WWBMDQRN-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964292v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-002-0963-8" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-NGP0MHN1-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05045657v4" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233; Robert" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Got" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Hamon-Giraud" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Siegel" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05059688v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Frioux" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Labarthe" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04164763v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Goetz" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Boutinaud" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Citti" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04149821v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie J. Aubert" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03693861v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Parayre" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Pawtowski" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M-B Maillard" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851848v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03781287v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Le Fur" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03694338v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03857781v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03857848v2" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03531761v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03435234v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02975394v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158179v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156968v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gu&#233;don" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Le Chatelier" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pons" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Langella" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097232v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Gagnaire" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607327v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bedis Dridi" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bessieres" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Buchin" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03192469v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454332v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Folign&#233;" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454327v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Dewulf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454328v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Barbe" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Plaudet Hammani" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454326v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454329v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454370v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Postollec" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Henaff" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02754893v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Herve" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454350v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04731806v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koffigan Kponouglo" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Silande" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fsn3.1229)" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04615833v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03839337v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03694214v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Derozier" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04061565v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03533795v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03533786v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03533781v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02904156v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Deleger" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reda Mekdad" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737970v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02475152v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343668v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Le Meur" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Coton" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02159613v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Coton" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mounier" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154623v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03344166v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902837v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892951v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Mounier" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01862856v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Klopp" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01827946v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Bohuon" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535200v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01651302v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01628088v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03343657v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401101v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Silva" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Loir" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01512192v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01372126v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01371097v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Couuseau" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Meylheuc" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195512v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cauquil" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Chaillou" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Delb&#232;s" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dugat-Bony" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209851v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Chiapello" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Hammami" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170054v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209835v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209836v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209656v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/264372.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209664v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123276v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lamberton" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Aubry" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209740v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209584v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209705v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209657v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/264377.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209535v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209701v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.B. Medina" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209501v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Foligne" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209534v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Guy Marnet" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190329v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Boudry" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454232v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Folign&#233;" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209498v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209520v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191287v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tanskanen" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209339v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209410v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209345v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01191245v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209420v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209361v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454331v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454323v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454324v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454438v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01409496v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454349v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454345v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454343v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454344v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454341v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454488v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195458v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03800581v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640422v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans-Peter Bachmann" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ueli von Ah" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Therese Fr&#246; Hlich-Wyder" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sciencedirect.com/science/article/pii/B9780081005965230163?via%3Dihub" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-08-100596-5.23016-3" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01791803v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lortal" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lavoisier.fr/livre/agro-alimentaire/le-fromage-4e-ed/gillis/descriptif-9782743023157" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454136v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454606v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01209868v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Halouze" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Dimanche-Boitrel" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01122566v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01122525v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454437v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03231662v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Budar" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhafid Bendahmane" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gine Delourme" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04088301v2" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03828105v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02789037v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04562266v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:0a1da28c523c2f32e1214b5d1c1a60ac17ec29df;origin=https://forgemia.inra.fr/tango/tango_models.git;visit=swh:1:snp:722365d9bf1004d05edfe63717763283d4adf26f;anchor=swh:1:rev:bc0bd9895942ed6d82faa9553c1f0a32f60cbbef" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>