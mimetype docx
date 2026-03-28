--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1410,291 +1410,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04399346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radionuclide analysis using collision–reaction cell ICP-MS technology: a review</w:t>
+                <w:t xml:space="preserve">A new method for determining $^{236}$U/$^{238}$U isotope ratios in environmental samples by means of ICP-MS/MS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Diez-Fernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Hugo Jaegler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Carole Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Chartier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Evrard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Analytical Atomic Spectrometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/d0ja00211a⟩</w:t>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 206, pp.120221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2019.120221⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-05384944v1</w:t>
+                <w:t xml:space="preserve">cea-02610582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new method for determining $^{236}$U/$^{238}$U isotope ratios in environmental samples by means of ICP-MS/MS</w:t>
+                <w:t xml:space="preserve">Radionuclide analysis using collision–reaction cell ICP-MS technology: a review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Silvia Diez-Fernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Isnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Nonell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Chartier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 206, pp.120221. </w:t>
+              <w:t xml:space="preserve">Journal of Analytical Atomic Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 35 (12), pp.2793-2819. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2019.120221⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/d0ja00211a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02610582v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-05384944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hyphenation of capillary electrophoresis with MC-ICP-MS – A novel tool for uranium age dating</w:t>
               </w:r>
@@ -2065,51 +2065,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstruction of uranium and plutonium isotopic signatures in sediment accumulated in the Mano Dam reservoir, Japan, before and after the Fukushima nuclear accident</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Jaegler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Pointurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2720,278 +2720,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01704961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of a high temperature torch integrated sample introduction system with a desolvation system for the analysis of microsamples through inductively coupled plasma mass spectrometry</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deconvolution of the isotopic drift in LC-MC-ICPMS coupling: a new tool for studding isotope fractionation induced by sample introduction techniques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alkiviadis Gourgiotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Sanchez</w:t>
+                <w:t xml:space="preserve">Gérard Manhès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Canabate</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Banoit Martelat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Isnard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Spectrochimica Acta Part B: Atomic Spectroscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.sab.2017.01.004⟩</w:t>
+              <w:t xml:space="preserve">Journal of Analytical Atomic Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 32, pp.1428-1434. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/C6JA00418K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02421889v1</w:t>
+                <w:t xml:space="preserve">hal-02457227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deconvolution of the isotopic drift in LC-MC-ICPMS coupling: a new tool for studding isotope fractionation induced by sample introduction techniques.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alkiviadis Gourgiotis</w:t>
+                <w:t xml:space="preserve">Comparison of a high temperature torch integrated sample introduction system with a desolvation system for the analysis of microsamples through inductively coupled plasma mass spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Canabate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Manhès</w:t>
+                <w:t xml:space="preserve">C. Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Banoit Martelat</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">F. Chartier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Isnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Analytical Atomic Spectrometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 32, pp.1428-1434. </w:t>
+              <w:t xml:space="preserve">Spectrochimica Acta Part B: Atomic Spectroscopy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 129, </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/C6JA00418K⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.sab.2017.01.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02457227v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02421889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evidence of isotopic fractionation of natural uranium in cultured human cells</w:t>
               </w:r>
@@ -3105,295 +3105,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01758782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neodymium isotope ratio measurements by LC-MC-ICPMS for nuclear applications: investigation of isotopic fractionation and mass bias correction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Results of the EURAMET.RI(II)- S7.Sm-151 supplementary comparison (EURAMET Project 1292)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Martine Bé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Guéguen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Anthony Nonell</w:t>
+                <w:t xml:space="preserve">Philippe Cassette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurine Brondeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Vio</w:t>
+                <w:t xml:space="preserve">Carole Fréchou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Vercouter</w:t>
+                <w:t xml:space="preserve">Valérie Lourenço</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Analytical Atomic Spectrometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 30 (2), pp.443-452. </w:t>
+              <w:t xml:space="preserve">Metrologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 52 (1A), pp.06016 - 06016. </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c4ja00361f⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/0026-1394/52/1A/06016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-03189920v1</w:t>
+                <w:t xml:space="preserve">hal-01865003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Results of the EURAMET.RI(II)- S7.Sm-151 supplementary comparison (EURAMET Project 1292)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Neodymium isotope ratio measurements by LC-MC-ICPMS for nuclear applications: investigation of isotopic fractionation and mass bias correction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Cassette</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurine Brondeau</w:t>
+                <w:t xml:space="preserve">Florence Guéguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Isnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Nonell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carole Fréchou</w:t>
+                <w:t xml:space="preserve">Laurent Vio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Lourenço</w:t>
+                <w:t xml:space="preserve">Thomas Vercouter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metrologia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 52 (1A), pp.06016 - 06016. </w:t>
+              <w:t xml:space="preserve">Journal of Analytical Atomic Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 30 (2), pp.443-452. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0026-1394/52/1A/06016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c4ja00361f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01865003v1</w:t>
+                <w:t xml:space="preserve">cea-03189920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determination of the 151Sm half-life</w:t>
               </w:r>
@@ -3405,77 +3405,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Martine Bé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Isnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Cassette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Mougeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Lourenço</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Radiochimica Acta</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 103 (9), pp.619-626. </w:t>
@@ -3507,1119 +3507,1119 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01863604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Method for isotope ratio drift correction by internal amplifier signal synchronization in MC-ICPMS transient signals</w:t>
+                <w:t xml:space="preserve">Photon emission intensities in the decay of $^{108m}Ag and $^{110m}$Ag</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Gourgiotis</w:t>
+                <w:t xml:space="preserve">Laurent Ferreux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Bérail</w:t>
+                <w:t xml:space="preserve">Marie‐christine Lépy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Martine Bé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Isnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Louvat</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">V. Lourenco</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Analytical Atomic Spectrometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c4ja00118d⟩</w:t>
+              <w:t xml:space="preserve">Applied Radiation and Isotopes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 87, pp.101 - 106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apradiso.2013.11.101⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01590281v1</w:t>
+                <w:t xml:space="preserve">cea-01832043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Purification of a 166mHo solution by successive high-performance liquid chromatography and gravitational chromatography for half-life determination</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hélène Isnard</w:t>
+                <w:t xml:space="preserve">Method for isotope ratio drift correction by internal amplifier signal synchronization in MC-ICPMS transient signals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gourgiotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karsten Kossert</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Céline Caussignac</w:t>
+                <w:t xml:space="preserve">Sylvain Bérail</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Louvat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Isnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Moureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Radioanalytical and Nuclear Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10967-014-3290-z⟩</w:t>
+              <w:t xml:space="preserve">Journal of Analytical Atomic Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 29 (9), pp.1607-1617. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c4ja00118d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04453518v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01590281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Photon emission intensities in the decay of $^{108m}Ag and $^{110m}$Ag</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">H. Isnard</w:t>
+                <w:t xml:space="preserve">Purification of a 166mHo solution by successive high-performance liquid chromatography and gravitational chromatography for half-life determination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Guéguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Isnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Lourenco</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Karsten Kossert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Bresson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Caussignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Radiation and Isotopes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 87, pp.101 - 106. </w:t>
+              <w:t xml:space="preserve">Journal of Radioanalytical and Nuclear Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 302 (1), pp.289-295. </w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apradiso.2013.11.101⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10967-014-3290-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-01832043v1</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04453518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stable (Cu, Mg) and radiogenic (Sr, Nd) isotope fractionation in colloids of boreal organic-rich waters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bk and Cf chromatographic separation and $^{249}$Bk/$^{248}$Cm and $^{249}$Cf/$^{248}$Cm elemental ratios determination by inductively coupled plasma quadrupole mass spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gourgiotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Isnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Nonell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Svetlana Ilina</w:t>
+                <w:t xml:space="preserve">M. Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Viers</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Vasileios Mavromatis</w:t>
+                <w:t xml:space="preserve">G. Stadelmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Geology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2013.01.019⟩</w:t>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 106, pp.39 - 44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2012.11.056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04453556v1</w:t>
+                <w:t xml:space="preserve">cea-01792079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bk and Cf chromatographic separation and $^{249}$Bk/$^{248}$Cm and $^{249}$Cf/$^{248}$Cm elemental ratios determination by inductively coupled plasma quadrupole mass spectrometry</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Anthony Nonell</w:t>
+                <w:t xml:space="preserve">Stable (Cu, Mg) and radiogenic (Sr, Nd) isotope fractionation in colloids of boreal organic-rich waters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Svetlana Ilina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Viers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergey Lapitsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Mialle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Aubert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">G. Stadelmann</w:t>
+                <w:t xml:space="preserve">Vasileios Mavromatis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemical Geology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 342, pp.63-75. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chemgeo.2013.01.019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2012.11.056⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">cea-01792079v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04453556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The use of total evaporation method using Channeltron electron multipliers by thermal ionization mass spectrometry for europium isotope ratio measurements on picogram sample amounts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Coupling between chip based isotachophoresis and multi-collector inductively coupled plasma mass spectrometry for separation and measurement of lanthanides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Vio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Mialle</w:t>
+                <w:t xml:space="preserve">Gérard Crétier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Chartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Quemet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">M. Aubert</w:t>
+                <w:t xml:space="preserve">Valérie Geertsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alkiviadis Gourgiotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Mass Spectrometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijms.2011.09.014⟩</w:t>
+              <w:t xml:space="preserve">Journal of Analytical Atomic Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 27 (5), pp.850-856. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c2ja10283h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-03470721v1</w:t>
+                <w:t xml:space="preserve">hal-00876095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Separation and analysis of lanthanides by isotachophoresis coupled with inductively coupled plasma mass spectrometry.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Vio</w:t>
+                <w:t xml:space="preserve">The use of total evaporation method using Channeltron electron multipliers by thermal ionization mass spectrometry for europium isotope ratio measurements on picogram sample amounts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Mialle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Crétier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Chartier</w:t>
+                <w:t xml:space="preserve">Alexandre Quemet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Geertsen</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alkiviadis Gourgiotis</w:t>
+                <w:t xml:space="preserve">A. Ponvienne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gourgiotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 99, pp.586-593. </w:t>
+              <w:t xml:space="preserve">International Journal of Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 309, pp.141-147. </w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2012.06.041⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijms.2011.09.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00876090v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-03470721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling between chip based isotachophoresis and multi-collector inductively coupled plasma mass spectrometry for separation and measurement of lanthanides</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
+                <w:t xml:space="preserve">Separation and analysis of lanthanides by isotachophoresis coupled with inductively coupled plasma mass spectrometry.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Crétier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Chartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Geertsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alkiviadis Gourgiotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Analytical Atomic Spectrometry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 99, pp.586-593. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2012.06.041⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c2ja10283h⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00876095v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00876090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sm isotope composition and Sm/Eu ratio determination in an irradiated 153Eu sample by ion exchange chromatography-quadrupole inductively coupled plasma mass spectrometry combined with double spike isotope dilution technique</w:t>
               </w:r>
@@ -4631,64 +4631,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Isnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Gourgiotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Stadelmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4733,362 +4733,362 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04453405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accurate determination of Curium and Californium isotopic ratios by inductively coupled plasma quadrupole mass spectrometry (ICP-QMS) in 248Cm samples for transmutation studies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
+                <w:t xml:space="preserve">Simultaneous Uranium /Plutonium separation and direct isotope ratio measurements by using CO2 as gas in a collision/reaction cell based MC-ICPMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Gourgiotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Granet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Isnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Almahamid</w:t>
+                <w:t xml:space="preserve">A. Nonell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Mass Spectrometry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijms.2010.02.002⟩</w:t>
+              <w:t xml:space="preserve">Journal of Analytical Atomic Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 25, pp.1939-1945. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c0ja00092b⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05217385v1</w:t>
+                <w:t xml:space="preserve">insu-00578756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simultaneous Uranium /Plutonium separation and direct isotope ratio measurements by using CO2 as gas in a collision/reaction cell based MC-ICPMS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId136" w:history="1">
+                <w:t xml:space="preserve">Accurate determination of Curium and Californium isotopic ratios by inductively coupled plasma quadrupole mass spectrometry (ICP-QMS) in 248Cm samples for transmutation studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Gourgiotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Isnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Nonell</w:t>
+                <w:t xml:space="preserve">E. Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Gautier</w:t>
+                <w:t xml:space="preserve">I. Almahamid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Analytical Atomic Spectrometry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 25, pp.1939-1945. </w:t>
+              <w:t xml:space="preserve">International Journal of Mass Spectrometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 291 (3), pp.101-107. </w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c0ja00092b⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijms.2010.02.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-00578756v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05217385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">One step U-Pu-Cs-Ln-steel separation using TRU preconditioned extraction resins from Eichrom for application on transmutation targets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Quidelleur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Granet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Laszak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6325,51 +6325,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse isotopique du plutonium et de l’uranium présents à l’état d’ultra-traces dans des sédiments de rivières de la région de Fukushima</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Pointurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Jaegler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alkiviadis Gourgiotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6476,90 +6476,90 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Vio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Isnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Chartier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de l’école doctorale 388 - 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Journees du DIM Analytics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02338564v1</w:t>
+                <w:t xml:space="preserve">cea-02338966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séparation et spéciation des éléments dans des échantillons nucléaires par couplage entre l'électrophorèse capillaire et la spectrométrie de masse à source plasma et à multicollection</w:t>
               </w:r>
@@ -6584,90 +6584,90 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Vio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Isnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Chartier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journees du DIM Analytics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée de l’école doctorale 388 - 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-02338966v1</w:t>
+                <w:t xml:space="preserve">cea-02338564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determination of 236U/238U ratios in environmental samples using ICP-MS/MS.</w:t>
               </w:r>
@@ -6705,51 +6705,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Pointurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Jaegler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Bresson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nordic Plasma conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Loen, Norway</w:t>
@@ -6942,51 +6942,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Isnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Vio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Chartier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Spectr'Atom - 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2016, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7024,77 +7024,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Use of 10$^{12}$ and 10$^{13}$ ohm resistor amplifiers for uranium isotopic measurements by TIMS and MC-ICPMS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Isnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Nonell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Chartier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Goldschmidt 2016 - International conference on geochemistry and related subjects</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Yokohama, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7326,77 +7326,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement in Thermal-Ionization Mass Spectrometry (TIMS) using Total Flash Evaporation (TFE) method for lanthanides isotope ratio measurements in transmutation targets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Mialle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Gourgiotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Stadelmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7447,90 +7447,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of collision reaction-cell based MC-ICPMS to in-situ interferences resolution for elemental and isotopic ratios measurements of nuclear fuel samples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Nonell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Isnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Granet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Moureau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7607,51 +7607,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Brennetot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Chartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Isnard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8204,51 +8204,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05496192v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Chevrier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Rosier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Han" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Cherni" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Olivier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202512412" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05325111v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Chambon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gupta" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Isnard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pierre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Sabot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2025.112204" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05114690v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Picart" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Crozet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Canciani" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ygor Davrain" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bertorello" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-025-10093-3" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523983v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Barhoum" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Garcia Cortes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Boudias" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Guerrouache" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Isnard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00604-024-06274-8" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04681827v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuemin Deng" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong Xia" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bourgeois" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Meyer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Campidelli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssusresmgt.4c00122" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04074490v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaelle Magre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Boulet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Mialle" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Evrard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.3c00207" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04190954v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lana Abou Zeid" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Pell" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Delangle" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-023-04884-4" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03940809v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2022.340773" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661822v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Dupuis" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chartier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2ja00265e" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04399346v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Beaumais" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Nonell" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Caussignac" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mialle" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Stadelmann" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2ja00052k" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05384944v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Diez-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bresson" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0ja00211a" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02610582v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Jaegler" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Evrard" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2019.120221" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492132v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Evette" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2020.121345" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03043636v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Kellett" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vio" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bobin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Brondeau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Cardot-Martin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2020.109349" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447119v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Paredes" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Malard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Vidaud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Avazeri" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ortega" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9AN01081E" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336278v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pointurier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alkiviadis Gourgiotis" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2019.03.064" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339672v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Garc&#237;a-Tora&#241;o" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Altzitzoglou" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Auerbach" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Martine B&#233;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2018.06.007" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952200v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal E. Reiller" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-35413-4" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339670v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Martelat" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dupuis" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cornet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704961v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2017.10.046" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02421889v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sanchez" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Canabate" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bresson" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chartier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2017.01.004" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457227v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Manh&#232;s" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Banoit Martelat" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6JA00418K" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758782v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1610885113" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03189920v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gu&#233;guen" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vio" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vercouter" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4ja00361f" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865003v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cassette" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Fr&#233;chou" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Louren&#231;o" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0026-1394/52/1A/06016" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863604v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mougeot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ract-2015-2393" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590281v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gourgiotis" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain B&#233;rail" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Louvat" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Moureau" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4ja00118d" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453518v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karsten Kossert" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-014-3290-z" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01832043v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferreux" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;christine L&#233;py" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lourenco" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2013.11.101" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453556v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Ilina" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Viers" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Lapitsky" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasileios Mavromatis" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2013.01.019" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5J1PNC1F-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01792079v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aubert" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Stadelmann" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2012.11.056" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03470721v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mialle" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Quemet" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ponvienne" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2011.09.014" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876090v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Cr&#233;tier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Geertsen" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2012.06.041" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-295ZKG8Q-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876095v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2ja10283h" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04453405v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bourgeois" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gautier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1ja10070j" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05217385v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dupont" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Almahamid" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2010.02.002" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9RKB2TNR-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00578756v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Granet" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nonell" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gautier" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0ja00092b" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-D33KB8SX-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199073v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Quidelleur" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Laszak" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pons-Branchu" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-009-7449-y" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-339Q91X0-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00348456v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moureau" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Granet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Favre" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b803826k" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-JZ0B3X1X-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00348457v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2008.09.011" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X01BW4JW-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04465734v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04724391v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davrain Ygor" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04037053v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lourenco" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04288528v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majd Homaidan Shmeit" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04328749v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04288523v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Gerard" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perters Daniel" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03887161v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cruchet" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04327890v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Stevenin" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602218v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02338564v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02338966v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338990v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Diez, Fernandez" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pointurier" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jaegler" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02434541v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Paredes" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Avazeri" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vidaud" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ortega" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02442316v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02439460v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445738v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02509737v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ferlay" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Eymard" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Vigneau" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-F. Lebrat" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116339v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ANIMMA.2011.6172916" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05384986v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Favre" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ANIMMA.2009.5503712" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00159516v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Brennetot" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04118174v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04396725v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/tel-04565363v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05496192v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Chevrier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Rosier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Han" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Cherni" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Olivier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smll.202512412" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05325111v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Chambon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gupta" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Isnard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Pierre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Sabot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2025.112204" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05114690v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Picart" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Crozet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Canciani" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ygor Davrain" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bertorello" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-025-10093-3" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04523983v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Barhoum" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Garcia Cortes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Boudias" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Guerrouache" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Isnard" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00604-024-06274-8" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04681827v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuemin Deng" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dong Xia" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bourgeois" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Meyer" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Campidelli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acssusresmgt.4c00122" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04074490v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anaelle Magre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Boulet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Mialle" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Evrard" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.3c00207" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04190954v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lana Abou Zeid" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Pell" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Delangle" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-023-04884-4" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03940809v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aca.2022.340773" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661822v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Dupuis" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chartier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2ja00265e" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04399346v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Beaumais" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Nonell" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Caussignac" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mialle" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Stadelmann" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2ja00052k" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02610582v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Diez-Fern&#225;ndez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Jaegler" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bresson" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Evrard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2019.120221" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05384944v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d0ja00211a" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492132v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Evette" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2020.121345" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03043636v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Kellett" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vio" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bobin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Brondeau" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Cardot-Martin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2020.109349" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02447119v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Paredes" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Malard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Vidaud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Avazeri" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ortega" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9AN01081E" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02336278v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pointurier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alkiviadis Gourgiotis" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2019.03.064" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339672v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eduardo Garc&#237;a-Tora&#241;o" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Altzitzoglou" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Auerbach" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Martine B&#233;" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2018.06.007" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01952200v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal E. Reiller" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-35413-4" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02339670v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Martelat" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dupuis" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cornet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704961v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2017.10.046" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457227v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Manh&#232;s" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Banoit Martelat" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6JA00418K" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02421889v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sanchez" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Canabate" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bresson" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chartier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2017.01.004" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01758782v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1610885113" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01865003v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cassette" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Fr&#233;chou" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Louren&#231;o" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0026-1394/52/1A/06016" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03189920v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Gu&#233;guen" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vio" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vercouter" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4ja00361f" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863604v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Mougeot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ract-2015-2393" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01832043v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferreux" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie&#8208;christine L&#233;py" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lourenco" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apradiso.2013.11.101" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590281v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gourgiotis" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain B&#233;rail" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Louvat" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Moureau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4ja00118d" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453518v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karsten Kossert" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-014-3290-z" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01792079v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aubert" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Stadelmann" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2012.11.056" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453556v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Ilina" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Viers" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Lapitsky" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasileios Mavromatis" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemgeo.2013.01.019" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5J1PNC1F-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876095v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Cr&#233;tier" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Geertsen" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2ja10283h" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03470721v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mialle" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Quemet" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ponvienne" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2011.09.014" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00876090v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2012.06.041" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-295ZKG8Q-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04453405v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bourgeois" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gautier" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1ja10070j" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00578756v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Granet" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Nonell" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gautier" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c0ja00092b" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-D33KB8SX-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05217385v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dupont" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Almahamid" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijms.2010.02.002" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9RKB2TNR-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199073v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Quidelleur" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Laszak" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pons-Branchu" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10967-009-7449-y" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-339Q91X0-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00348456v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Moureau" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Granet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Favre" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b803826k" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-JZ0B3X1X-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00348457v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sab.2008.09.011" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X01BW4JW-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04465734v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04724391v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davrain Ygor" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04037053v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Lourenco" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04288528v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Majd Homaidan Shmeit" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04328749v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04288523v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Gerard" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perters Daniel" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03887161v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Cruchet" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04327890v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Stevenin" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602218v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02338966v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02338564v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02338990v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Diez, Fernandez" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pointurier" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Jaegler" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02434541v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Paredes" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Avazeri" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vidaud" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ortega" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02442316v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02439460v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02445738v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02509737v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ferlay" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Eymard" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Vigneau" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-F. Lebrat" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116339v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ANIMMA.2011.6172916" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05384986v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Favre" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ANIMMA.2009.5503712" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00159516v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Brennetot" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04118174v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04396725v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/tel-04565363v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>