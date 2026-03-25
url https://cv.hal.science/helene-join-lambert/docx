--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -446,356 +446,356 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02879827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of family hosting on refugee integration and its implication on social work practice: the French case</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">La scolarité des enfants placés : quels leviers pour la suppléance familiale ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Join-Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guanyu Jason Ran</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Hélène Join-Lambert</w:t>
+                <w:t xml:space="preserve">Benjamin Denecheau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrine Robin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Social Work</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/13691457.2019.1706450⟩</w:t>
+              <w:t xml:space="preserve">Education et Sociétés : Revue internationale de sociologie de l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, n°44 (2), pp.165. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/es.044.0165⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02879844v1</w:t>
+                <w:t xml:space="preserve">hal-02868959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La scolarité des enfants placés : quels leviers pour la suppléance familiale ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Diversity, dialogue, and identity in designing globally relevant social work education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Rasell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Join-Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnieszka Naumiuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carla Pinto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lars Uggerhoj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Education et Sociétés : Revue internationale de sociologie de l'éducation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/es.044.0165⟩</w:t>
+              <w:t xml:space="preserve">Social Work Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 38 (6), pp.675-688. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02615479.2019.1570108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02868959v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04387264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity, dialogue, and identity in designing globally relevant social work education</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michael Rasell</w:t>
+                <w:t xml:space="preserve">Influence of family hosting on refugee integration and its implication on social work practice: the French case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guanyu Jason Ran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Join-Lambert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social Work Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 38 (6), pp.675-688. </w:t>
+              <w:t xml:space="preserve">European Journal of Social Work</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/02615479.2019.1570108⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/13691457.2019.1706450⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04387264v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02879844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changes in the quality of attachment of children in long-term foster care in France</w:t>
               </w:r>
@@ -1017,622 +1017,622 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01406854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beyond Contact ? Policy approaches to work with families of looked after children in four European countries</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">L'implication des parents dans l'éducation de leur enfant placé. Approches européennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Join-Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Euillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janet Boddy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">June Statham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ingrid Danielsen</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hélène Join-Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Children &amp; Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue française de pédagogie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 178, pp.71--80</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01406858v1</w:t>
+                <w:t xml:space="preserve">hal-01406776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The experience of implementation of international projects as a factor of forming subject competences and competitiveness of the teachers of schools of higher learning in the circumstances of multilevel education</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Natalia Kovaleva</w:t>
+                <w:t xml:space="preserve">Beyond Contact ? Policy approaches to work with families of looked after children in four European countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janet Boddy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">June Statham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Danielsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esther Geurts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Join-Lambert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Человек, Сообщество, Управление</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Children &amp; Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 28, pp.152--161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/chso.12068⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01406857v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01406858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'implication des parents dans l'éducation de leur enfant placé. Approches européennes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The experience of implementation of international projects as a factor of forming subject competences and competitiveness of the teachers of schools of higher learning in the circumstances of multilevel education</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Kovaleva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Join-Lambert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue française de pédagogie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 178, pp.71--80</w:t>
+              <w:t xml:space="preserve">Человек, Сообщество, Управление</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2, pp.121--136</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01406776v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01406857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le soutien à la scolarité dans les interventions socio-éducatives</w:t>
+                <w:t xml:space="preserve">Key concepts of parenting support in France and Germany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Join-Lambert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Sohre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Connexions</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal of Child and Family Welfare</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 14 (3/4), pp.105-118</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01396719v1</w:t>
+                <w:t xml:space="preserve">hal-01396718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accompagnement de la scolarité des enfants et soutien aux parents dans les programmes de réussite éducative</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le soutien à la scolarité dans les interventions socio-éducatives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Join-Lambert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nouvelle revue de psychosociologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Connexions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1 (95), pp.167-178. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cnx.095.0167⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01396727v1</w:t>
+                <w:t xml:space="preserve">hal-01396719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Key concepts of parenting support in France and Germany</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Accompagnement de la scolarité des enfants et soutien aux parents dans les programmes de réussite éducative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Francis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Join-Lambert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Simon Sohre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Child and Family Welfare</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 14 (3/4), pp.105-118</w:t>
+              <w:t xml:space="preserve">Nouvelle revue de psychosociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 12 (2), pp.113-127</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01396718v1</w:t>
+                <w:t xml:space="preserve">hal-01396727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyses sociologiques des politiques sociales et du travail social en France.</w:t>
               </w:r>
@@ -2678,51 +2678,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Continuity around schooling for children placed away from home : The experience of SOS Children’s villages through a school achievement program</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Denecheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Dottori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2730,51 +2730,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Join-Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Mackiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrine Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Foster Care Research Network Conference. Continuity and Disruption in Foster Care</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Nanterre, France</w:t>
@@ -3307,51 +3307,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représentations et soutien de la scolarité en villages d'enfants SOS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Denecheau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Gasquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3359,51 +3359,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Join-Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Mackiewicz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrine Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Université Paris Est Créteil; Université Paris Nanterre; SOS Villages d'Enfants France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -3631,51 +3631,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les recherches avec les enfants et les jeunes en difficulté : spécificités éthiques et méthodologiques. Dossier thématique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierrine Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Join-Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4304,51 +4304,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="70BD4419"/>
+    <w:nsid w:val="E2292007"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4535,51 +4535,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/helene-join-lambert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6675-8258" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04195354v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chapeau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Join-Lambert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.childyouth.2023.107145" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04195330v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Reimer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/chso.12544" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879827v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Boddy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Thomson" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17169/fqs-21.1.3212" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879844v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guanyu Jason Ran" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13691457.2019.1706450" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868959v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Denecheau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrine Robin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/es.044.0165" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04387264v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Rasell" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Naumiuk" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Pinto" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Uggerhoj" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02615479.2019.1570108" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645863v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Euillet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Kettani" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01611071v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406854v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1474746415000706" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406858v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=June Statham" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Danielsen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Geurts" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/chso.12068" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/144BE9BDC287AB56F908D386E8AB5084475B937A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406857v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Kovaleva" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406776v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01396719v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cnx.095.0167" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01396727v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Francis" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01396718v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Sohre" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01396734v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646928v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03539353v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Tillard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04826865v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003319368" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169116v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles S&#233;raphin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51952/9781447350927.ch011" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406856v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Kremneva" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406859v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209473v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Rurka" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406861v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203644v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04195902v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184870v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946204v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dottori" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Mackiewicz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406855v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646074v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01397347v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03796417v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646933v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04297360v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Groupe de parents dont les enfants sont suivis par les services de l&#8217;Aide Sociale &#224; l&#8217;enfance de Paris" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01954381v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Gasquet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406774v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04195302v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/chso.12467" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01613000v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-05510856v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406524v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Bergonnier-Dupuy" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Durning" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01375926v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01400981v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05335783v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2004PA082445" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/helene-join-lambert" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6675-8258" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04195354v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Chapeau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Join-Lambert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.childyouth.2023.107145" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04195330v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Reimer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/chso.12544" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879827v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Boddy" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Thomson" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17169/fqs-21.1.3212" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02868959v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Denecheau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrine Robin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/es.044.0165" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04387264v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Rasell" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Naumiuk" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Pinto" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Uggerhoj" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02615479.2019.1570108" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02879844v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guanyu Jason Ran" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13691457.2019.1706450" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01645863v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Euillet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Kettani" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01611071v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406854v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1474746415000706" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406776v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=June Statham" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Danielsen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406858v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Geurts" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/chso.12068" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/144BE9BDC287AB56F908D386E8AB5084475B937A/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406857v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Kovaleva" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01396718v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Sohre" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01396719v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cnx.095.0167" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01396727v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Francis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01396734v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646928v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03539353v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Tillard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04826865v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003319368" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169116v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles S&#233;raphin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51952/9781447350927.ch011" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406856v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Kremneva" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406859v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209473v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Rurka" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406861v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203644v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04195902v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04184870v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946204v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dottori" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Mackiewicz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406855v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01646074v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01397347v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-03796417v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01646933v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04297360v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Groupe de parents dont les enfants sont suivis par les services de l&#8217;Aide Sociale &#224; l&#8217;enfance de Paris" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01954381v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Gasquet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406774v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04195302v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/chso.12467" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01613000v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-05510856v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01406524v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Bergonnier-Dupuy" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Durning" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01375926v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01400981v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05335783v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2004PA082445" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>